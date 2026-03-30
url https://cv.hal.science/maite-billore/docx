--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -821,303 +821,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00391830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les projets de Louis de France outre-Manche à l'épreuve de la rumeur (1216-1217)</w:t>
+                <w:t xml:space="preserve">Le corps outragé d'Evesham. A propos de la mort du comte Simon de Montfort (4 août 1265)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La rumeur au Moyen Âge. Du mépris à la manipulation (Ve-XVe siècle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Poitiers, France. p. 177-191</w:t>
+              <w:t xml:space="preserve">Corps outragés, corps ravagés de l’Antiquité au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Poitiers, France. p. 473-488</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00680495v1</w:t>
+                <w:t xml:space="preserve">halshs-00391838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le corps outragé d'Evesham. A propos de la mort du comte Simon de Montfort (4 août 1265)</w:t>
+                <w:t xml:space="preserve">Les projets de Louis de France outre-Manche à l'épreuve de la rumeur (1216-1217)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corps outragés, corps ravagés de l’Antiquité au Moyen Âge</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, Poitiers, France. p. 473-488</w:t>
+              <w:t xml:space="preserve">La rumeur au Moyen Âge. Du mépris à la manipulation (Ve-XVe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Poitiers, France. p. 177-191</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00391838v1</w:t>
+                <w:t xml:space="preserve">halshs-00680495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écrire l'histoire au service du prince. Les intellectuels de l'entourage Plantagenêt dans la seconde moitié du XIIe siècle</w:t>
+                <w:t xml:space="preserve">La monarchie anglo-normande face à la conspiration. La révolte des earls de 1075</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Écrire l'histoire au service du prince. Les intellectuels de l'entourage Plantagenêt dans la seconde moitié du XIIe siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Lyon, France. pp.57-70</w:t>
+              <w:t xml:space="preserve">Le crime de l’ombre. Complots, conspirations et conjurations au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Orléans, France. p. 41-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00804786v1</w:t>
+                <w:t xml:space="preserve">halshs-00391840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La monarchie anglo-normande face à la conspiration. La révolte des earls de 1075</w:t>
+                <w:t xml:space="preserve">Écrire l'histoire au service du prince. Les intellectuels de l'entourage Plantagenêt dans la seconde moitié du XIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le crime de l’ombre. Complots, conspirations et conjurations au Moyen Âge</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Orléans, France. p. 41-62</w:t>
+              <w:t xml:space="preserve">Écrire l'histoire au service du prince. Les intellectuels de l'entourage Plantagenêt dans la seconde moitié du XIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Lyon, France. pp.57-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00391840v1</w:t>
+                <w:t xml:space="preserve">halshs-00804786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autorité centrale et pouvoirs locaux en Normandie sous le règne de Henri II Plantagenêt et ses fils</w:t>
               </w:r>
@@ -2082,203 +2082,203 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00391841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (25)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« sinister rumor » : la rumeur malveillante dans l’Angleterre Plantagenêt</w:t>
+                <w:t xml:space="preserve">Aspects médiévaux du martyr politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J.-M. Delpu. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Malebouche. Les paroles blessantes, du Moyen Âge à l’Âge des Lumières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Honoré Champion, pp.81-101, 2025, 978-2-7453-6407-4</w:t>
+              <w:t xml:space="preserve">Mutations et usages du martyre politique. Europe méridionale XIXe-XXIe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de la Casa de Velázquez, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01778027v1</w:t>
+                <w:t xml:space="preserve">halshs-04943941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aspects médiévaux du martyr politique</w:t>
+                <w:t xml:space="preserve">« sinister rumor » : la rumeur malveillante dans l’Angleterre Plantagenêt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mutations et usages du martyre politique. Europe méridionale XIXe-XXIe siècles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions de la Casa de Velázquez, A paraître</w:t>
+              <w:t xml:space="preserve">La Malebouche. Les paroles blessantes, du Moyen Âge à l’Âge des Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Honoré Champion, pp.81-101, 2025, 978-2-7453-6407-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04943941v1</w:t>
+                <w:t xml:space="preserve">halshs-01778027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antécédents. Aspects médiévaux du martyr politique.</w:t>
               </w:r>
@@ -2499,1184 +2499,1184 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05349812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Nolumus hunc amplius regnare super nos ». L’ingouvernabilité de l’Angleterre et la rupture entre le roi Edouard II et ses sujets (1326-1327).</w:t>
+                <w:t xml:space="preserve">« Nolumus hunc amplius regnare super nos ». L’ingouvernabilité de l’Angleterre et la rupture entre le roi Edouard II et ses sujets (1326-1327)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Isabelle Mathieu; Isabelle Ortéga. </w:t>
+              <w:t xml:space="preserve">I. Mathieu, I. Ortega (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’ingouvernabilité en questions : Europe chrétienne, méridionale et orientale (XIIe- première moitié du XVIe siècle).</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.237-248, 2024, 9782753594401</w:t>
+              <w:t xml:space="preserve">L’ingouvernabilité en questions : Europe chrétienne, méridionale et orientale (XIIe- première moitié du XVIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, p. 237- 248, 2024, 978-2-7535-9440-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05349439v1</w:t>
+                <w:t xml:space="preserve">halshs-04943944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Nolumus hunc amplius regnare super nos ». L’ingouvernabilité de l’Angleterre et la rupture entre le roi Edouard II et ses sujets (1326-1327)</w:t>
+                <w:t xml:space="preserve">La parole critique des élites religieuses à la cour d’Henri II Plantagenêt : formes et enjeux d’une pratique politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">I. Mathieu, I. Ortega (dir.). </w:t>
+              <w:t xml:space="preserve">M. Abbès, M.-C. Isaïa (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’ingouvernabilité en questions : Europe chrétienne, méridionale et orientale (XIIe- première moitié du XVIe siècle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUR, p. 237- 248, 2024, 978-2-7535-9440-1</w:t>
+              <w:t xml:space="preserve">Liberté de parole. Les élites savantes et la critique des pouvoirs, Orient et Occident, VIIIe-XIIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, p. 125-157, 2022, 978-2-503-59726-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04943944v1</w:t>
+                <w:t xml:space="preserve">halshs-04943950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La parole critique des élites religieuses à la cour d’Henri II Plantagenêt : formes et enjeux d’une pratique politique</w:t>
+                <w:t xml:space="preserve">Les usages pratiques et symboliques du sceau dans l’aristocratie anglo-normande (XIIe-XIIIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">M. Abbès, M.-C. Isaïa (dir.). </w:t>
+              <w:t xml:space="preserve">Jean-Luc Chassel; Christophe Maneuvrier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liberté de parole. Les élites savantes et la critique des pouvoirs, Orient et Occident, VIIIe-XIIIe siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Brepols, p. 125-157, 2022, 978-2-503-59726-3</w:t>
+              <w:t xml:space="preserve">Apposer sa marque : le sceau et son usage autour de l’espace anglo-normand, Revue française d’héraldique et de sigillographie.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions du Léopard d'or, pp.147-175, 2022, 1158-3355</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04943950v1</w:t>
+                <w:t xml:space="preserve">halshs-01777971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les usages pratiques et symboliques du sceau dans l’aristocratie anglo-normande (XIIe-XIIIe siècles)</w:t>
+                <w:t xml:space="preserve">Conclusions. Art de gouverner, gestes politiques et pratiques de l’espace dans l’Empire Plantagenêt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean-Luc Chassel; Christophe Maneuvrier. </w:t>
+              <w:t xml:space="preserve">M. Aurell (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apposer sa marque : le sceau et son usage autour de l’espace anglo-normand, Revue française d’héraldique et de sigillographie.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, éditions du Léopard d'or, pp.147-175, 2022, 1158-3355</w:t>
+              <w:t xml:space="preserve">Gouverner l’empire Plantagenêt (1152-1224), Autorité, symboles, idéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions 303, p. 371-389, 2021, 979-10-93572-66-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01777971v1</w:t>
+                <w:t xml:space="preserve">halshs-04943964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusions. Art de gouverner, gestes politiques et pratiques de l’espace dans l’Empire Plantagenêt</w:t>
+                <w:t xml:space="preserve">Rhétorique du pouvoir et rumeurs sous le règne d’Edouard II Plantagenêt (1307-1327)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">M. Aurell (dir.). </w:t>
+              <w:t xml:space="preserve">Catalina Girbea (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gouverner l’empire Plantagenêt (1152-1224), Autorité, symboles, idéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, éditions 303, p. 371-389, 2021, 979-10-93572-66-6</w:t>
+              <w:t xml:space="preserve">Langages du pouvoir au Moyen Âge et au début de la modernité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, p. 207-231, 2021, 978-2-406-11913-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04943964v1</w:t>
+                <w:t xml:space="preserve">halshs-01778010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhétorique du pouvoir et rumeurs sous le règne d’Edouard II Plantagenêt (1307-1327)</w:t>
+                <w:t xml:space="preserve">L’Empire des Plantagenêt (milieu du XIIe-début du XIIIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Catalina Girbea (dir.). </w:t>
+              <w:t xml:space="preserve">Sylvain Gouguenheim (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langages du pouvoir au Moyen Âge et au début de la modernité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, p. 207-231, 2021, 978-2-406-11913-5</w:t>
+              <w:t xml:space="preserve">Les empires médiévaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PERRIN, pp.325-346, 2019, 978-226204824</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01778010v1</w:t>
+                <w:t xml:space="preserve">halshs-04943927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Empire des Plantagenêt (milieu du XIIe-début du XIIIe siècle)</w:t>
+                <w:t xml:space="preserve">Introduction- Martyrs politiques et pratiques discursives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Sylvain Gouguenheim (dir.). </w:t>
+              <w:t xml:space="preserve">MaÏté Billoré; Gilles Lecuppre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les empires médiévaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PERRIN, pp.325-346, 2019, 978-226204824</w:t>
+              <w:t xml:space="preserve">Martyrs politiques, Du sacrifice à la récupération partisane (Xe-XVIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.13-29, 2019, 978-2-7535-7579-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04943927v1</w:t>
+                <w:t xml:space="preserve">halshs-01778024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction- Martyrs politiques et pratiques discursives</w:t>
+                <w:t xml:space="preserve">Le martyr politique, mémoire et instrument de dissidence sous le règne d’Edouard II Plantagenêt (1307-1327).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Martyrs politiques, Du sacrifice à la récupération partisane (Xe-XVIe siècle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.13-29, 2019, 978-2-7535-7579-0</w:t>
+              <w:t xml:space="preserve">Contester au Moyen Âge. De la désobéissance à la révolte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions de la Sorbonne, p. 333-348, 2019, 979-10-351-0337-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01778024v1</w:t>
+                <w:t xml:space="preserve">halshs-04943983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le martyr politique, mémoire et instrument de dissidence sous le règne d’Edouard II Plantagenêt (1307-1327).</w:t>
+                <w:t xml:space="preserve">Paroles de femmes violées devant la justice en Lyonnais (XVe-XVIIIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F. Chauvaud; L. Bodiou; M. Soria. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contester au Moyen Âge. De la désobéissance à la révolte</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le corps en lambeaux. Violences sexuelles et sexuées faites aux femmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, p. 345-357, 2016, 978-2-7535-5025-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.45385⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04943983v1</w:t>
+                <w:t xml:space="preserve">halshs-04944007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paroles de femmes violées devant la justice en Lyonnais (XVe-XVIIIe siècle)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Judge and the Martyr. Images of Power and Justice in Religious Manuscripts from the Twelfth to the Fifteenth Centuries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Dehoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">F. Chauvaud; L. Bodiou; M. Soria. </w:t>
+              <w:t xml:space="preserve">Anne H. Hedeman; Rosalind Brown-Grant; Bernard Ribemont. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le corps en lambeaux. Violences sexuelles et sexuées faites aux femmes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Textual and Visual Representations of Power and Justice in Medieval France: Manuscripts and Early Printed Books</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ashgate, pp.171-190, 2015, 978-1-4724-1570-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pur.45385⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-04944007v1</w:t>
+                <w:t xml:space="preserve">hal-01711573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Judge and the Martyr. Images of Power and Justice in Religious Manuscripts from the Twelfth to the Fifteenth Centuries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Esther Dehoux</w:t>
+                <w:t xml:space="preserve">Vestigia praeterita sed veritatis testimonia : mémoire, histoire et archives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Anne H. Hedeman; Rosalind Brown-Grant; Bernard Ribemont. </w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Céline Isaia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maïté Billoré; Johan Pico. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Textual and Visual Representations of Power and Justice in Medieval France: Manuscripts and Early Printed Books</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dans le secret des archives. Justice, ville et culture au Moyen Âge : sources et commentaires offerts à Nicole Gonthie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.13-24, 2014, 978-2-7535-2935-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.49201⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01711573v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00979343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Princes martyrs « hors la foi » dans les royaumes de France et d’Angleterre à l’époque médiévale</w:t>
+                <w:t xml:space="preserve">Henri le Jeune confirme les privilèges judiciaires de l'abbaye de Fontevraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Paul Chopelin; Sylvène Edouard. </w:t>
+              <w:t xml:space="preserve">Maïté Billoré; Johan Pico. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le sang des princes. Cultes et mémoires des souverains suppliciés, XVIe-XXIe siècle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dans le secret des archives. Justice, ville et culture au Moyen Âge. Sources et commentaires offerts à Nicole Gonthier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.79-98, 2014, 978-2-7535-2935-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.49210⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01777996v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00975123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vestigia praeterita sed veritatis testimonia : mémoire, histoire et archives</w:t>
+                <w:t xml:space="preserve">Princes martyrs « hors la foi » dans les royaumes de France et d’Angleterre à l’époque médiévale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Maïté Billoré; Johan Pico. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paul Chopelin; Sylvène Edouard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dans le secret des archives. Justice, ville et culture au Moyen Âge : sources et commentaires offerts à Nicole Gonthie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le sang des princes. Cultes et mémoires des souverains suppliciés, XVIe-XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.243-256, 2014, 9782753534612</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00979343v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01777996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri le Jeune confirme les privilèges judiciaires de l'abbaye de Fontevraud</w:t>
+                <w:t xml:space="preserve">Justice royale et cours seigneuriales en Normandie sous le règne de Henri II Plantagenêt et ses fils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Maïté Billoré; Johan Pico. </w:t>
+              <w:t xml:space="preserve">Martin Aurell; Frédéric Boutoulle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dans le secret des archives. Justice, ville et culture au Moyen Âge. Sources et commentaires offerts à Nicole Gonthier</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les seigneuries dans l'Espace Plantagenêt (c.1150-c.1250)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ausonius, pp.94-115, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pur.49210⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-00975123v1</w:t>
+                <w:t xml:space="preserve">halshs-00975118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justice royale et cours seigneuriales en Normandie sous le règne de Henri II Plantagenêt et ses fils</w:t>
+                <w:t xml:space="preserve">Les femmes de l'aristocratie face au pouvoir Plantagenêt en Normandie (1150-1204)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Martin Aurell; Frédéric Boutoulle. </w:t>
+              <w:t xml:space="preserve">Emmanuelle Santinelli; Armel Nayt-Dubois. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les seigneuries dans l'Espace Plantagenêt (c.1150-c.1250)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ausonius, pp.94-115, 2009</w:t>
+              <w:t xml:space="preserve">Femmes de pouvoir et pouvoir de femmes dans l’Europe occidentale médiévale et moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Valenciennes, pp.415-438, 2009, 2905725990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00975118v1</w:t>
+                <w:t xml:space="preserve">halshs-00391829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La trahison au Moyen Âge, propos introductifs</w:t>
               </w:r>
@@ -3729,327 +3729,254 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00391837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les femmes de l'aristocratie face au pouvoir Plantagenêt en Normandie (1150-1204)</w:t>
+                <w:t xml:space="preserve">Idéologie chrétienne et éthique politique à travers le &amp;quot;Dialogus inter regem Henricum secundum et abbatem Bonevallis&amp;quot; de Pierre de Blois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Emmanuelle Santinelli; Armel Nayt-Dubois. </w:t>
+              <w:t xml:space="preserve">Martin Aurell. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Femmes de pouvoir et pouvoir de femmes dans l’Europe occidentale médiévale et moderne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Valenciennes, pp.415-438, 2009, 2905725990</w:t>
+              <w:t xml:space="preserve">Convaincre et persuader : communication et propagande aux XIIe et XIIIe siècles.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Civilisation médiévale (XVIII), CESCM, Poitiers, pp.81-109, 2007, 2-9525181-2-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00391829v1</w:t>
+                <w:t xml:space="preserve">halshs-00391825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Idéologie chrétienne et éthique politique à travers le &amp;quot;Dialogus inter regem Henricum secundum et abbatem Bonevallis&amp;quot; de Pierre de Blois</w:t>
+                <w:t xml:space="preserve">Le château, enjeu de pouvoir en Normandie sous le règne des Plantagenêt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Martin Aurell. </w:t>
+              <w:t xml:space="preserve">Claude Arrignon; Marie-Hélène Debiès; Claudio Galderisi; Eric Palazzo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Convaincre et persuader : communication et propagande aux XIIe et XIIIe siècles.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Civilisation médiévale (XVIII), CESCM, Poitiers, pp.81-109, 2007, 2-9525181-2-2</w:t>
+              <w:t xml:space="preserve">Cinquante années d’études médiévales. A la confluence de nos disciplines.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brépols, pp.165-187, 2006, 978-2-503-51797-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00391825v1</w:t>
+                <w:t xml:space="preserve">halshs-00391823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le château, enjeu de pouvoir en Normandie sous le règne des Plantagenêt</w:t>
-[...71 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Y a t-il une &amp;quot;oppression&amp;quot; des Plantagenêt sur l'aristocratie en Normandie à la veille de 1204 ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Billore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">M. Aurell et N.-Y. Tonnerre (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plantagenêts et Capétiens : confrontations et héritages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brépols, p. 145-161, 2006, 2-503-52290-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00391821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId72"/>
+      <w:footerReference w:type="default" r:id="rId71"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4196,51 +4123,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943975v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Billore" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01777987v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01778013v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00805463v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391830v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00680495v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391838v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804786v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391840v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391828v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01777816v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lecuppre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893392v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Billor&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mathieu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975116v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Picot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01777748v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893371v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Avignon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com/la-justice-dans-la-france-medievale-9782200272746" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893370v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03366957v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Isabelle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avignon Carole" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00730735v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804802v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00805461v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Soria" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391841v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soria-Audebert Myriam" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01778027v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943941v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349411v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14yyp" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01778016v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boutoulle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349812v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349439v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943944v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943950v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01777971v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943964v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01778010v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943927v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01778024v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943983v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04944007v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.45385" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711573v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Dehoux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01777996v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00979343v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;line Isaia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.49201" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975123v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.49210" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975118v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391837v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391829v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391825v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391823v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391821v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943975v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Billore" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01777987v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01778013v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00805463v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391830v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391838v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00680495v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391840v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804786v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391828v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01777816v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lecuppre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893392v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Billor&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mathieu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975116v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Picot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01777748v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893371v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Avignon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com/la-justice-dans-la-france-medievale-9782200272746" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893370v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03366957v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Isabelle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avignon Carole" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00730735v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804802v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00805461v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Soria" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391841v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soria-Audebert Myriam" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943941v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01778027v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349411v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14yyp" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01778016v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boutoulle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349812v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943944v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943950v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01777971v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943964v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01778010v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943927v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01778024v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943983v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04944007v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.45385" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711573v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Dehoux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00979343v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;line Isaia" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.49201" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975123v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.49210" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01777996v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975118v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391829v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391837v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391825v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391823v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391821v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>