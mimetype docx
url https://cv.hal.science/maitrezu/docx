--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -181,265 +181,265 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Molecular Docking and Pharmacophore Models Predicts Ligand Binding of Endocrine-Disrupting Chemicals to Nuclear Receptors</w:t>
+                <w:t xml:space="preserve">VTX: Real-time high-performance molecular structure and dynamics visualization software</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asma Sellami</w:t>
+                <w:t xml:space="preserve">Maxime Maria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Montes</w:t>
+                <w:t xml:space="preserve">Simon Guionnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Lagarde</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicolas Dacquay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Research in Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemrestox.4c00455⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.btaf295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btaf295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05034696v1</w:t>
+                <w:t xml:space="preserve">hal-04917948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VTX: Real-time high-performance molecular structure and dynamics visualization software</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combining Molecular Docking and Pharmacophore Models Predicts Ligand Binding of Endocrine-Disrupting Chemicals to Nuclear Receptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Dacquay</w:t>
+                <w:t xml:space="preserve">Asma Sellami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Guillaume</w:t>
+                <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Larroque</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Lagarde</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.btaf295. </w:t>
+              <w:t xml:space="preserve">Chemical Research in Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 38 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btaf295⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemrestox.4c00455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04917948v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SHREC 2025: Protein surface shape retrieval including electrostatic potential</w:t>
               </w:r>
@@ -559,103 +559,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactive visualization of large molecular systems with VTX: example with a minimal whole-cell model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Maria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Guionnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacquay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 5, pp.1588661. </w:t>
@@ -719,64 +719,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Sirugue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Langenfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 26, pp.1 - 10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
@@ -823,77 +823,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient GPU computation of large protein Solvent-Excluded Surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Plateau-Holleville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Maria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mérillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -940,51 +940,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UDock2 : interactive real-time multi-body protein–protein docking software</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Plateau-Holleville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Guionnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1189,295 +1189,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03538936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative evaluation of shape retrieval methods on macromolecular surfaces: an application of computer vision methods in structural bioinformatics</w:t>
+                <w:t xml:space="preserve">Neuropilin 1 and Neuropilin 2 gene invalidation or pharmacological inhibition reveals their relevance for the treatment of metastatic renal cell carcinoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Machat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florent Langenfeld</w:t>
+                <w:t xml:space="preserve">Aurore Dumond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Craciun</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Léa Sirugue</w:t>
+                <w:t xml:space="preserve">Etienne Brachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taoufik Labib</w:t>
+                <w:t xml:space="preserve">Jérôme Durivault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Puszko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btab511⟩</w:t>
+              <w:t xml:space="preserve">Journal of experimental &amp; clinical cancer research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 40, pp.33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13046-021-01832-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03560225v1</w:t>
+                <w:t xml:space="preserve">hal-03132345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropilin 1 and Neuropilin 2 gene invalidation or pharmacological inhibition reveals their relevance for the treatment of metastatic renal cell carcinoma</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparative evaluation of shape retrieval methods on macromolecular surfaces: an application of computer vision methods in structural bioinformatics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Durivault</w:t>
+                <w:t xml:space="preserve">Mohamed Machat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Langenfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Vial</w:t>
+                <w:t xml:space="preserve">Daniela Craciun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Sirugue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Puszko</w:t>
+                <w:t xml:space="preserve">Taoufik Labib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of experimental &amp; clinical cancer research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 40, pp.33. </w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (23), pp.4375-4382. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13046-021-01832-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btab511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03132345v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Resolution Mining of SARS-CoV-2 Main Protease Conformational Space: Supercomputer-Driven Unsupervised Adaptive Sampling</w:t>
               </w:r>
@@ -1597,77 +1597,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting Potential Endocrine Disrupting Chemicals Binding to Estrogen Receptor α (ERα) Using a Pipeline Combining Structure-Based and Ligand-Based in Silico Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Sellami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lagarde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 22 (6), pp.2846. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1982,77 +1982,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hits Discovery on the Androgen Receptor: In Silico Approaches to Identify Agonist Compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Réau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Zagury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 8 (11), pp.1431. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2099,51 +2099,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New selective cyclooxygenase-2 inhibitors from cyclocoumarol: Synthesis, characterization, biological evaluation and molecular modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Marie Rayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2214,338 +2214,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02453627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of an in vivo orally active dual-binding protein-protein interaction inhibitor targeting TNFα through combined in silico/in vitro/in vivo screening</w:t>
+                <w:t xml:space="preserve">Update on COX-2 Selective Inhibitors: Chemical Classification, Side Effects and their Use in Cancers and Neuronal Diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hadley Mouhsine</w:t>
+                <w:t xml:space="preserve">Anita Maria Rayar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Guillemain</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Chouki Zerrouki</w:t>
+                <w:t xml:space="preserve">C. Ferroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Zagury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-03427-z⟩</w:t>
+              <w:t xml:space="preserve">Current Topics in Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (26), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1568026617666170821124947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01679350v1</w:t>
+                <w:t xml:space="preserve">hal-01599103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Update on COX-2 Selective Inhibitors: Chemical Classification, Side Effects and their Use in Cancers and Neuronal Diseases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of an in vivo orally active dual-binding protein-protein interaction inhibitor targeting TNFα through combined in silico/in vitro/in vivo screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadley Mouhsine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Guillemain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anita Maria Rayar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Lagarde</w:t>
+                <w:t xml:space="preserve">Najla Fourati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Ferroud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Montes</w:t>
+                <w:t xml:space="preserve">Chouki Zerrouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Topics in Medicinal Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 17 (26), </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.3424. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2174/1568026617666170821124947⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-03427-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599103v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01679350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictiveness curves in virtual screening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Empereur-Mot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2674,51 +2674,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Borriello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Leforban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24 (17), pp.4254-4259. </w:t>
@@ -2927,51 +2927,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Organic Proteasome Inhibitors Identified by Virtual and in Vitro Screening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basse Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3342,51 +3342,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria A. Miteva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Violas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3753,90 +3753,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viewpoint Selection for Molecular Visualization: Analysis and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Maria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mérillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Conference on Computer Graphics Theory and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Rome, Italy. pp.58-69, </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3883,64 +3883,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction efficace de la surface de systèmes moléculaires complexes sur GPU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Plateau-Holleville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Maria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mérillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3978,77 +3978,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting Ligand Binding to Nuclear Receptors Using a Pipeline Combining Docking and Pharmacophore Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Sellami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lagarde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Chemoinformatics Strasbourg Summer School</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4073,77 +4073,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VTX: High-performance molecular structure and dynamics visualization software</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Maria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Guionnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacquay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Naïmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4211,51 +4211,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immersive sonification of protein surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tifanie Bouchara Bouchara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE Conference on Virtual Reality and 3D User Interfaces Abstracts and Workshops (VRW)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Atlanta, United States. pp.380-383, </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4315,51 +4315,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tifanie Bouchara Bouchara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valère Raigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30eme conférence francophone sur l'interaction homme-machine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4384,103 +4384,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Acoustic Wave Biosensors for the Quantification of TNF-α/SPD-304 Interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najla Fourati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Zerrouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadley Mouhsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurosensor 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Budapest, Hungary. pp.432-435, </w:t>
@@ -4531,51 +4531,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Real-Time Interactive Visualization Modes of Molecular Surfaces: Examples with Udock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Levieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE VR 2015 workshop on Virtual and Augmented Reality dedicated to Molecular Science (VARMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Arles, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4792,51 +4792,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Port</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maité Sylla-Iyarreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Benchekroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5124,51 +5124,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="02F751E3"/>
+    <w:nsid w:val="1FF19DFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5355,51 +5355,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maitrezu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5921-460X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121837505" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034696v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Sellami" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Montes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lagarde" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrestox.4c00455" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917948v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Maria" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Guionni&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacquay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Guillaume" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Larroque" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaf295" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263222v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taher Yacoub" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Depenveiller" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Tatsuma" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tin Barisin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Rusakov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2025.104394" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986917v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbinf.2025.1588661" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-05133344v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Sirugue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Langenfeld" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2023.12.002" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550117v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Plateau-Holleville" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;rillou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2024.3380100" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356674v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Boyer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Jim&#233;nez-Garcia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levieux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btad609" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538936v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tunde Aderinwale" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Christoffer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woong-Hee Shin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genki Terashi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmgm.2021.108103" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560225v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Machat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Craciun" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taoufik Labib" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab511" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132345v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Dumond" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brachet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Durivault" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vial" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Puszko" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13046-021-01832-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943694v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Jaffrelot Inizan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic C&#233;lerse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Adjoua" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina El Ahdab" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-Henri Jolly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SC00145K" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454597v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22062846" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321566v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxu Peng" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Kun Lai" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L. Rosin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2020.07.013" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02308756v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Dufies" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandr Grytsai" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ronco" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Camara" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ambrosetti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.34681" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454453v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon R&#233;au" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Zagury" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8111431" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453627v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Marie Rayar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Martin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blanchard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Liagre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.01.054" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679350v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadley Mouhsine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guillemain" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Moreau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Fourati" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Zerrouki" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03427-z" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599103v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Maria Rayar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferroud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1568026617666170821124947" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808396v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Empereur-Mot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Latouche" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Viallon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13321-015-0100-8" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126861v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang-Qing Liu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentino Megale" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Borriello" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Leforban" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2014.07.028" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-070FRTRK-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01408236v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Mar&#233;chal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Genin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Qin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sperandio" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/0929867311320180006" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-GXGN4TBW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842659v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basse Nicolas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mar&#233;chal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lixian Qin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Bouvier-Durand" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm9011092" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02566721v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Le Clerc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Limou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Coulonges" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassila Carpentier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dina" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/605892" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02566791v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/596067" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00106930v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A. Miteva" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Violas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gomez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tuffery" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317419v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Priscille Brun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Braud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Angotti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Mond&#233;sert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Quaranta" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2005.05.005" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70JMJ4B4-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04679654v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nika Zarubina" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H-P Nguyen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V-T Vong" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/3dor.20241173" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500514v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012383300003660" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633888v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03778832v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03778760v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Na&#239;mi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Piquemal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922706v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifanie Bouchara Bouchara" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VRW50115.2020.00082" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899165v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#232;re Raigneau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679376v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zerrouki" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.11.537" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126603v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VARMS.2015.7151723" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126514v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tiger" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mader" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Natkin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03960147v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Port" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Sylla-Iyarreta" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benchekroun" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;da Mascret" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030325v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Benali" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pl&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valay Agarawal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Applencourt" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maitrezu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5921-460X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121837505" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917948v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Maria" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Guionni&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacquay" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Guillaume" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Larroque" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaf295" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034696v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Sellami" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Montes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lagarde" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrestox.4c00455" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263222v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taher Yacoub" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Depenveiller" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Tatsuma" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tin Barisin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Rusakov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2025.104394" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986917v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbinf.2025.1588661" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-05133344v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Sirugue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Langenfeld" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2023.12.002" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550117v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Plateau-Holleville" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;rillou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2024.3380100" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356674v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Boyer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Jim&#233;nez-Garcia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levieux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btad609" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538936v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tunde Aderinwale" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Christoffer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woong-Hee Shin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genki Terashi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmgm.2021.108103" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132345v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Dumond" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brachet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Durivault" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vial" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Puszko" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13046-021-01832-x" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560225v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Machat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Craciun" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taoufik Labib" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab511" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943694v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Jaffrelot Inizan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic C&#233;lerse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Adjoua" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina El Ahdab" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-Henri Jolly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SC00145K" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454597v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22062846" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321566v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxu Peng" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Kun Lai" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L. Rosin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2020.07.013" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02308756v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Dufies" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandr Grytsai" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ronco" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Camara" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ambrosetti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.34681" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454453v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon R&#233;au" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Zagury" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8111431" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453627v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Marie Rayar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Martin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blanchard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Liagre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.01.054" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599103v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Maria Rayar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferroud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1568026617666170821124947" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679350v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadley Mouhsine" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guillemain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Moreau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Fourati" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Zerrouki" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03427-z" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808396v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Empereur-Mot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Latouche" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Viallon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13321-015-0100-8" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126861v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang-Qing Liu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentino Megale" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Borriello" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Leforban" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2014.07.028" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-070FRTRK-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01408236v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Mar&#233;chal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Genin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Qin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sperandio" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/0929867311320180006" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-GXGN4TBW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842659v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basse Nicolas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mar&#233;chal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lixian Qin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Bouvier-Durand" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm9011092" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02566721v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Le Clerc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Limou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Coulonges" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassila Carpentier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dina" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/605892" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02566791v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/596067" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00106930v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A. Miteva" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Violas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gomez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tuffery" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317419v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Priscille Brun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Braud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Angotti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Mond&#233;sert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Quaranta" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2005.05.005" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70JMJ4B4-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04679654v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nika Zarubina" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H-P Nguyen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V-T Vong" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/3dor.20241173" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500514v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012383300003660" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633888v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03778832v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03778760v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Na&#239;mi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Piquemal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922706v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifanie Bouchara Bouchara" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VRW50115.2020.00082" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899165v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#232;re Raigneau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679376v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zerrouki" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.11.537" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126603v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VARMS.2015.7151723" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126514v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tiger" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mader" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Natkin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03960147v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Port" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Sylla-Iyarreta" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benchekroun" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;da Mascret" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030325v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Benali" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pl&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valay Agarawal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Applencourt" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>