--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -127,390 +127,390 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Derrière le silence colonial de la nature sauvage</w:t>
+                <w:t xml:space="preserve">Small Trees Take Down Big Axes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malcom Ferdinand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mabeuko Oberty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terrestres</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Small Axe: A Caribbean Journal of Criticism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29 (3), pp.154-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1215/07990537-12166252⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05538519v1</w:t>
+                <w:t xml:space="preserve">hal-05538489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small Trees Take Down Big Axes</w:t>
+                <w:t xml:space="preserve">Derrière le silence colonial de la nature sauvage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malcom Ferdinand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mabeuko Oberty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small Axe: A Caribbean Journal of Criticism</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Terrestres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05538489v1</w:t>
+                <w:t xml:space="preserve">hal-05538519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction: décoloniser le changement climatique</w:t>
+                <w:t xml:space="preserve">Décoloniser les luttes climatiques : une conversation avec l’Association A4, Ana Sanches et Tatiana Garavito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malcom Ferdinand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shela Sheikh</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Thiann-Bo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plurivers : revue d’écologies décoloniales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, pp.38-57</w:t>
+              <w:t xml:space="preserve">, 2024, pp.144-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04866987v1</w:t>
+                <w:t xml:space="preserve">hal-04867062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décoloniser les luttes climatiques : une conversation avec l’Association A4, Ana Sanches et Tatiana Garavito</w:t>
+                <w:t xml:space="preserve">Introduction: décoloniser le changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malcom Ferdinand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shela Sheikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Molinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Thiann-Bo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plurivers : revue d’écologies décoloniales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, pp.144-162</w:t>
+              <w:t xml:space="preserve">, 2024, pp.38-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04867062v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réparations et changement climatique: une conversation avec Olúfẹ́mi O. Táíwò</w:t>
               </w:r>
@@ -604,77 +604,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malcom Ferdinand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shela Sheikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Molinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Molinié</w:t>
+                <w:t xml:space="preserve">Aude Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Thiann-Bo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plurivers : revue d’écologies décoloniales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.12-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3121,51 +3121,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538519v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcom Ferdinand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabeuko Oberty" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538489v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/07990537-12166252" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866987v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shela Sheikh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Chesnais" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Molini&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thiann-Bo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867062v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867030v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866736v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866692v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928617v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925988v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/22011919-9481506" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502347v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Manglou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500478v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdes.027.0182" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099663v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066759v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099689v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134360-09401009" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195051v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Multigner" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861808v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24043/isj.49" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861800v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02289758v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mult.060.0065" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-00944313v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vermeren" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016319v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02289655v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867098v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionspoints.com/ouvrage/une-ecologie-decoloniale-malcom-ferdinand/9782757899441" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867176v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Stella Casu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Davis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tamuedizioni.com/tproduct/467310025-410085377832-unecologia-decoloniale" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866708v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867450v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374697v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Paul Smith" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293237v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385832v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385813v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacey Mac Donald" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928610v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575160v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702509v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02289701v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097964v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538489v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcom Ferdinand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/07990537-12166252" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538519v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabeuko Oberty" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867062v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shela Sheikh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866987v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Chesnais" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Molini&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thiann-Bo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867030v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866736v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866692v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928617v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925988v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/22011919-9481506" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502347v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Manglou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500478v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdes.027.0182" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099663v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066759v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099689v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134360-09401009" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195051v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Multigner" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861808v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24043/isj.49" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861800v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02289758v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mult.060.0065" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-00944313v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vermeren" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016319v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02289655v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867098v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionspoints.com/ouvrage/une-ecologie-decoloniale-malcom-ferdinand/9782757899441" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867176v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Stella Casu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Davis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tamuedizioni.com/tproduct/467310025-410085377832-unecologia-decoloniale" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866708v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867450v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374697v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Paul Smith" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293237v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385832v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385813v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacey Mac Donald" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928610v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575160v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702509v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02289701v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097964v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>