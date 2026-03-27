--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1835,420 +1835,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05222801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing debris flow warning through seismic feature selection and machine learning model comparison</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Qi Zhou</w:t>
+                <w:t xml:space="preserve">Quieting of hydraulic tremor: sudden changes in frictional conditions in subglacial channels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Małgorzata Chmiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jens Turowski</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Małgorzata Chmiel</w:t>
+                <w:t xml:space="preserve">Nicoletta Caldera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerrit Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Farinotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-3399⟩</w:t>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienna, Austria. pp.EGU24-16320, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-16320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04725750v1</w:t>
+                <w:t xml:space="preserve">hal-04922085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quieting of hydraulic tremor: sudden changes in frictional conditions in subglacial channels</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Seismological insights into englacial and subglacial processes: two case studies from Alpine glaciers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malgorzata Chmiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicoletta Caldera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Daniel Farinotti</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pralong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Gimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Funk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AGU Fall Meeting 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Washington, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04922085v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05222759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismological insights into englacial and subglacial processes: two case studies from Alpine glaciers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicoletta Caldera</w:t>
+                <w:t xml:space="preserve">Enhancing debris flow warning through seismic feature selection and machine learning model comparison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qi Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Pralong</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Martin Funk</w:t>
+                <w:t xml:space="preserve">Jens Turowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hui Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Hibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Małgorzata Chmiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 0000, à renseigner, Unknown Region. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-3399⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05222759v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04725750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring of fields using body and surface waves reconstructed from passive seismic ambient noise</w:t>
               </w:r>
@@ -2557,51 +2557,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geophysical Processing with dense arrays in passive and active seismic configurations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malgorzata Chmiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tectonics. Université Grenoble Alpes, 2017. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017GREAU009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2797,51 +2797,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05082245v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Tang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#322;gorzata Chmiel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Walter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JF008094" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745947v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Liu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen Joe Tan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siming He" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47130-w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745916v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Jacquemart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Weber" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Chiarle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Cicoira" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2024.104886" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488341v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023jf007363" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661182v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Godano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Piantini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gimbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-22-1541-2022" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467462v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Wenner" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Mcardell" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL090874" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320516v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Gradon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Brenguier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Stammeijer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mordret" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees Hindriks" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120210069" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02928285v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Courbis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garambois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa016" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107589v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Sergeant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Lindner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-14-1139-2020" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02928279v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brenguier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Courbis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mordret" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Campman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boue" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz440" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485379v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bardainne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2018-0537.1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385273v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-16339" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222801v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Husmann" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Belli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04725750v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Turowski" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-3399" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922085v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoletta Caldera" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerrit Olivier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Farinotti" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-16320" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222759v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Chmiel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pralong" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Funk" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02931569v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lynch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xander Campbell" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/segam2019-3216217.1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440694v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ambrois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Brunel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01654595v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017GREAU009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05082245v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Tang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#322;gorzata Chmiel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Walter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JF008094" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745947v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Liu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen Joe Tan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siming He" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47130-w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745916v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Jacquemart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Weber" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Chiarle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Cicoira" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2024.104886" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488341v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023jf007363" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661182v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Godano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Piantini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gimbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-22-1541-2022" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467462v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Wenner" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Mcardell" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL090874" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320516v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Gradon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Brenguier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Stammeijer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mordret" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees Hindriks" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120210069" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02928285v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Courbis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garambois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa016" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107589v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Sergeant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Lindner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-14-1139-2020" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02928279v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brenguier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Courbis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mordret" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Campman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boue" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz440" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485379v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bardainne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2018-0537.1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385273v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-16339" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222801v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Husmann" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Belli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922085v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoletta Caldera" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerrit Olivier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Farinotti" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-16320" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222759v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Chmiel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pralong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Funk" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04725750v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Turowski" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-3399" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02931569v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lynch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xander Campbell" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/segam2019-3216217.1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440694v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ambrois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Brunel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01654595v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017GREAU009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>