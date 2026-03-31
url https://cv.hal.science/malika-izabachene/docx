--- v0 (2026-03-03)
+++ v1 (2026-03-31)
@@ -435,175 +435,266 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02163307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Post-Quantum Pattern Matching on Encrypted Data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TETRIS: Composing FHE Techniques for Private Functional Exploration Over Large Datasets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Izabachene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anis Bkakria</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Malika Izabachène</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Bossuat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IACR Communications in Cryptology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1 (2), </w:t>
+              <w:t xml:space="preserve">Proceedings on Privacy Enhancing Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025 (2), pp.23-38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.62056/a09qxrxqi⟩</w:t>
+                <w:t xml:space="preserve">⟨10.56553/POPETS-2025-0047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04865163v1</w:t>
+                <w:t xml:space="preserve">hal-05507058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Efficient Post-Quantum Pattern Matching on Encrypted Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Bkakria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Izabachène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IACR Communications in Cryptology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.62056/a09qxrxqi⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04865163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">TFHE: Fast Fully Homomorphic Encryption Over the Torus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Chillotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -628,1599 +719,1807 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cryptology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 33 (1), pp.34-91. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00145-019-09319-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03993063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identity-Based Encryption from Lattices Using Approximate Trapdoors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Prabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Roux-Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACISP 2023 - 28th Australasian Conference on Information Security and Privacy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Brisbane, Australia. pp.270-290, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-35486-1_13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04163136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MyOPE: Malicious SecuritY for Oblivious Polynomial Evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Nitulescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola de Perthuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Pointcheval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCN 2022 - 13th Conference on Cryptography and Security for Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Amalfi, Italy. pp.663-686, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-14791-3_29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03820565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Privacy-Preserving $k$-means Clustering: an Application to Driving Style Recognition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aymen Boudguiga</w:t>
+                <w:t xml:space="preserve">Secure Hybrid Encryption In the Standard Model from Hard Learning Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Witold Klaudel</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qinyi Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NSS 2019 - 13th International Conference on Network and System Security</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-36938-5_43⟩</w:t>
+              <w:t xml:space="preserve">Post-Quantum Cryptography - 12th International Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Daejeon (Online event), South Korea. pp.399-418, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-81293-5_21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02920663v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faster Fully Homomorphic Encryption: Bootstrapping in less than 0.1 Seconds</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mariya Georgieva</w:t>
+                <w:t xml:space="preserve">A Simple and Efficient CCA-Secure Lattice KEM in the Standard Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qinyi Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Cryptology – ASIACRYPT 2016. Lecture Notes in Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-662-53887-6_1⟩</w:t>
+              <w:t xml:space="preserve">Security and Cryptography for Networks - 12th International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Amalfi, Italy. pp.321-337, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-57990-6_16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01832760v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural Lattice Reduction: Generalized Worst-Case to Average-Case Reductions and Homomorphic Cryptosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gama</w:t>
+                <w:t xml:space="preserve">Privacy-Preserving $k$-means Clustering: an Application to Driving Style Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Othmane El Omri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Boudguiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xiang Xie</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Witold Klaudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35th Annual International Conference on the Theory and Applications of Cryptographic Techniques, Part II - EUROCRYPT 2016</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-662-49896-5_19⟩</w:t>
+              <w:t xml:space="preserve">NSS 2019 - 13th International Conference on Network and System Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Sapporo, Japan. pp.685-696, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-36938-5_43⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01382384v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02920663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A homomorphic LWE based E-voting scheme</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Georgieva</w:t>
+                <w:t xml:space="preserve">Faster Fully Homomorphic Encryption: Bootstrapping in less than 0.1 Seconds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaria Chillotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariya Georgieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PQCrypto 2016 - Post-Quantum Cryptography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Fukuoka, Japan. pp.245-265, </w:t>
+              <w:t xml:space="preserve">Advances in Cryptology – ASIACRYPT 2016. Lecture Notes in Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Hanoi (Vietnam), Vietnam. pp.3-33, </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-29360-8_16⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-662-53887-6_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01832761v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01832760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Election Verifiability for Helios under Weaker Trust Assumptions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural Lattice Reduction: Generalized Worst-Case to Average-Case Reductions and Homomorphic Cryptosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Izabachène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Cortier</w:t>
+                <w:t xml:space="preserve">Phong Q. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Galindo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Malika Izabachène</w:t>
+                <w:t xml:space="preserve">Xiang Xie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 19th European Symposium on Research in Computer Security (ESORICS'14)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">35th Annual International Conference on the Theory and Applications of Cryptographic Techniques, Part II - EUROCRYPT 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IACR, May 2016, Vienna, Austria. pp.528-558, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-662-49896-5_19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01080292v1</w:t>
+                <w:t xml:space="preserve">hal-01382384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributed ElGamal à la Pedersen - Application to Helios</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stephane Glondu</w:t>
+                <w:t xml:space="preserve">A homomorphic LWE based E-voting scheme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Chillotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Gama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Georgieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WPES 2013 - Proceedings of the 12th ACM workshop on privacy in the electronic society - 2013</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2517840.2517852⟩</w:t>
+              <w:t xml:space="preserve">PQCrypto 2016 - Post-Quantum Cryptography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Fukuoka, Japan. pp.245-265, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-29360-8_16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00881076v1</w:t>
+                <w:t xml:space="preserve">cea-01832761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divisible E-Cash in the Standard Model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Election Verifiability for Helios under Weaker Trust Assumptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Galindo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Glondu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Libert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pairing-Based Cryptography - Pairing 2012 - 5th International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Cologne, France</w:t>
+              <w:t xml:space="preserve">Proceedings of the 19th European Symposium on Research in Computer Security (ESORICS'14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Wroclaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05508299v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01080292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Block-wise p-signatures and non-interactive anonymous credentials with efficient attributes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distributed ElGamal à la Pedersen - Application to Helios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Galindo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Glondu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMACC'11 - 13th IMA international conference on Cryptography and Coding</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WPES 2013 - Proceedings of the 12th ACM workshop on privacy in the electronic society - 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Berlin, Germany. pp.131-142, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2517840.2517852⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01110210v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00881076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mediated Traceable Anonymous Encryption</w:t>
+                <w:t xml:space="preserve">Divisible E-Cash in the Standard Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Damien Vergnaud</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Libert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">First International Conference on Cryptology and Information Security (LatinCrypt '10)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Puebla, Mexico. pp.40--60</w:t>
+              <w:t xml:space="preserve">Pairing-Based Cryptography - Pairing 2012 - 5th International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Cologne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00539540v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05508299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Batch Groth-Sahai</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Block-wise p-signatures and non-interactive anonymous credentials with efficient attributes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Libert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vergnaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Cryptography and Network Security, 8th International Conference, ACNS 2010</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IMACC'11 - 13th IMA international conference on Cryptography and Coding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Oxford, UK, United Kingdom. pp.431-450</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-13708-14⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inria-00577167v1</w:t>
+                <w:t xml:space="preserve">hal-01110210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anonymous and Transparent Gateway-based Password-Authenticated Key Exchange</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mediated Traceable Anonymous Encryption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Izabachène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Pointcheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Abdalla</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Pointcheval</w:t>
+                <w:t xml:space="preserve">Damien Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 7th International Workshop on Cryptology and Network Security (CANS '08)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Hong-Kong, China. pp.133--148</w:t>
+              <w:t xml:space="preserve">First International Conference on Cryptology and Information Security (LatinCrypt '10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Puebla, Mexico. pp.40--60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00419150v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00539540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Batch Groth-Sahai</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blazy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Fuchsbauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Izabachène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Jambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Sibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Cryptography and Network Security, 8th International Conference, ACNS 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Beijing, China. pp.218-235, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-13708-14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00577167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anonymous and Transparent Gateway-based Password-Authenticated Key Exchange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Izabachène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Pointcheval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 7th International Workshop on Cryptology and Network Security (CANS '08)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Hong-Kong, China. pp.133--148</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00419150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">New Anonymity Notions for Identity-Based Encryption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Pointcheval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCN '08</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Amalfi, Italie, Italy. pp.375--391</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00419152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2230,232 +2529,232 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural Lattice Reduction: Generalized Worst-Case to Average-Case Reductions and Homomorphic Cryptosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phong Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiang Xie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Cryptology – EUROCRYPT 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.528-558, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-662-49896-5_19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02177632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Anonymity Notions for Identity-Based Encryption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Pointcheval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">V. Cortier and C. Kirchner and M. Okada and H. Sakurada. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formal to Practical Security</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LNCS 5458, Springer-Verlag, pp.138--157, 2009, Lecture notes in computer science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00419144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2465,213 +2764,213 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weak instances on composite order protocols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorina Ionica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] INRIA. 2014, pp.1--13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Election Verifiability for Helios under Weaker Trust Assumptions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Cortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Galindo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Glondu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8555, INRIA. 2014, pp.20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01011294v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2681,144 +2980,144 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A generic construction for voting correctness at minimum cost - Application to Helios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Cortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Galindo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Glondu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Izabachène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00881079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId76"/>
+      <w:footerReference w:type="default" r:id="rId85"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2886,51 +3185,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4A6E240A"/>
+    <w:nsid w:val="407CF796"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3117,51 +3416,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/malika-izabachene" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0216-7958" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507283v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bourse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Izabachene" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-02163306v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Chillotti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gama" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariya Georgieva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Izabach&#232;ne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-02163307v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865163v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Bkakria" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62056/a09qxrxqi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993063v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00145-019-09319-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163136v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Prabel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Roux-Langlois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35486-1_13" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820565v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Nitulescu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola de Perthuis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pointcheval" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14791-3_29" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920663v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane El Omri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Boudguiga" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Klaudel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-36938-5_43" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01832760v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-53887-6_1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01382384v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phong Q. Nguyen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Xie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-49896-5_19" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01832761v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Chillotti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gama" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Georgieva" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-29360-8_16" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01080292v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cortier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Galindo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Glondu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00881076v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2517840.2517852" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508299v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Libert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01110210v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Libert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vergnaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00539540v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00577167v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blazy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Fuchsbauer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Jambert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sibert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-13708-14" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00419150v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Abdalla" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00419152v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177632v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phong Nguyen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00419144v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323885v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorina Ionica" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01011294v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00881079v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/malika-izabachene" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0216-7958" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507283v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bourse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Izabachene" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-02163306v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Chillotti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gama" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariya Georgieva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Izabach&#232;ne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-02163307v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507058v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bossuat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56553/POPETS-2025-0047" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865163v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Bkakria" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62056/a09qxrxqi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993063v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00145-019-09319-x" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163136v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Prabel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Roux-Langlois" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35486-1_13" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820565v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Nitulescu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola de Perthuis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pointcheval" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14791-3_29" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503450v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinyi Li" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-81293-5_21" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503469v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57990-6_16" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920663v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane El Omri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Boudguiga" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Klaudel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-36938-5_43" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01832760v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-53887-6_1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01382384v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phong Q. Nguyen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Xie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-49896-5_19" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01832761v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Chillotti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gama" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Georgieva" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-29360-8_16" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01080292v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cortier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Galindo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Glondu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00881076v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2517840.2517852" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508299v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Libert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01110210v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Libert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vergnaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00539540v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00577167v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blazy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Fuchsbauer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Jambert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sibert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-13708-14" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00419150v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Abdalla" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00419152v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177632v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phong Nguyen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00419144v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323885v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorina Ionica" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01011294v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00881079v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>