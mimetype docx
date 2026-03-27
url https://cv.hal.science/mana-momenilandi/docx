--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1092,563 +1092,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04288101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human IL-23 is essential for IFN-γ-dependent immunity to mycobacteria</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Autoantibodies against type I IFNs in humans with alternative NF-κB pathway deficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Puchan</w:t>
+                <w:t xml:space="preserve">Tom Le Voyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrés Augusto Arias</w:t>
+                <w:t xml:space="preserve">Audrey V Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xian Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Cederholm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciimmunol.abq5204⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 623 (7988), pp.803-813. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-023-06717-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04380991v1</w:t>
+                <w:t xml:space="preserve">hal-04815868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autoantibodies against type I IFNs in humans with alternative NF-κB pathway deficiency</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xian Liu</w:t>
+                <w:t xml:space="preserve">Human IL-23 is essential for IFN-γ-dependent immunity to mycobacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Philippot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masato Ogishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bohlen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Cederholm</w:t>
+                <w:t xml:space="preserve">Julia Puchan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian Gervais</w:t>
+                <w:t xml:space="preserve">Andrés Augusto Arias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 623 (7988), pp.803-813. </w:t>
+              <w:t xml:space="preserve">Science Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (80), </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-023-06717-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciimmunol.abq5204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04815868v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04380991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical, Immunological, and Genetic Findings in Iranian Patients with MHC-II Deficiency: Confirmation of c.162delG RFXANK Founder Mutation in the Iranian Population</w:t>
+                <w:t xml:space="preserve">Human inherited complete STAT2 deficiency underlies inflammatory viral diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohadese Sadat Mousavi Khorshidi</w:t>
+                <w:t xml:space="preserve">Giorgia Bucciol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Seeleuthner</w:t>
+                <w:t xml:space="preserve">Leen Moens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masato Ogishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darawan Rinchai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zahra Chavoshzadeh</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Amir Ali Hamidieh</w:t>
+                <w:t xml:space="preserve">Daniela Matuozzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10875-023-01562-z⟩</w:t>
+              <w:t xml:space="preserve">The Journal of clinical investigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 133 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1172/JCI168321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04968582v1</w:t>
+                <w:t xml:space="preserve">hal-04945238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human inherited complete STAT2 deficiency underlies inflammatory viral diseases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clinical, Immunological, and Genetic Findings in Iranian Patients with MHC-II Deficiency: Confirmation of c.162delG RFXANK Founder Mutation in the Iranian Population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohadese Sadat Mousavi Khorshidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Seeleuthner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgia Bucciol</w:t>
+                <w:t xml:space="preserve">Zahra Chavoshzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leen Moens</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Darawan Rinchai</w:t>
+                <w:t xml:space="preserve">Maryam Behfar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Matuozzo</w:t>
+                <w:t xml:space="preserve">Amir Ali Hamidieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of clinical investigation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 133 (12), </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 43 (8), pp.1941-1952. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1172/JCI168321⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10875-023-01562-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04945238v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delayed Diagnosis of Chronic Necrotizing Granulomatous Skin Lesions due to TAP2 Deficiency</w:t>
               </w:r>
@@ -1794,51 +1794,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mana Momenilandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Pourvali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leen Moens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nima Parvaneh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2183,64 +2183,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inherited IFNAR1 deficiency in otherwise healthy patients with adverse reaction to measles and yellow fever live vaccines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgia Bucciol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leen Moens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Le Pen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2722,51 +2722,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="051C1AD4"/>
+    <w:nsid w:val="984BF847"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2953,51 +2953,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mana-momenilandi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968552v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bohlen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinhua Zhou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Philippot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masato Ogishi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darawan Rinchai" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2023.09.024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877280v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Materna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottavia M Delmonte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marita Bosticardo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mana Momenilandi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyton E Conrey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adh4059" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04589107v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain L&#233;vy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steicy Sobrino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwei Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Lagresle-Peyrou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2024.04.009" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701934v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Lena Neehus" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenna Carey" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Landekic" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Panikulam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gail Deutsch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2023.11.036" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876482v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehul Sharma" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narissara Suratannon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Leung" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Baris" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichiro Takeuchi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.it.2023.12.003" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876430v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien B&#233;ziat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fieschi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Migaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Belaid" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coi.2023.102326" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288101v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gothe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Magg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20220275" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380991v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Puchan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Augusto Arias" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.abq5204" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815868v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Le Voyer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey V Parent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xian Liu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cederholm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Gervais" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-06717-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968582v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohadese Sadat Mousavi Khorshidi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Seeleuthner" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Chavoshzadeh" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Behfar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Ali Hamidieh" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10875-023-01562-z" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945238v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Bucciol" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leen Moens" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Matuozzo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI168321" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968615v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilad Alavi Darazam" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atousa Hakamifard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Javandoust Gharehbagh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10875-022-01374-7" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968619v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Pourvali" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Parvaneh" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greet Wuyts" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10875-022-01281-x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04119583v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602284v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rapaport" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiafen Hu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Titeux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bonnet Des Claustres" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2021.06.004" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968630v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Hernandez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Le Pen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Shahrooei" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20182295" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968623v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Miryounesi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Nikfar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Changi-Ashtiani" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Dinmohammadi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ahg.12352" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968662v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Mohammadipanah" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13880209.2017.1417451" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04964216v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024UNIP5103" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mana-momenilandi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968552v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bohlen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinhua Zhou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Philippot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masato Ogishi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darawan Rinchai" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2023.09.024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877280v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Materna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottavia M Delmonte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marita Bosticardo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mana Momenilandi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyton E Conrey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adh4059" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04589107v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain L&#233;vy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steicy Sobrino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwei Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Lagresle-Peyrou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2024.04.009" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701934v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Lena Neehus" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenna Carey" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Landekic" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Panikulam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gail Deutsch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2023.11.036" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876482v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehul Sharma" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narissara Suratannon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Leung" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Baris" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichiro Takeuchi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.it.2023.12.003" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876430v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien B&#233;ziat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fieschi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Migaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Belaid" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coi.2023.102326" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288101v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gothe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Magg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20220275" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815868v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Le Voyer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey V Parent" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xian Liu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cederholm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Gervais" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-06717-x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380991v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Puchan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Augusto Arias" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.abq5204" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945238v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Bucciol" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leen Moens" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Matuozzo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI168321" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968582v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohadese Sadat Mousavi Khorshidi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Seeleuthner" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Chavoshzadeh" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Behfar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Ali Hamidieh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10875-023-01562-z" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968615v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilad Alavi Darazam" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atousa Hakamifard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Javandoust Gharehbagh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10875-022-01374-7" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968619v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Pourvali" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Parvaneh" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greet Wuyts" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10875-022-01281-x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04119583v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602284v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rapaport" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiafen Hu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Titeux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bonnet Des Claustres" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2021.06.004" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968630v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Hernandez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Le Pen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Shahrooei" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20182295" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968623v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Miryounesi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Nikfar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Changi-Ashtiani" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Dinmohammadi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ahg.12352" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968662v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Mohammadipanah" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13880209.2017.1417451" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04964216v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024UNIP5103" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>