--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1629,230 +1629,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04694285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of the log-transformed band ratio algorithm on images of WorldView-3 and Sentinel-2 for bathymetry mapping of a pocket beach of Malta</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radiometric heterogeneity problems in ortho-mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manchun Lei</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE International Workshop on Metrology for the Sea; Learning to Measure Sea Health Parameters (MetroSea)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">1st DART Users' Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03900840v1</w:t>
+                <w:t xml:space="preserve">hal-04485603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiometric heterogeneity problems in ortho-mapping</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Implementation of the log-transformed band ratio algorithm on images of WorldView-3 and Sentinel-2 for bathymetry mapping of a pocket beach of Malta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciano Galone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastiano d'Amico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Gauci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st DART Users' Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE International Workshop on Metrology for the Sea; Learning to Measure Sea Health Parameters (MetroSea)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Milazzo, France. pp.493-496, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MetroSea55331.2022.9950982⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04485603v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03900840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation de l'éclairement du ciel et l'éclairement réfléchi du bâtiment dans les ombres</w:t>
               </w:r>
@@ -2109,377 +2109,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02296971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation à la volée du vignettage par ajustement local du gain</w:t>
+                <w:t xml:space="preserve">Suspended Particulate Matter Monitoring with GOCI Images After the Tohoku Tsunami (March 2011)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lâmân Lelégard</w:t>
+                <w:t xml:space="preserve">Audry Minghelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manchun Lei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Brédif</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Charmasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Annuelle Française de Photogrammétrie et Télédétection (CFPT)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 OCEANS - MTS/IEEE Kobe Techno-Oceans (OTO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Kobe, Japan. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/OCEANSKOBE.2018.8559154⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02551475v1</w:t>
+                <w:t xml:space="preserve">hal-03624247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hemispherical sky radiance measurement using a fish-eye camera</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimation à la volée du vignettage par ajustement local du gain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lâmân Lelégard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manchun Lei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Papelard</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Brédif</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Française de Photogrammétrie et de Télédétection (CFPT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Champs-sur-Marne, France</w:t>
+              <w:t xml:space="preserve">Conférence Annuelle Française de Photogrammétrie et Télédétection (CFPT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Marne La Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02555594v1</w:t>
+                <w:t xml:space="preserve">hal-02551475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suspended Particulate Matter Monitoring with GOCI Images After the Tohoku Tsunami (March 2011)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hemispherical sky radiance measurement using a fish-eye camera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manchun Lei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewelina Rupnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audry Minghelli</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Pierre Papelard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lâmân Lelégard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 OCEANS - MTS/IEEE Kobe Techno-Oceans (OTO)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conférence Française de Photogrammétrie et de Télédétection (CFPT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Champs-sur-Marne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03624247v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02555594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Image simulation of geostationary sensor (GeoOCAPI) for coastal zone monitoring</w:t>
               </w:r>
@@ -3401,51 +3401,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E3DE57F9"/>
+    <w:nsid w:val="39ACEE98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3632,51 +3632,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/manchun-lei" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7981-9742" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/162432488" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924211v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Minghelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Guillaume" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manchun Lei" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dune" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2025.2455009" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078851v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15092242" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686554v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Thom" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Meynard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michael Muller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-1-2022-195-2022" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02941791v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Spagnoli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Charmasson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12162664" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894360v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rey" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2019.2894063" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859069v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Peschoud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mathieu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivane Pairaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2016.2558819" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332499v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fraysse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Verney" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2016.2533662" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859080v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Minghelli-Roman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bricaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Froidefond" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2011.2168388" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104914v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexane Nghien" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Br&#233;dif" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hagolle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-M-7-2025-49-2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106214v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binbin Xu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04694279v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10640426" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04694285v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10642524" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900840v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cornu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Galone" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiano d'Amico" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Gauci" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Bris" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MetroSea55331.2022.9950982" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485603v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482155v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270174v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulu Xi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gastellu-Etchegorry" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553889" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296971v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Fiandrino" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2019.8867565" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551475v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#226;m&#226;n Lel&#233;gard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vallet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555594v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewelina Rupnik" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Papelard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624247v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audry Minghelli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSKOBE.2018.8559154" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485478v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Pinazo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624271v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gouton" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHISPERS.2012.6874324" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269615v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHISPERS.2010.5594969" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269635v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Froidefond" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2009.5417499" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879739v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lefloch" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadder Madani" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2008.91" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665394v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00728820v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011DIJOS084" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/manchun-lei" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7981-9742" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/162432488" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924211v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Minghelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Guillaume" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manchun Lei" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dune" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2025.2455009" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078851v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15092242" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686554v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Thom" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Meynard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michael Muller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-1-2022-195-2022" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02941791v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Spagnoli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Charmasson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12162664" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894360v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rey" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2019.2894063" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859069v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Peschoud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mathieu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivane Pairaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2016.2558819" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332499v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fraysse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Verney" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2016.2533662" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859080v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Minghelli-Roman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bricaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Froidefond" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2011.2168388" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104914v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexane Nghien" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Br&#233;dif" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hagolle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-M-7-2025-49-2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106214v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binbin Xu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04694279v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10640426" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04694285v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10642524" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485603v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900840v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cornu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Galone" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiano d'Amico" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Gauci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Bris" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MetroSea55331.2022.9950982" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482155v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270174v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulu Xi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gastellu-Etchegorry" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553889" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296971v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Fiandrino" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2019.8867565" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624247v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audry Minghelli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSKOBE.2018.8559154" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551475v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#226;m&#226;n Lel&#233;gard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vallet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555594v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewelina Rupnik" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Papelard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485478v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Pinazo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624271v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gouton" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHISPERS.2012.6874324" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269615v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHISPERS.2010.5594969" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269635v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Froidefond" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2009.5417499" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879739v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lefloch" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadder Madani" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2008.91" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665394v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00728820v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011DIJOS084" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>