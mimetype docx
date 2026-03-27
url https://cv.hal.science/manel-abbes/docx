--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -396,950 +396,950 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04490557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Geometric Approach for the IK of 6R Robots with Non-spherical Wrist</w:t>
+                <w:t xml:space="preserve">Geometric Approach for Inverse Kinematics of the FANUC CRX Collaborative Robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Abbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFToMM ISRM-2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, DJERBA, Tunisia. pp.329-342, </w:t>
+              <w:t xml:space="preserve">Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (6), pp.91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-59888-3_30⟩</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">⟨10.3390/robotics13060091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04735038v1</w:t>
+                <w:t xml:space="preserve">hal-04735003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Geometric Approach for the IK of 6R robots with non-spherical wrist</w:t>
+                <w:t xml:space="preserve">Design of a Robotized Magnetic Platform for Targeted Drug Delivery in the Cochlea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Abbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Belharet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Souissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Mekki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERNATIONAL SYMPOSIUM ON ROBOTICS MECHATRONICS</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 44 (1), pp.100728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.irbm.2022.06.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04915402v1</w:t>
-[...462 lines deleted...]
-                <w:t xml:space="preserve">hal-01974591v1</w:t>
+                <w:t xml:space="preserve">hal-05424632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric Approach for Inverse Kinematics of the FANUC CRX Collaborative Robot</w:t>
+                <w:t xml:space="preserve">A Geometric Approach for the IK of 6R Robots with Non-spherical Wrist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Abbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04735003v1</w:t>
+              <w:t xml:space="preserve">IFToMM ISRM-2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, DJERBA, Tunisia. pp.329-342, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-59888-3_30⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a Robotized Magnetic Platform for Targeted Drug Delivery in the Cochlea</w:t>
+                <w:t xml:space="preserve">A Geometric Approach for the IK of 6R robots with non-spherical wrist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Abbes</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hassen Mekki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 44 (1), pp.100728. </w:t>
+              <w:t xml:space="preserve">INTERNATIONAL SYMPOSIUM ON ROBOTICS MECHATRONICS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, DJERBA, Tunisia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artificial Potential Field APF-based Obstacle Avoidance Technique for Robot Arm Teleoperation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustafa Elahres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Abbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïcha Fonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27th International Conference on Methods and Models in Automation and Robotics (MMAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Międzyzdroje, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04491145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Permanent Magnets based Actuator for Microrobots Navigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Abbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Belharet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Mekki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2019 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Macau, France. pp.7062-7067, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IROS40897.2019.8968558⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02898365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robotic Manipulator for Positioning a Magnetic Actuator Dedicated to Drug Delivery in the Cochlea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Abbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Belharet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Souissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Mekki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'Etude sur la TéléSanté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne Universités, May 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02161049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A novel remote-center-of-motion serial manipulator for inner ear drug delivery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Abbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Souissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Belharet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE/ASME International Conference on Advanced Intelligent Mechatronics (AIM-2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Auckland, New Zealand. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.irbm.2022.06.003⟩</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+                <w:t xml:space="preserve">⟨10.1109/AIM.2018.8452258⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05424632v1</w:t>
+                <w:t xml:space="preserve">hal-01974591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1518,51 +1518,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BBD31D83"/>
+    <w:nsid w:val="A23D8BD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1749,51 +1749,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/manel-abbes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-6669-8569" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428940v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Jridi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Abbes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Mekki" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vieyres" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poisson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490557v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Belharet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Poisson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735038v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_30" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915402v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491145v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Elahres" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Fonte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898365v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS40897.2019.8968558" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161049v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Souissi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974591v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2018.8452258" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735003v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics13060091" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424632v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2022.06.003" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04472730v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022ORLE1065" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/manel-abbes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-6669-8569" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428940v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Jridi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Abbes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Mekki" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vieyres" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poisson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490557v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Belharet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Poisson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735003v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics13060091" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424632v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Souissi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2022.06.003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735038v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_30" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915402v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491145v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Elahres" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Fonte" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898365v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS40897.2019.8968558" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161049v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974591v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2018.8452258" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04472730v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022ORLE1065" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>