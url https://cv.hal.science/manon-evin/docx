--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -428,563 +428,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology for small animals targeted irradiations at conventional and ultra-high dose rates 65 MeV proton beam</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monte Carlo simulations of microdosimetry and radiolytic species production at long time post proton irradiation using GATE and Geant4‐DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Bongrand</w:t>
+                <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Delpon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ferid Haddad</w:t>
+                <w:t xml:space="preserve">Hoang Ngoc Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fiegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Medica European Journal of Medical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmp.2024.103332⟩</w:t>
+              <w:t xml:space="preserve">Medical Physics : The international journal of medical physics research and practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 51 (10), pp.7500-7510. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mp.17281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04556782v1</w:t>
+                <w:t xml:space="preserve">hal-04645973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo simulations of microdosimetry and radiolytic species production at long time post proton irradiation using GATE and Geant4‐DNA</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hoang Ngoc Tran</w:t>
+                <w:t xml:space="preserve">Methodology for small animals targeted irradiations at conventional and ultra-high dose rates 65 MeV proton beam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Fiegel</w:t>
+                <w:t xml:space="preserve">Arthur Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Blain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
+                <w:t xml:space="preserve">Grégory Delpon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Physics : The international journal of medical physics research and practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 51 (10), pp.7500-7510. </w:t>
+              <w:t xml:space="preserve">Physica Medica European Journal of Medical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 120, pp.103332. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mp.17281⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmp.2024.103332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04645973v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04556782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrahigh-Dose-Rate Proton Irradiation Elicits Reduced Toxicity in Zebrafish Embryos</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First evidence of in vivo effect of FLASH radiotherapy with helium ions in zebrafish embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Ghannam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Saade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Radiation Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.adro.2022.101124⟩</w:t>
+              <w:t xml:space="preserve">Onkologia i Radioterapia - Oncology and Radiotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 187, pp.109820. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.radonc.2023.109820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03940364v1</w:t>
+                <w:t xml:space="preserve">hal-04201747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First evidence of in vivo effect of FLASH radiotherapy with helium ions in zebrafish embryos</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Youssef Ghannam</w:t>
+                <w:t xml:space="preserve">Ultrahigh-Dose-Rate Proton Irradiation Elicits Reduced Toxicity in Zebrafish Embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Saade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Bogaerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Charbel Koumeir</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Blain</w:t>
+                <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Onkologia i Radioterapia - Oncology and Radiotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 187, pp.109820. </w:t>
+              <w:t xml:space="preserve">Advances in Radiation Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (2), pp.101124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.radonc.2023.109820⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.adro.2022.101124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04201747v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03940364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -996,971 +996,971 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microdosimetry and Radiolytic Species Production at Ultra-High- Dose Rates with GATE 10.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
+                <w:t xml:space="preserve">Relationships between absorbed dose and proton energy with bremsstrahlung spectra for in vivo dosimetry of preclinical hadrontherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ralite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Blain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hoang Ngoc</w:t>
+                <w:t xml:space="preserve">Grégory Delpon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 5th Geant4 International User Conference at the Physics-Medicine-Biology frontier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Osaka, Japan</w:t>
+              <w:t xml:space="preserve">European X-Ray Spectrometry Conference (EXRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05009133v1</w:t>
+                <w:t xml:space="preserve">hal-04643344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection et quantification des radicaux libres radio-induits par des faisceaux pulsés de H+ et He2+</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Microdosimetry and Radiolytic Species Production at Ultra-High- Dose Rates with GATE 10.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pereda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daeun Kwon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ferrid Haddad</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoang Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Rayonnement Radiochimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Nîmes, France</w:t>
+              <w:t xml:space="preserve">The 5th Geant4 International User Conference at the Physics-Medicine-Biology frontier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Osaka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-04660685v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05009133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microdosimetry and Radiolytic Species Production at Ultra-High-Dose Rates with GATE 10</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Détection et quantification des radicaux libres radio-induits par des faisceaux pulsés de H+ et He2+</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terfas Sarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Craff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferrid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geant4-DNA collaboration meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Osaka, Japan</w:t>
+              <w:t xml:space="preserve">Rencontres Rayonnement Radiochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05311108v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-04660685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between absorbed dose and proton energy with bremsstrahlung spectra for in vivo dosimetry of preclinical hadrontherapy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+                <w:t xml:space="preserve">Microdosimetry and Radiolytic Species Production at Ultra-High-Dose Rates with GATE 10</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daeun Kwon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc Hoang Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fiegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European X-Ray Spectrometry Conference (EXRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">Geant4-DNA collaboration meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Osaka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643344v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05311108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dosimetric environment and first results of the studies on the physicochemical and biological mechanisms of FLASH hadrontherapy at the ARRONAX cyclotron</w:t>
+                <w:t xml:space="preserve">Environnement dosimétrique et premiers résultats des études sur les mécanismes physico-chimiques et biologiques de l'hadronthérapie FLASH au cyclotron ARRONAX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Craff Emeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Workshop « Optimizing Imaging and Dose-Response in RadiotherapieS »of the «Tumour Targeting, Imaging, Radiotherapies » network of the Cancéropôle Grand-Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Erquy, France</w:t>
+              <w:t xml:space="preserve">61èmes Journées Scientifiques de la Société Française de Physique Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04249398v1</w:t>
+                <w:t xml:space="preserve">hal-04246385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dosimetric environment of preclinical FLASH hadrontherapy studies at the ARRONAX cyclotron</w:t>
+                <w:t xml:space="preserve">Dosimetric environment and first results of the studies on the physicochemical and biological mechanisms of FLASH hadrontherapy at the ARRONAX cyclotron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ferid Haddad</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Craff Emeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée générale du GdR Mi2B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">16th International Workshop « Optimizing Imaging and Dose-Response in RadiotherapieS »of the «Tumour Targeting, Imaging, Radiotherapies » network of the Cancéropôle Grand-Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Erquy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04245917v1</w:t>
+                <w:t xml:space="preserve">hal-04249398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environnement dosimétrique et premiers résultats des études sur les mécanismes physico-chimiques et biologiques de l'hadronthérapie FLASH au cyclotron ARRONAX</w:t>
+                <w:t xml:space="preserve">Dosimetric environment of preclinical FLASH hadrontherapy studies at the ARRONAX cyclotron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Blain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Craff Emeline</w:t>
+                <w:t xml:space="preserve">Grégory Delpon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">61èmes Journées Scientifiques de la Société Française de Physique Médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
+              <w:t xml:space="preserve">Assemblée générale du GdR Mi2B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04246385v1</w:t>
+                <w:t xml:space="preserve">hal-04245917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microdosimetry and radiolytic species production in UHDR proton beam using GATE and Geant4-DNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2002,64 +2002,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen peroxide formation to investigate the radiolytic ROS production mechanism under proton FLASH conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fiegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2198,51 +2198,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ralite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2297,64 +2297,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen Peroxide (H2O2) production in response to multiple beam irradiation of protons at UHDR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fiegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2573,51 +2573,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2698,51 +2698,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2778,277 +2778,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03885576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiolytic ROS production mechanism under proton flash conditions : combination of experimental and simulation investigation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
+                <w:t xml:space="preserve">Reduction of radiotoxicity by ultra-high dose rate protontherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Saade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Bogaerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Blain</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Quentin Mouchard</w:t>
+                <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Flash Radiotherapy and Particle Therapy Conference (FRPT 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2022, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">, Nov 2022, Barcelona, Spain. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03901615v1</w:t>
+                <w:t xml:space="preserve">hal-03886326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction of radiotoxicity by ultra-high dose rate protontherapy</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Radiolytic ROS production mechanism under proton flash conditions : combination of experimental and simulation investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fiegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Grégory Delpon</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Flash Radiotherapy and Particle Therapy Conference (FRPT 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2022, Barcelona, Spain. </w:t>
+              <w:t xml:space="preserve">, Nov 2022, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03886326v1</w:t>
+                <w:t xml:space="preserve">hal-03901615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId65"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3124,51 +3124,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5046DFE2"/>
+    <w:nsid w:val="B3B3C12A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3355,51 +3355,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/manon-evin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8756-6688" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304115v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ralite" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Evin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Koumeir" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Guertin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferid Haddad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2025.113353" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006269v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bogaerts" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Saade" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellina Macaeva" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chiavassa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2025.110848" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556782v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bongrand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Delpon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2024.103332" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645973v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Rosa Fois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngoc Tran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fiegel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.17281" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940364v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adro.2022.101124" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201747v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Ghannam" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2023.109820" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009133v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pereda" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daeun Kwon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngoc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-04660685v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terfas Sarra" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Craff" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrid Haddad" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311108v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Hoang Tran" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643344v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04249398v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Mouchard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craff Emeline" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245917v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04246385v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886937v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03963165v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827731v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04112001v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04145654v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chocry" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886387v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03885576v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Servagent" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bongrand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03901615v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886326v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/manon-evin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8756-6688" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304115v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ralite" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Evin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Koumeir" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Guertin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferid Haddad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2025.113353" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006269v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bogaerts" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Saade" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellina Macaeva" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chiavassa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2025.110848" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645973v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Rosa Fois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngoc Tran" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fiegel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.17281" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556782v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bongrand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Delpon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2024.103332" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201747v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Ghannam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2023.109820" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940364v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adro.2022.101124" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643344v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009133v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pereda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daeun Kwon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngoc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-04660685v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terfas Sarra" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Craff" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrid Haddad" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311108v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Hoang Tran" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04246385v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Mouchard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craff Emeline" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04249398v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245917v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886937v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03963165v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827731v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04112001v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04145654v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chocry" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886387v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03885576v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Servagent" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bongrand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886326v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03901615v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>