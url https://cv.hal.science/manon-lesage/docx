--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1470,277 +1470,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04187761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de l’Eci pour la transparisation chez le poisson : exemples d’applications pour l’imagerie 3D</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of micropyle formation in medaka (Oryzias latipes) miR-202 -/- mutants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Charles Gabillard</w:t>
+                <w:t xml:space="preserve">Mariana Roza de Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32. Congrès de l'Association Française d'Histotechnologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Strasbourg, France. , 2019</w:t>
+              <w:t xml:space="preserve">7. International Workshop on the Biology of Fish Gametes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Rennes, France. , pp.155-156, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02786189v1</w:t>
+                <w:t xml:space="preserve">hal-02282254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of micropyle formation in medaka (Oryzias latipes) miR-202 -/- mutants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mariana Roza de Abreu</w:t>
+                <w:t xml:space="preserve">Utilisation de l’Eci pour la transparisation chez le poisson : exemples d’applications pour l’imagerie 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Branthonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Gabillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lesage</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cécile Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. International Workshop on the Biology of Fish Gametes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Rennes, France. , pp.155-156, 2019</w:t>
+              <w:t xml:space="preserve">32. Congrès de l'Association Française d'Histotechnologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Strasbourg, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02282254v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2026,51 +2026,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="462CA55D"/>
+    <w:nsid w:val="94C21903"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2257,51 +2257,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/manon-lesage" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3121-5181" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062159v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lesage" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Thomas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;cot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tu-Ky Ly" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hinfray" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.201185" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935099v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Branthonne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolre/ioaa142" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04136209v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023URENB002" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187726v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mak Sully" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03764407v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04046034v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Thermes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187040v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chesnais" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03892521v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299572v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187761v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786189v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gabillard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282254v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Roza de Abreu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Thao Vi Nguyen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Duret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151316v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639163v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9ffc2008443d78cff8e7a5127f2be1013ffaaf88;origin=https://github.com/INRAE-LPGP/ImageAnalysis_CombineLabels;visit=swh:1:snp:f8f040f0a3b7506287f526c1bcab8f80b4996d52;anchor=swh:1:rev:39d2d2b9f0477efc6b53e15b1251f012fd908b3b" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/manon-lesage" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3121-5181" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062159v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lesage" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Thomas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;cot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tu-Ky Ly" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hinfray" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.201185" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935099v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Branthonne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolre/ioaa142" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04136209v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023URENB002" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187726v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mak Sully" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03764407v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04046034v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Thermes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187040v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chesnais" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03892521v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299572v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187761v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282254v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Roza de Abreu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Thao Vi Nguyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Duret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786189v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gabillard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151316v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639163v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9ffc2008443d78cff8e7a5127f2be1013ffaaf88;origin=https://github.com/INRAE-LPGP/ImageAnalysis_CombineLabels;visit=swh:1:snp:f8f040f0a3b7506287f526c1bcab8f80b4996d52;anchor=swh:1:rev:39d2d2b9f0477efc6b53e15b1251f012fd908b3b" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>