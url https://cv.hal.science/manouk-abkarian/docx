--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,265 +100,265 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uniaxial cyclic stretch regulates the expression of thrombomodulin and von Willebrand factor on endothelial cells</w:t>
+                <w:t xml:space="preserve">How a table modulates the risk of airborne transmission between facing individuals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arianna Giannetti</w:t>
+                <w:t xml:space="preserve">Oğuzhan Kaplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Génot</w:t>
+                <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonia Perez-Martin</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simon Mendez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood Vessels, Thrombosis &amp; Hemostasis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bvth.2025.100103⟩</w:t>
+              <w:t xml:space="preserve">FLOW, applications of fluid mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.E37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/flo.2025.10028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05401388v1</w:t>
+                <w:t xml:space="preserve">hal-05388449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How a table modulates the risk of airborne transmission between facing individuals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Uniaxial cyclic stretch regulates the expression of thrombomodulin and von Willebrand factor on endothelial cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arianna Giannetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Génot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oğuzhan Kaplan</w:t>
+                <w:t xml:space="preserve">Antonia Perez-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manouk Abkarian</w:t>
+                <w:t xml:space="preserve">Elsa Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Mendez</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Christophe Gris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FLOW, applications of fluid mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5, pp.E37. </w:t>
+              <w:t xml:space="preserve">Blood Vessels, Thrombosis &amp; Hemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2 (4), pp.100103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/flo.2025.10028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bvth.2025.100103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05388449v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05401388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatiotemporal dynamics of the proton motive force on single bacterial cells</w:t>
               </w:r>
@@ -396,51 +396,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thales Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 10 (21), pp.eadl5849. </w:t>
@@ -517,51 +517,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 175, pp.106282. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
@@ -647,51 +647,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thales F.D. Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 10 (21), </w:t>
@@ -889,51 +889,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bourrianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Kaneelil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Howard Stone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1006,51 +1006,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashley Nord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Biquet-Bisquert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Pigaglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1108,936 +1108,936 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03818102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Vitro Red Blood Cell Segregation in Sickle Cell Anemia</w:t>
+                <w:t xml:space="preserve">Colliding respiratory jets as a mechanism of air exchange and pathogen transport during conversations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viviana Clavería</w:t>
+                <w:t xml:space="preserve">Arghyanir Giri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Connes</w:t>
+                <w:t xml:space="preserve">Neelakash Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Lanotte</w:t>
+                <w:t xml:space="preserve">Danielle Chase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Renoux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Joly</w:t>
+                <w:t xml:space="preserve">Nan Xue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphy.2021.737739⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 930, pp.R1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2021.915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03799901v1</w:t>
+                <w:t xml:space="preserve">hal-03795532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking the air exhaled by an opera singer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Bourrianne</w:t>
+                <w:t xml:space="preserve">In Vitro Red Blood Cell Segregation in Sickle Cell Anemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviana Clavería</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul R Kaneelil</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manouk Abkarian</w:t>
+                <w:t xml:space="preserve">Philippe Connes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Howard A Stone</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Luca Lanotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Renoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.6.110503⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2021.737739⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05147543v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03799901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying the Effect of a Mask on Expiratory Flows</w:t>
+                <w:t xml:space="preserve">Tracking the air exhaled by an opera singer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bourrianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul R Kaneelil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Howard A Stone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 6 (11), pp.110511. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.6.110511⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 6 (11), pp.110503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.6.110503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05147705v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05147543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colliding respiratory jets as a mechanism of air exchange and pathogen transport during conversations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Neelakash Biswas</w:t>
+                <w:t xml:space="preserve">Quantifying the Effect of a Mask on Expiratory Flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bourrianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nan Xue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danielle Chase</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Janine Nunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Howard A Stone</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 930, pp.R1. </w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (11), pp.110511. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2021.915⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.6.110511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03795532v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05147705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Resolution Photonic Force Microscopy Based on Sharp Nanofabricated Tips</w:t>
+                <w:t xml:space="preserve">Towards improved social distancing guidelines: Space and time dependence of virus transmission from speech-driven aerosol transport between two individuals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rudy Desgarceaux</w:t>
+                <w:t xml:space="preserve">Fan Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhanna Santybayeva</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amir Pahlavan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Mendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manouk Abkarian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Howard Stone</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.0c00729⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.122501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996081v1</w:t>
+                <w:t xml:space="preserve">hal-03228654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speech can produce jet-like transport relevant to asymptomatic spreading of virus</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nan Xue</w:t>
+                <w:t xml:space="preserve">High-Resolution Photonic Force Microscopy Based on Sharp Nanofabricated Tips</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Desgarceaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhanna Santybayeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fan Yang</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eliana Battistella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashley Nord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Braun-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2012156117⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (6), pp.4249-4255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.0c00729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02967621v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards improved social distancing guidelines: Space and time dependence of virus transmission from speech-driven aerosol transport between two individuals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Speech can produce jet-like transport relevant to asymptomatic spreading of virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manouk Abkarian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Mendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nan Xue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan Yang</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Howard Stone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 5 (12), </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117 (41), pp.25237-25245. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.122501⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2012156117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03228654v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02967621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microfluidic blood vasculature replicas using backside lithography</w:t>
               </w:r>
@@ -2151,338 +2151,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02358874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blood rheological abnormalities in sickle cell anemia</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flow-Induced Transitions of Red Blood Cell Shapes under Shear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Romana</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Johannes Mauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Mendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Lanotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Nicoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Hemorheology and Microcirculation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/CH-189005⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 121 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.118103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01881733v1</w:t>
+                <w:t xml:space="preserve">hal-01898170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow-Induced Transitions of Red Blood Cell Shapes under Shear</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Luca Lanotte</w:t>
+                <w:t xml:space="preserve">Blood rheological abnormalities in sickle cell anemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Connes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Renoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Nicoud</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Marc Romana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 121 (11), </w:t>
+              <w:t xml:space="preserve">Clinical Hemorheology and Microcirculation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 68 (2-3), pp.165 - 172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.118103⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/CH-189005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01898170v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01881733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-plane elasticity controls the full dynamics of red blood cells in shear flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Mendez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 3 (10), </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2516,90 +2516,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of red cells and plasma composition on blood sessile droplet evaporation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Laux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Charlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 96 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2685,51 +2685,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey M. Aristoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Howard A. Stone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 118 (10), pp.108001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2802,51 +2802,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Othmane Aouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Thiébaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwennou Coupier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2897,77 +2897,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Red cells' dynamic morphologies govern blood shear thinning under microcirculatory flow conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Mauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Mendez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry A. Fedosov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3044,51 +3044,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of colloid accumulation under flow over porous obstacles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Robert de Saint Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tabuteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3129,261 +3129,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01259521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple model to understand the effect of membrane shear elasticity and stress-free shape on the motion of red blood cells in shear flow</w:t>
+                <w:t xml:space="preserve">Microfluidic Study of Enhanced Deposition of Sickle Cells at Acute Corners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jules Dupire</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Gladys Massiera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Mendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Aguilar-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annie Viallat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C5SM01407G⟩</w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 108 (11), pp.2623-2632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2015.04.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957682v1</w:t>
+                <w:t xml:space="preserve">hal-01164311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microfluidic Study of Enhanced Deposition of Sickle Cells at Acute Corners</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A simple model to understand the effect of membrane shear elasticity and stress-free shape on the motion of red blood cells in shear flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Loiseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon Mendez</w:t>
+                <w:t xml:space="preserve">Jules Dupire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Aguilar-Martinez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manouk Abkarian</w:t>
+                <w:t xml:space="preserve">Annie Viallat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 108 (11), pp.2623-2632. </w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (42), pp.8372-8382. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2015.04.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C5SM01407G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01164311v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clogging of a single pore by colloidal particles</w:t>
               </w:r>
@@ -3395,51 +3395,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Dersoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Robert de Saint Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tabuteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3499,64 +3499,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Curling and rolling dynamics of naturally curved ribbons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octavio Albarran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Massiera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 10 (17), pp.3055-3065. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3603,51 +3603,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Red blood cell: from its mechanics to its motion in shear flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Viallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Laboratory Hematology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 36 (3), pp.237-243. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3681,51 +3681,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gravity-induced encapsulation of liquids by destabilization of granular rafts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzie Protière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3850,51 +3850,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin In</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 111, pp.058302. </w:t>
@@ -3958,77 +3958,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Callan-Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octavio Albarran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Massiera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Lorman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biophysical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 103 (12), pp.2475-2483. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4056,772 +4056,772 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00802240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface instability of soft solids under strain</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Continuous droplet interface crossing encapsulation (cDICE) for high throughput monodisperse vesicle design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Y. Pomeau</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gladys Massiera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 7, pp.10612-10619. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c1sm06051a⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 7, pp.4610-4614. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c1sm05239j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00655908v1</w:t>
+                <w:t xml:space="preserve">hal-00677371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedimentation of vesicles: from pear-like shapes to microtether extrusion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A novel mechanism for egress of malarial parasites from red blood cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Annie Viallat</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gladys Massiera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Roques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Braun-Breton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/13/3/035026⟩</w:t>
+              <w:t xml:space="preserve">Blood</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 117, pp.4118-4124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1182/blood-2010-08-299883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00583690v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00630757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel mechanism for egress of malarial parasites from red blood cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Sedimentation of vesicles: from pear-like shapes to microtether extrusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huang Zen-Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Catherine Braun-Breton</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Viallat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1182/blood-2010-08-299883⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13, pp.035026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/13/3/035026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00630757v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00583690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale approach to link red blood cell dynamics, shear viscosity, and ATP release</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Surface instability of soft solids under strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Howard A. Stone</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Tabuteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pomeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1101315108⟩</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7, pp.10612-10619. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c1sm06051a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00630755v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00655908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical folding of elastic membranes under biaxial compressive stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilnam Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.A. Stone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, pp.1-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/NMAT3144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00639931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous droplet interface crossing encapsulation (cDICE) for high throughput monodisperse vesicle design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Multiscale approach to link red blood cell dynamics, shear viscosity, and ATP release</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison M. Forsyth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiandi Wan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip D. Owrutsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gladys Massiera</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Howard A. Stone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 7, pp.4610-4614. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 108, pp.10986-10991. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c1sm05239j⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1101315108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00677371v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00630755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaotic Dynamics of Red Blood Cells in a Sinusoidal Flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Dupire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Viallat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 104 (16), pp.168101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4868,77 +4868,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microscopic Mechanisms of the Brittleness of Viscoelastic Fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tabuteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ligoure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4979,320 +4979,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00503271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">vesicles and red blood cells in shear flow</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Cellular-scale hydrodynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renita Horton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristian Smistrup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine A Best-Popescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/b716612e⟩</w:t>
+              <w:t xml:space="preserve">Biomedical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-6041/3/3/034011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00321718v1</w:t>
+                <w:t xml:space="preserve">hal-01870702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellular-scale hydrodynamics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">vesicles and red blood cells in shear flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Viallat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedical Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 4, pp.653. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b716612e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-6041/3/3/034011⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01870702v1</w:t>
+                <w:t xml:space="preserve">hal-00321718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swinging of Red Blood Cells under Shear Flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Viallat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 98 (18), </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5320,316 +5320,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01870703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of viscous vesicles in shear flow</w:t>
+                <w:t xml:space="preserve">High-speed microfluidic differential manometer for cellular-scale hydrodynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. -A. Mader</w:t>
+                <w:t xml:space="preserve">M. Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Vitkova</w:t>
+                <w:t xml:space="preserve">M. Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Abkarian</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">T. Podgorski</w:t>
+                <w:t xml:space="preserve">H. Stone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epje/i2005-10058-x⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 103 (3), pp.538 - 542. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0507171102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01261886v1</w:t>
+                <w:t xml:space="preserve">hal-01870721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-speed microfluidic differential manometer for cellular-scale hydrodynamics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
+                <w:t xml:space="preserve">Dynamics of viscous vesicles in shear flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. -A. Mader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vitkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Viallat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Faivre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Stone</w:t>
+                <w:t xml:space="preserve">T. Podgorski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 19 (4), pp.389-397. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epje/i2005-10058-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.0507171102⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01870721v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01261886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometrical focusing of cells in a microfluidic device. An approach to separate blood plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kimberly Bickraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5693,64 +5693,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microfluidic flow focusing: Drop size and scaling in pressure versus flow-rate-driven pumping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Howard A. Stone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5841,64 +5841,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experiments and Simulations to Investigate How Air Flows in Speech Can Transport a Virus: Research and Teaching Experiences during the COVID-19 Pandemic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Mendez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bourrianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5979,64 +5979,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single Red Blood Cell Dynamics in Shear Flow and their Role in Hemorheology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Mendez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Annie Viallat; Manouk Abkarian. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dynamics of Blood Cell Suspensions in Microflows</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -6087,64 +6087,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CHAPTER 10. On the Importance of the Deformability of Red Blood Cells in Blood Flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Viallat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fluid-structure interactions at low Reynolds numbers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.347-462, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6214,51 +6214,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerosolization mechanism of saliva during speech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabada Tristan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ligoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6335,51 +6335,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of saliva threads destabilization during speech, using model experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabada Tristan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ligoure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6443,51 +6443,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Xabada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ligoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel du Groupe Français de Rhéologie 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6512,336 +6512,336 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous Droplet Interface Crossing Encapsulation (cDICE): artificial cells and capsules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Claudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin In</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ty Phou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Fromental</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMN (International Conference on Energy Materials and Nanotechnology) Meeting onDroplets</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, San Sebastian, Spain</w:t>
+              <w:t xml:space="preserve">ECIS (European Colloid and Interface society) meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02070634v1</w:t>
+                <w:t xml:space="preserve">hal-02070620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous Droplet Interface Crossing Encapsulation (cDICE): artificial cells and capsules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Claudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin In</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manouk Abkarian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gladys Massiera</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECIS (European Colloid and Interface society) meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Rome, Italy</w:t>
+              <w:t xml:space="preserve">EMN (International Conference on Energy Materials and Nanotechnology) Meeting onDroplets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, San Sebastian, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02070620v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02070634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound pulse echo analysis of blood aggregation in microfluidics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Laux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Charlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MicroTAS 2016 The 20th International Conference on Miniaturized Systems for Chemistry and, Life Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6905,64 +6905,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Octavio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Clavé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Massiera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7026,51 +7026,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurizio Nobili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Lopez-Leon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin In</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7112,51 +7112,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast elastic egress of malaria parasites from red blood cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter Days 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Bonn, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7239,51 +7239,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashley L. Nord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Biquet-Bisquert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Pigaglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7363,64 +7363,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of Blood Cell Suspensions in Microflows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Viallat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Annie Viallat; Manouk Abkarian. CRC Press, 1, pp.456, 2019, 9781315395142. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1201/b21806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7479,103 +7479,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous Droplet Interface Crossing Encapsulation (cDICE): artificial cells and capsules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Claudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin In</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Massiera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Liquid Matter Conference 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Lisbonne, Portugal. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7645,64 +7645,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pressure determination in microfluidic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Howard A. Stone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manouk Abkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Faivre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : US2010/0064780 A1. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7889,51 +7889,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401388v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Giannetti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth G&#233;not" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Perez-Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Faure" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gris" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bvth.2025.100103" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388449v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O&#287;uzhan Kaplan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manouk Abkarian" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mendez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/flo.2025.10028" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706502v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Biquet-Bisquert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Carrio" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Meyer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thales Fernandes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adl5849" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04266348v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Nord" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dosset" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Slangen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2023.106282" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252822v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thales F.D. Fernandes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.04.03.535353" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04094157v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakhee Lohia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Allegrini" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guizouarn" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Cerdan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-023-04773-0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947410v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bourrianne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kaneelil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Stone" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.18.024042" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818102v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Pigaglio" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Seduk" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30295-7" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799901v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Claver&#237;a" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Connes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Lanotte" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Renoux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joly" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2021.737739" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147543v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul R Kaneelil" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard A Stone" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.110503" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147705v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Xue" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Nunes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.110511" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795532v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arghyanir Giri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neelakash Biswas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Chase" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.915" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996081v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Desgarceaux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanna Santybayeva" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Battistella" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Braun-Breton" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.0c00729" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967621v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2012156117" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228654v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Pahlavan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.122501" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358874v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Charlot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Fenech" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Girod" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Claveria" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M&#233;ance" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9LC00254E" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01881733v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Romana" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-189005" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898170v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Mauer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Nicoud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.118103" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949575v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.3.101101" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819266v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Charlot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.96.053114" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01513620v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzie Proti&#232;re" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Josserand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey M. Aristoff" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard A. Stone" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.108001" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003361v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane Aouane" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Thi&#233;baud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwennou Coupier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6SM01165A" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435953v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry A. Fedosov" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fromental" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1608074113" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01259521v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Robert de Saint Vincent" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tabuteau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5SM01952D" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957682v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Dupire" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Viallat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5SM01407G" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164311v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Massiera" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Loiseau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Aguilar-Martinez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2015.04.018" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01225631v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dersoir" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-015-1624-y" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069034v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Albarran" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3SM52142G" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957833v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Viallat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijlh.12233" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827886v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Aristoff" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2869" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840804v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Fedorenko" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gross" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin In" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.058302" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802240v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Callan-Jones" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Lorman" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2012.11.008" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655908v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mora" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tabuteau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pomeau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1sm06051a" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583690v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huang Zen-Hong" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/13/3/035026" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630757v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Roques" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2010-08-299883" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630755v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison M. Forsyth" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiandi Wan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip D. Owrutsky" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1101315108" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639931v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilnam Kim" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Stone" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMAT3144" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677371v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1sm05239j" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538828v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.168101" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00503271v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Porte" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ligoure" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.155501" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321718v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b716612e" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870702v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Faivre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renita Horton" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Smistrup" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine A Best-Popescu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-6041/3/3/034011" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0AE6804F3826B8A26BE47466A116ECDFA8420830/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870703v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.98.188302" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261886v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. -A. Mader" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vitkova" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abkarian" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Podgorski" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2005-10058-x" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-60MXLTCH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870721v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faivre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Stone" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0507171102" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870720v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Bickraj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870722v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ward" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.200500173" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LW00VMQ7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905824v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine K Nunes" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.acs.org/doi/book/10.1021/bk-2023-1448" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905846v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1201/b21806" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b21806" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957857v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879373v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabada Tristan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandao Rodolpho" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879421v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879394v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Xabada" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070634v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Claudet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070620v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ty Phou" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091423v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441434v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arriagada Albarran" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Octavio" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Clav&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564524v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Gharbi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Nobili" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Lopez-Leon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642257v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451446v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley L. Nord" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Biquet-Bisquert" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431014v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070599v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870724v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388449v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O&#287;uzhan Kaplan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manouk Abkarian" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mendez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/flo.2025.10028" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401388v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Giannetti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth G&#233;not" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Perez-Martin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Faure" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gris" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bvth.2025.100103" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706502v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Biquet-Bisquert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Carrio" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Meyer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thales Fernandes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adl5849" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04266348v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Nord" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dosset" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Slangen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2023.106282" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252822v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thales F.D. Fernandes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.04.03.535353" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04094157v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakhee Lohia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Allegrini" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guizouarn" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Cerdan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-023-04773-0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947410v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bourrianne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kaneelil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Stone" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.18.024042" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818102v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Pigaglio" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Seduk" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30295-7" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795532v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arghyanir Giri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neelakash Biswas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Chase" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Xue" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.915" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799901v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Claver&#237;a" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Connes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Lanotte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Renoux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joly" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2021.737739" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147543v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul R Kaneelil" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard A Stone" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.110503" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147705v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Nunes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.110511" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228654v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Pahlavan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.122501" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996081v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Desgarceaux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanna Santybayeva" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Battistella" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Braun-Breton" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.0c00729" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967621v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2012156117" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358874v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Charlot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Fenech" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Girod" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Claveria" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M&#233;ance" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9LC00254E" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898170v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Mauer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Nicoud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.118103" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01881733v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Romana" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-189005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949575v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.3.101101" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819266v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Charlot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.96.053114" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01513620v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzie Proti&#232;re" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Josserand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey M. Aristoff" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard A. Stone" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.108001" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003361v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane Aouane" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Thi&#233;baud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwennou Coupier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6SM01165A" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435953v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry A. Fedosov" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fromental" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1608074113" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01259521v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Robert de Saint Vincent" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tabuteau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5SM01952D" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164311v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Massiera" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Loiseau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Aguilar-Martinez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2015.04.018" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957682v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Dupire" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Viallat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5SM01407G" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01225631v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dersoir" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-015-1624-y" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069034v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Albarran" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3SM52142G" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957833v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Viallat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijlh.12233" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827886v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Aristoff" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2869" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840804v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Fedorenko" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gross" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin In" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.058302" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802240v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Callan-Jones" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Lorman" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2012.11.008" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677371v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1sm05239j" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630757v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Roques" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2010-08-299883" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583690v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huang Zen-Hong" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/13/3/035026" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655908v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mora" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tabuteau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pomeau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1sm06051a" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639931v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilnam Kim" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Stone" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMAT3144" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630755v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison M. Forsyth" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiandi Wan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip D. Owrutsky" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1101315108" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538828v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.168101" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00503271v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Porte" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ligoure" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.155501" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870702v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Faivre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renita Horton" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Smistrup" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine A Best-Popescu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-6041/3/3/034011" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0AE6804F3826B8A26BE47466A116ECDFA8420830/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321718v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b716612e" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870703v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.98.188302" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870721v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abkarian" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faivre" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Stone" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0507171102" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261886v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. -A. Mader" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vitkova" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Podgorski" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2005-10058-x" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-60MXLTCH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870720v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Bickraj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870722v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ward" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.200500173" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LW00VMQ7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905824v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine K Nunes" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.acs.org/doi/book/10.1021/bk-2023-1448" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905846v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1201/b21806" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b21806" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957857v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879373v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabada Tristan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandao Rodolpho" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879421v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879394v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Xabada" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070620v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Claudet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ty Phou" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070634v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091423v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441434v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arriagada Albarran" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Octavio" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Clav&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564524v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Gharbi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Nobili" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Lopez-Leon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642257v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451446v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley L. Nord" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Biquet-Bisquert" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431014v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070599v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870724v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>