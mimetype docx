--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -395,295 +395,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04888819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo assembly of bacterial partition condensates on circular supercoiled and linear DNA</w:t>
+                <w:t xml:space="preserve">Redefining the bacteriophage mv4 site‐specific recombination system and the sequence specificity of its attB and core‐ attP sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hicham Sekkouri Alaoui</w:t>
+                <w:t xml:space="preserve">Kevin Debatisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Quèbre</w:t>
+                <w:t xml:space="preserve">Pierre Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linda Delimi</w:t>
+                <w:t xml:space="preserve">Maryse Poli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Rech</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Roxanne Debaugny-Diaz</w:t>
+                <w:t xml:space="preserve">Philippe Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 123 (3), pp.232-244. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mmi.15297⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 121 (6), pp.1200-1216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mmi.15275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04669095v1</w:t>
+                <w:t xml:space="preserve">hal-04666060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redefining the bacteriophage mv4 site‐specific recombination system and the sequence specificity of its attB and core‐ attP sites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In vivo assembly of bacterial partition condensates on circular supercoiled and linear DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Sekkouri Alaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Debatisse</w:t>
+                <w:t xml:space="preserve">Valentin Quèbre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Lopez</w:t>
+                <w:t xml:space="preserve">Linda Delimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryse Poli</w:t>
+                <w:t xml:space="preserve">Jérôme Rech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Rousseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manuel Campos</w:t>
+                <w:t xml:space="preserve">Roxanne Debaugny-Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 121 (6), pp.1200-1216. </w:t>
+              <w:t xml:space="preserve">, 2024, 123 (3), pp.232-244. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mmi.15275⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/mmi.15297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04666060v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04669095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA Segregation in Enterobacteria.</w:t>
               </w:r>
@@ -797,287 +797,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04136123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apparent simplicity and emergent robustness in bacterial cell cycle control.</w:t>
+                <w:t xml:space="preserve">Atypical low-copy number plasmid segregation systems, all in one?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sander Govers</w:t>
+                <w:t xml:space="preserve">Patricia Siguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bhavyaa Tyagi</w:t>
+                <w:t xml:space="preserve">Jean-Yves Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Laloux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Jacobs-Wagner</w:t>
+                <w:t xml:space="preserve">Catherine Guynet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2023.01.16.524295⟩</w:t>
+              <w:t xml:space="preserve">Plasmid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 127, pp.102694. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plasmid.2023.102694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04304619v1</w:t>
+                <w:t xml:space="preserve">hal-04134336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atypical low-copy number plasmid segregation systems, all in one?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apparent simplicity and emergent robustness in bacterial cell cycle control.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sander Govers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Siguier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Cornet</w:t>
+                <w:t xml:space="preserve">Bhavyaa Tyagi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Bouet</w:t>
+                <w:t xml:space="preserve">Géraldine Laloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Guynet</w:t>
+                <w:t xml:space="preserve">Christine Jacobs-Wagner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasmid</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 127, pp.102694. </w:t>
+              <w:t xml:space="preserve">Cell Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (1), pp.19-36.e5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plasmid.2023.102694⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/2023.01.16.524295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04134336v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04304619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial cell proliferation: from molecules to cells</w:t>
               </w:r>
@@ -1180,51 +1180,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nucleoid Size Scaling and Intracellular Organization of Translation across Bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander Govers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yingjie Xiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1314,51 +1314,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomewide phenotypic analysis of growth, cell morphogenesis, and cell cycle events in Escherichia coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander Govers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irnov Irnov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2084,51 +2084,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888847v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Blanchais" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pages" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Campos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Boubekeur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Contarin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1255" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888819v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fournes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cury" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schiavon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pag&#232;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1300" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669095v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Sekkouri Alaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Qu&#232;bre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Delimi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Debaugny-Diaz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.15297" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666060v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Debatisse" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lopez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Poli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rousseau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.15275" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136123v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Dusfour-Castan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Meunier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Quebre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/ecosalplus.esp-0038-2020" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304619v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Govers" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhavyaa Tyagi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Laloux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jacobs-Wagner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.01.16.524295" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134336v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Siguier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bouet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guynet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plasmid.2023.102694" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029411v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuaa046" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351832v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gray" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingjie Xiang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Parry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.05.017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351815v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irnov Irnov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Dobihal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/msb.20177573" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351800v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cisneros" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mangayarkarasi Nivaskumar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivera Francetic" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2013.03.013" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01115170v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Cisneros" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J Bond" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony P Pugsley" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.12033" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01459921v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nilges" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2010.11.015" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P79RTH56-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01500664v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Nilges" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1001703107" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888847v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Blanchais" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pages" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Campos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Boubekeur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Contarin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1255" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888819v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fournes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cury" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schiavon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pag&#232;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1300" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666060v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Debatisse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lopez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Poli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rousseau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.15275" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669095v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Sekkouri Alaoui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Qu&#232;bre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Delimi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Debaugny-Diaz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.15297" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136123v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Dusfour-Castan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Meunier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Quebre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/ecosalplus.esp-0038-2020" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134336v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Siguier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bouet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guynet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plasmid.2023.102694" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304619v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Govers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhavyaa Tyagi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Laloux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jacobs-Wagner" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.01.16.524295" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029411v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuaa046" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351832v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gray" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingjie Xiang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Parry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.05.017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351815v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irnov Irnov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Dobihal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/msb.20177573" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351800v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cisneros" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mangayarkarasi Nivaskumar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivera Francetic" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2013.03.013" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01115170v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Cisneros" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J Bond" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony P Pugsley" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.12033" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01459921v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nilges" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2010.11.015" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P79RTH56-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01500664v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Nilges" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1001703107" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>