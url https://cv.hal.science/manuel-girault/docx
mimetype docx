--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Manuel GIRAULT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of a two-phase loop thermosyphon using a new interface-resolved phase change model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Caner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Videcoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Benselama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 228, pp.125607. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2024.125607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow Activation Energy Estimation by Thermo‐Rheological Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecular Reaction Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (5), pp.2300019. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mren.202300019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and viscosity identification via temperature measurement on a polymer injection molding line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 206, pp.123954. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2023.123954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-rheological reduced order models for non-Newtonian fluid flows with power-law viscosity via the modal identification method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 203, pp.123692. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2022.123692⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Solution for Viscosity Identification in a Polymer Production Line via Convection Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Key Engineering Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 926, pp.1914-1920. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/p-05ji5t⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04223153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-line viscosity identification via thermal-rheological measurements in an annular duct for polymer processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 182, pp.121988. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.121988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study of local heat transfer using high Prandtl number liquid jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Renon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fénot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guilain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassel Assaad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 180, pp.121727. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.121727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced Order Models for conduction and radiation inside semi-transparent media via the Modal Identification Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Benselama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Saury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 168, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2020.120598⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a thermal Reduced Order Model with explicit dependence on viscosity for a generalized Newtonian fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 260, pp.26 - 39. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnnfm.2018.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced order model of a two-phase loop thermosyphon by modal identification method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bodjona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Videcoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 123, pp.637-654. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2018.02.075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02307345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model reduction by the Modal Identification Method in forced convection: Application to a heated flow over a backward-facing step</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Thermal Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 49 (8), pp.1354-1368. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2010.02.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of time-varying pollutant emission rates in a ventilated enclosure: inversion of a reduced model obtained by experimental application of the modal identification method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bonthoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Galland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 24 (1), 22 p. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0266-5611/24/1/015021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00423959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of two nonlinear model reduction techniques: the modal identification method and the branch eigenmodes reduction method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Videcoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Quemener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numerical Heat Transfer, Part B Fundamentals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 49 (6), pp.537-558. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10407790500344035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00118803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The adjoint method coupled with the modal identification method for nonlinear model reduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 14, pp.153-170. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17415970500205874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between the modal idientification method and the POD-Galerkin method for model reduction in nonlienar diffusive systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Balima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 67, pp.895-915. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nme.1620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification methods in non linear heat conduction. Part I : model reduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 48, pp.105-118. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2004.06.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00019062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification methods in nonlinear heat conduction. Part II: inverse problem using a reduced model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 48, pp.119-133. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2004.06.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of velocity distribution in a turbulent flow inside parallel-plate ducts from wall temperature measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Penot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems in Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 12 (3), pp.247-262. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10682760310001598670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00171335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resolution of linear inverse forced convection problems using model reduction by the Modal identification Method: application to turbulent flow in parallel-plate duct</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 47, pp.3909-3925. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmastertransfer.2004.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00132596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction de modèle en convection naturelle par une méthode d'identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Derouineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Salat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 332, pp.811-818. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2004.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00132589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of model reduction and function decomposition for identifying bounday conditions of linear thermal system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Videcoq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 11, pp.425-455. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10682760310001188961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00131189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiment-based Reduced Order Model by MIM applied to empty beehives for temperature prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Dupleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lavalette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Jullien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ruffio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33e Congrès Français de Thermique : Thermique, énergies renouvelables et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Thermique (SFT), Jun 2025, Chambéry, France. pp.591-598, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2025-087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude expérimentale du refroidissement par impact de jet d'huile : influence de la courbure de surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Martiré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fénot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guilain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème Congrès Français de Thermique : Thermique, Énergies renouvelables et Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Thermique (SFT), Jun 2025, Chambéry, France. pp.403-410, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2025-059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05318241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A local power law versus a well-identified viscosity curve over a large shear rate range in thermorheology of polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lin Qiao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Bereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAFORM 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Cracovie, Poland. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21741/9781644902479-207⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la thermique vers la rhéologie : caractérisation des matériaux non newtoniens via des événements thermiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la société française de thermique : Thermique et Agroressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française de thermique, May 2023, Reims, France. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2023-126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interest of an Annular Geometry Compared to Cylindrical One in the Thermo-Rheological Analysis of a Polymer Flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Béreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Conference of the Polymer Processing Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Polymer Processing Society, Sep 2021, Montréal, Canada. pp.040004, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0135827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt d'une géométrie annulaire dans l'analyse d'un écoulement de polymère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Bereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNR IUT 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de la viscosité d’un polymère en écoulement à l’aide d’un modèle réduit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFT 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle thermique par retour d'état avec un modèle réduit : Application à l'écoulement le long de la marche descendante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique SFT 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction de modèle: applications à l'inversion de mesures et au contrôle-commande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ATELIER-DEBAT METTI SUR LA REDUCTION DE MODELE, CONGRES FRANÇAIS DE THERMIQUE, SFT 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Vannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of transient heat sources using a low order model built from experimental data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Videcoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFERENCE INTERNATIONALE SUR LA CARACTERISATION THERMO-PHYSIQUE ET LES PROBLEMES INVERSES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Sousse, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Reduction and Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Videcoq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture at Metti IV, Franco-Brazilian advanced school, Thermal measurements and inverse techniques - Pertinent use of experiments and models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de modèles réduits couplés pour des problèmes de convection forcée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONGRES FRANÇAIS DE THERMIQUE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Vannes, France. pp.609-614</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00423710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation de la position d'une source en transfert de masse par diffusion advection turbulente par une méthode de transmittances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Talel Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Bonthoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Raymond Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONGRES FRANÇAIS DE THERMIQUE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Vannes, France. pp.627-632</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00423714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction de modèle & contrôle.Un exemple de contrôle thermique avec réduction par MIM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole Optimisation et Contrôle des Ecoulements et des transferts OCET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des transferts de masse et de chaleur dans un caloduc tournant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bertossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Guilhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Romestant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ayel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique, SFT 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Vannes, France. pp.303-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of reduced models to save computation time in mixed convection problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Medale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NATURAL &amp; MIXED CONVECTION SEMINAR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00482697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de modèles réduits pour des problèmes de convection forcée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, TOULOUSE, France. pp.439-444</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model reduction by identification: application to heat transfer and fluid mechanics problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model reduction on 2-D incompressible laminar flows: application on the flow over a backward-facing step</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6TH INTERNATIONAL CONFERENCE ON INVERSE PROBLEMS IN ENGINEERING: THEORY AND PRACTICE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Dourdan, France. 8 p., </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/135/1/01290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of position and time-varying intensity of a heat source using reduced models built with the Modal Identification Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIPE6 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Dourdan, France. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/135/1/012043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of a dynamic reduced model for heat convection with tationary flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th European Thermal-Sciences Conference, The Netherlands</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Eindhoven, Netherlands. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId132"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Manuel GIRAULT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of a two-phase loop thermosyphon using a new interface-resolved phase change model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Caner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Videcoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Benselama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 228, pp.125607. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2024.125607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and viscosity identification via temperature measurement on a polymer injection molding line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 206, pp.123954. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2023.123954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow Activation Energy Estimation by Thermo‐Rheological Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecular Reaction Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (5), pp.2300019. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mren.202300019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-rheological reduced order models for non-Newtonian fluid flows with power-law viscosity via the modal identification method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 203, pp.123692. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2022.123692⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Solution for Viscosity Identification in a Polymer Production Line via Convection Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Key Engineering Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 926, pp.1914-1920. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/p-05ji5t⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04223153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-line viscosity identification via thermal-rheological measurements in an annular duct for polymer processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 182, pp.121988. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.121988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study of local heat transfer using high Prandtl number liquid jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Renon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fénot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guilain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassel Assaad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 180, pp.121727. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.121727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced Order Models for conduction and radiation inside semi-transparent media via the Modal Identification Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Benselama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Saury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 168, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2020.120598⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a thermal Reduced Order Model with explicit dependence on viscosity for a generalized Newtonian fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 260, pp.26 - 39. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnnfm.2018.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced order model of a two-phase loop thermosyphon by modal identification method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bodjona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Videcoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 123, pp.637-654. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2018.02.075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02307345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model reduction by the Modal Identification Method in forced convection: Application to a heated flow over a backward-facing step</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Thermal Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 49 (8), pp.1354-1368. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2010.02.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of time-varying pollutant emission rates in a ventilated enclosure: inversion of a reduced model obtained by experimental application of the modal identification method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bonthoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Galland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 24 (1), 22 p. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0266-5611/24/1/015021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00423959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of two nonlinear model reduction techniques: the modal identification method and the branch eigenmodes reduction method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Videcoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Quemener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numerical Heat Transfer, Part B Fundamentals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 49 (6), pp.537-558. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10407790500344035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00118803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The adjoint method coupled with the modal identification method for nonlinear model reduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 14, pp.153-170. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17415970500205874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between the modal idientification method and the POD-Galerkin method for model reduction in nonlienar diffusive systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Balima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 67, pp.895-915. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nme.1620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification methods in nonlinear heat conduction. Part II: inverse problem using a reduced model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 48, pp.119-133. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2004.06.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification methods in non linear heat conduction. Part I : model reduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 48, pp.105-118. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2004.06.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00019062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of velocity distribution in a turbulent flow inside parallel-plate ducts from wall temperature measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Penot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems in Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 12 (3), pp.247-262. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10682760310001598670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00171335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resolution of linear inverse forced convection problems using model reduction by the Modal identification Method: application to turbulent flow in parallel-plate duct</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 47, pp.3909-3925. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmastertransfer.2004.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00132596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction de modèle en convection naturelle par une méthode d'identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Derouineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Salat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 332, pp.811-818. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2004.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00132589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of model reduction and function decomposition for identifying bounday conditions of linear thermal system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Videcoq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 11, pp.425-455. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10682760310001188961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00131189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude expérimentale du refroidissement par impact de jet d'huile : influence de la courbure de surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Martiré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fénot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guilain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème Congrès Français de Thermique : Thermique, Énergies renouvelables et Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Thermique (SFT), Jun 2025, Chambéry, France. pp.403-410, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2025-059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05318241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiment-based Reduced Order Model by MIM applied to empty beehives for temperature prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Dupleix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lavalette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Jullien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ruffio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33e Congrès Français de Thermique : Thermique, énergies renouvelables et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Thermique (SFT), Jun 2025, Chambéry, France. pp.591-598, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2025-087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A local power law versus a well-identified viscosity curve over a large shear rate range in thermorheology of polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lin Qiao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Bereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAFORM 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Cracovie, Poland. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21741/9781644902479-207⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la thermique vers la rhéologie : caractérisation des matériaux non newtoniens via des événements thermiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la société française de thermique : Thermique et Agroressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française de thermique, May 2023, Reims, France. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2023-126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interest of an Annular Geometry Compared to Cylindrical One in the Thermo-Rheological Analysis of a Polymer Flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Béreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Conference of the Polymer Processing Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Polymer Processing Society, Sep 2021, Montréal, Canada. pp.040004, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0135827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt d'une géométrie annulaire dans l'analyse d'un écoulement de polymère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Bereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNR IUT 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de la viscosité d’un polymère en écoulement à l’aide d’un modèle réduit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFT 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle thermique par retour d'état avec un modèle réduit : Application à l'écoulement le long de la marche descendante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique SFT 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation de la position d'une source en transfert de masse par diffusion advection turbulente par une méthode de transmittances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Talel Maalej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Bonthoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Raymond Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONGRES FRANÇAIS DE THERMIQUE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Vannes, France. pp.627-632</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00423714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de modèles réduits couplés pour des problèmes de convection forcée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONGRES FRANÇAIS DE THERMIQUE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Vannes, France. pp.609-614</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00423710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Reduction and Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Videcoq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture at Metti IV, Franco-Brazilian advanced school, Thermal measurements and inverse techniques - Pertinent use of experiments and models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of transient heat sources using a low order model built from experimental data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Videcoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFERENCE INTERNATIONALE SUR LA CARACTERISATION THERMO-PHYSIQUE ET LES PROBLEMES INVERSES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Sousse, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction de modèle: applications à l'inversion de mesures et au contrôle-commande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ATELIER-DEBAT METTI SUR LA REDUCTION DE MODELE, CONGRES FRANÇAIS DE THERMIQUE, SFT 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Vannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction de modèle & contrôle.Un exemple de contrôle thermique avec réduction par MIM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole Optimisation et Contrôle des Ecoulements et des transferts OCET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des transferts de masse et de chaleur dans un caloduc tournant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bertossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Guilhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Romestant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ayel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique, SFT 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Vannes, France. pp.303-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de modèles réduits pour des problèmes de convection forcée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, TOULOUSE, France. pp.439-444</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of reduced models to save computation time in mixed convection problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Medale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NATURAL &amp; MIXED CONVECTION SEMINAR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00482697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model reduction by identification: application to heat transfer and fluid mechanics problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of position and time-varying intensity of a heat source using reduced models built with the Modal Identification Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIPE6 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Dourdan, France. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/135/1/012043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model reduction on 2-D incompressible laminar flows: application on the flow over a backward-facing step</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6TH INTERNATIONAL CONFERENCE ON INVERSE PROBLEMS IN ENGINEERING: THEORY AND PRACTICE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Dourdan, France. 8 p., </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/135/1/01290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of a dynamic reduced model for heat convection with tationary flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Rouizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th European Thermal-Sciences Conference, The Netherlands</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Eindhoven, Netherlands. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId132"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653331v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Caner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Videcoq" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Benselama" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Girault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2024.125607" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294485v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiao Lin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Allanic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mousseau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.202300019" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061979v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Deterre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.123954" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281468v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123692" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223153v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-05ji5t" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445914v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121988" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435681v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Renon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu F&#233;not" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guilain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassel Assaad" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121727" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103622v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Billaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Saury" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120598" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835901v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Launay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2018.04.002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307345v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bodjona" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bertin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2018.02.075" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324408v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Rouizi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Girault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Favennec" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Petit" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2010.02.011" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KT6B5MZX-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423959v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Maillet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bonthoux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Galland" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0266-5611/24/1/015021" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-ZKZHDJ94-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118803v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Neveu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Quemener" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Petit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10407790500344035" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017261v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Favennec" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17415970500205874" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095910v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Balima" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.1620" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019062v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2004.06.032" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KD21Z0K4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017512v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2004.06.033" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-94372R7M-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171335v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Penot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10682760310001598670" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132596v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmastertransfer.2004.04.001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132589v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Derouineau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Salat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2004.06.004" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58JZ3G8S-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131189v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10682760310001188961" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371714v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Dupleix" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lavalette" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Jullien" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ruffio" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-087" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318241v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Martir&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-059" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294488v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Qiao" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bereaux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644902479-207" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294495v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2023-126" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452598v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves B&#233;reaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0135827" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452600v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972811v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324464v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424401v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424322v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484876v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423710v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423714v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talel Maalej" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bonthoux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Raymond Fontaine" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484875v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424186v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bertossi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guilhem" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Romestant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ayel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00482697v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Medale" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292517v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484300v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424151v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/135/1/01290" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424142v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/135/1/012043" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289917v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653331v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Caner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Videcoq" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Benselama" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Girault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2024.125607" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061979v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiao Lin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Allanic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mousseau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Deterre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.123954" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294485v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.202300019" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281468v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123692" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223153v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-05ji5t" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445914v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121988" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435681v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Renon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu F&#233;not" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guilain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassel Assaad" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121727" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103622v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Billaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Saury" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120598" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835901v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Launay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2018.04.002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307345v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bodjona" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bertin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2018.02.075" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324408v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Rouizi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Girault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Favennec" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Petit" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2010.02.011" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KT6B5MZX-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423959v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Maillet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bonthoux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Galland" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0266-5611/24/1/015021" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-ZKZHDJ94-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118803v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Neveu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Quemener" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Petit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10407790500344035" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017261v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Favennec" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17415970500205874" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095910v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Balima" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.1620" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017512v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2004.06.033" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-94372R7M-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019062v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2004.06.032" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KD21Z0K4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171335v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Penot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10682760310001598670" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132596v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmastertransfer.2004.04.001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132589v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Derouineau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Salat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2004.06.004" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58JZ3G8S-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131189v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10682760310001188961" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318241v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Martir&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-059" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371714v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Dupleix" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lavalette" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Jullien" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ruffio" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-087" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294488v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Qiao" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bereaux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644902479-207" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294495v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2023-126" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452598v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves B&#233;reaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0135827" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452600v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972811v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324464v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423714v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talel Maalej" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bonthoux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Raymond Fontaine" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423710v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484876v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424322v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424401v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484875v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424186v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bertossi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guilhem" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Romestant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ayel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292517v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00482697v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Medale" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484300v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424142v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/135/1/012043" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424151v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/135/1/01290" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289917v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>