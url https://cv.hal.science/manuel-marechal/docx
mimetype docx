--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2625,701 +2625,701 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01291294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ionic liquids-lignin combination: an innovative way to improve mechanical behaviour and water vapour permeability of eco-designed biodegradable polymer blends</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Proton Diffusion Coefficient in Electrospun Hybrid Membranes by Electrochemical Impedance Spectroscopy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria Bugatti</w:t>
+                <w:t xml:space="preserve">Leslie Dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Marechal</w:t>
+                <w:t xml:space="preserve">Christel Laberty-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bluma Guenther Soares</w:t>
+                <w:t xml:space="preserve">Hubert Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilherme Barra</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ozlem Sel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 5, pp.1989-1998. </w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 31 (36), pp.9737-9741. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c4ra11919c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5b02171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01149430v1</w:t>
+                <w:t xml:space="preserve">hal-01225516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Raman spectroscopic approach to investigate the production of biodiesel from soybean oil using 1-alkyl-3-methylimidazolium ionic liquids with intermediate chain length</w:t>
+                <w:t xml:space="preserve">Inside the structure of a nanocomposite electrolyte membrane: how hybrid particles get along with the polymer matrix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanna Abrahamsson</w:t>
+                <w:t xml:space="preserve">Manuel Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emil Andreasson</w:t>
+                <w:t xml:space="preserve">F. Niepceron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niklas Hansson</w:t>
+                <w:t xml:space="preserve">Gerard Gebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Sandstrom</w:t>
+                <w:t xml:space="preserve">Hakima Mendil-Jakani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ellinor Wennberg</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">H. Galiano</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 154, pp.763-770. </w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7 (7), pp.3077-3087. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2015.04.123⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c4nr05330c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01569850v1</w:t>
+                <w:t xml:space="preserve">cea-01734613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of the ionic liquid C(6)C(1)ImTFSI in the sol-gel synthesis of silica studied using in situ SAXS and Raman spectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ionic liquids-lignin combination: an innovative way to improve mechanical behaviour and water vapour permeability of eco-designed biodegradable polymer blends</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Livi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Bugatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Marechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moheb Nayeri</w:t>
+                <w:t xml:space="preserve">Bluma Guenther Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim Nygard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Manfred Burghammer</w:t>
+                <w:t xml:space="preserve">Guilherme Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5cp00709g⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.1989-1998. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4ra11919c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01572832v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01149430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton Diffusion Coefficient in Electrospun Hybrid Membranes by Electrochemical Impedance Spectroscopy.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Raman spectroscopic approach to investigate the production of biodiesel from soybean oil using 1-alkyl-3-methylimidazolium ionic liquids with intermediate chain length</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Abrahamsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emil Andreasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leslie Dos Santos</w:t>
+                <w:t xml:space="preserve">Niklas Hansson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Laberty-Robert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manuel Maréchal</w:t>
+                <w:t xml:space="preserve">David Sandstrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Perrot</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ellinor Wennberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 154, pp.763-770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2015.04.123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5b02171⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01225516v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01569850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inside the structure of a nanocomposite electrolyte membrane: how hybrid particles get along with the polymer matrix</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">The role of the ionic liquid C(6)C(1)ImTFSI in the sol-gel synthesis of silica studied using in situ SAXS and Raman spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moheb Nayeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Nygard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maths Karlsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Galiano</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manfred Burghammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 7 (7), pp.3077-3087. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (15), pp.9841-9848. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c4nr05330c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c5cp00709g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01734613v1</w:t>
+                <w:t xml:space="preserve">hal-01572832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One−pot Route To Class II Hybrid Ionogels Electrolytes</w:t>
               </w:r>
@@ -4773,1795 +4773,1795 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00386421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swollen Polymethacrylonitrile Urethane Networks for Lithium Batteries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'électrolyte Polymère pour batterie lithium et piles à combustible : un élément clé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Bélières</w:t>
+                <w:t xml:space="preserve">Christophe Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Saunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 9, p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00418018v1</w:t>
+                <w:t xml:space="preserve">hal-00420600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'électrolyte Polymère pour batterie lithium et piles à combustible : un élément clé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Swollen Polymethacrylonitrile Urethane Networks for Lithium Batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Bélières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Saunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fannie Alloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Sanchez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 150 (1), pp. A14-A20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/1.1521755⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00420600v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00418018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New hybrid materials based on N-doping copolymers of thiophene derivatives for electrochemical energy storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Sadki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gentile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">245th ECS Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.G02-1522, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04780663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-range structure of self-assembled ionic liquids for efficient transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th EUCHEMS Conference on Molten Salts and Ionic Liquids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Santiago de Compostela, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04719743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermotropic Ionic Liquid Crystals: Structure/ion transport correlation within stimuli-responsive electrolytes for energy</w:t>
+                <w:t xml:space="preserve">Thermotropic Ionic Liquid Crystals (TILCs): tunable-by-design self-assembling and stimuli-sensible electrolytic materials platform for energy applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Pung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celso Yassuo Imp Okada-Junior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mirella Simoes Santos</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirella Simões Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Livi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Society of Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Congress on Ionic Liquids 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04442311v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04719768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermotropic Ionic Liquid Crystals (TILCs): tunable-by-design self-assembling and stimuli-sensible electrolytic materials platform for energy applications</w:t>
+                <w:t xml:space="preserve">Thermotropic Ionic Liquid Crystals: Structure/ion transport correlation within stimuli-responsive electrolytes for energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Pung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celso Yassuo Imp Okada-Junior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mirella Simões Santos</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirella Simoes Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Livi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congress on Ionic Liquids 9</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">International Society of Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04719768v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04442311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Materials and processing methods for stable lithium-metal batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Vilkman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mari Ylikunnari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olli Sorsa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anssi Laukkanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doniyor Urishov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Norbatt2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Goteborg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03871487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-range structure of self-assembled ionic liquids for efficient transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILMAT</w:t>
+              <w:t xml:space="preserve">5th International Conference on Ionic Liquid-Based Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04442357v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04729615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ion transport and aggregate morphology in precise sulfophenylated polyethylene ionomers</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Long-range structure of self-assembled ionic liquids for efficient transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS March Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Boston, France</w:t>
+              <w:t xml:space="preserve">ILMAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02400812v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04442357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-range structure of self-assembled ionic liquids for efficient transport</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ion transport and aggregate morphology in precise sulfophenylated polyethylene ionomers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Paren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Rannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Neary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Ionic Liquid-Based Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">APS March Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Boston, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04729615v1</w:t>
+                <w:t xml:space="preserve">hal-02400812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proton transport within acid aggregates in a hydrated precise sulfophenylated polyethylene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Paren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Rannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Neary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">235th ECS Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Dallas, United States. pp.1571-1571, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/MA2019-01/30/1571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02400835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamics of Binary and Ternary Polymer Blend Nanocomposites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shawn Maguire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia M. Krook</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Rannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kohji Ohno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APS March Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02400850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proton transport through acid aggregates in a hydrated precise sulfophenylated polyethylene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Paren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Rannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Neary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APS March Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02400782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructured Hybrid Electrolytes for Proton Conduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MRS, Nov 2016, Boston (Massachusetts), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04442389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Nanostructured Tunable Electrolytes for Energy Conversion by the Sol-Gel Chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACS, Sep 2013, Indianapolis (Indiana), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04442759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">About the utilisation of Sulfonated polysulfone as membranes in fuel cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moises Bautista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Iojoiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Guindet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">France – Deutschland Fuel Cell Conference 2004</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2004, Belfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04715045v1</w:t>
-              </w:r>
-[...125 lines deleted...]
-                <w:t xml:space="preserve">hal-04780663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7358,51 +7358,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216766v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pung" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celso Yassuo Okada&#8208;junior" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Sim&#245;es Santos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mirolo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Morfin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202510610" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034782v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ah-Lung" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Flamme" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Mar&#233;chal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Ghamouss" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Jacquemin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202202323" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449110v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boudie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Nockemann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3nr04159j" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884365v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Richard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Haidar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline Alzamora" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Rovira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202201601" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423095v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin A Paren" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryce A Thurston" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjun Kanthawar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William J Neary" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Kendrick" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c01443" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452459v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawn M Maguire" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia M Krook" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor R Bilchak" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea-Maria Pana" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423090v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawn Maguire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Krook" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjita Kulshreshtha" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Bilchak" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Brosnan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.0c02345" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066939v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cc03963b" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423105v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077874v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Yeadon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Plechkova" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth R. Seddon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202000320" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334921v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomy Cherian" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Rosa Nunes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dane" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Vainio" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201905054" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334931v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Ford" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rannou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Meth" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmacrolett.8b00665" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010823v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luanda Chaves Lins" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Livi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannick Duchet-Rumeau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois G&#233;rard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.08.022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518487v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward B Trigg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor W Gaines" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demi E Moed" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-018-0097-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364358v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounesha Garaga" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilios Dracopoulos" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Werner-Zwanziger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Zwanziger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Persson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NR02031K" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127356v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lancel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Stevens" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Toussaint" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Krins" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b00675" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974411v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tardif" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Pavlenko" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Quazuguel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Boniface" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.7b05796" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396513v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Lecl&#232;re" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Picard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra08824d" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291294v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie dos Santos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Guillermo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lyonnard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Moldovan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201504076" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DZTWJ4TD-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149430v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Bugatti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Marechal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bluma Guenther Soares" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Barra" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ra11919c" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01569850v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Abrahamsson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Andreasson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Hansson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sandstrom" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellinor Wennberg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2015.04.123" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HQVQV9MG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572832v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moheb Nayeri" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Nygard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maths Karlsson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Burghammer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp00709g" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01225516v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Dos Santos" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Laberty-Robert" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Perrot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozlem Sel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b02171" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01734613v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Niepceron" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Gebel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Mendil-Jakani" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Galiano" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr05330c" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922351v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fontaine" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Touidjine" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonhomme" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ribot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3NJ01272G" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652810v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minhao Yan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabareesh K. P. Velu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Royal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Galvez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3sm27941c" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518482v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinelli" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#197;. &#214;stlund" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cambedouzou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CP00097D" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289776v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasana Maneeratana" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D. Bass" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Azais" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Patissier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Valle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201202701" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CTSV926D-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652605v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Terech" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp50671a" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386356v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Wessel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Diard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Guindet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Sanchez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2007.06.052" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N7QD38PR-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386361v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Chabert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Iojoiu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Salomon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia El Kissi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2007.04.022" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F8SJQL8J-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417192v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Souquet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2006.12.021" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386398v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2005.05.039" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QC45T3XG-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333315v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penca Genova-Dimitrova" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2006.01.022" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5C8NLCHS-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386421v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.200400082" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-39D439Q8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418018v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe B&#233;li&#232;res" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Saunier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fannie Alloin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.1521755" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420600v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chauvin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719743v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442311v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celso Yassuo Imp Okada-Junior" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Simoes Santos" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719768v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871487v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vilkman" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Ylikunnari" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olli Sorsa" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anssi Laukkanen" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doniyor Urishov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442357v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400812v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Paren" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Picard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Neary" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729615v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400835v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2019-01/30/1571" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400850v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia M. Krook" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohji Ohno" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400782v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442389v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442759v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715045v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Bautista" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bultel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780663v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Sadki" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gentile" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720908v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Nait Abdi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harpalsinh Rana" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15151/ESRF-ES-894751246" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719773v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442732v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Laberty" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bk-2015-1213.ch005" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560172v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Mercier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00008949v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#233;chal Manuel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216766v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pung" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celso Yassuo Okada&#8208;junior" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Sim&#245;es Santos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mirolo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Morfin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202510610" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034782v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ah-Lung" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Flamme" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Mar&#233;chal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Ghamouss" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Jacquemin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202202323" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449110v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boudie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Nockemann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3nr04159j" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884365v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Richard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Haidar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline Alzamora" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Rovira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202201601" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423095v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin A Paren" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryce A Thurston" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjun Kanthawar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William J Neary" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Kendrick" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c01443" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452459v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawn M Maguire" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia M Krook" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor R Bilchak" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea-Maria Pana" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423090v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawn Maguire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Krook" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjita Kulshreshtha" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Bilchak" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Brosnan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.0c02345" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066939v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cc03963b" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423105v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077874v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Yeadon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Plechkova" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth R. Seddon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202000320" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334921v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomy Cherian" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Rosa Nunes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dane" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Vainio" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201905054" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334931v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Ford" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rannou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Meth" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmacrolett.8b00665" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010823v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luanda Chaves Lins" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Livi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannick Duchet-Rumeau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois G&#233;rard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.08.022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518487v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward B Trigg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor W Gaines" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demi E Moed" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-018-0097-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364358v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounesha Garaga" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilios Dracopoulos" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Werner-Zwanziger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Zwanziger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Persson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NR02031K" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127356v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lancel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Stevens" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Toussaint" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Krins" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b00675" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974411v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tardif" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Pavlenko" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Quazuguel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Boniface" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.7b05796" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396513v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Lecl&#232;re" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Picard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra08824d" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291294v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie dos Santos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Guillermo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lyonnard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Moldovan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201504076" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DZTWJ4TD-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01225516v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Dos Santos" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Laberty-Robert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Perrot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozlem Sel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b02171" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01734613v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Marechal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Niepceron" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Gebel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Mendil-Jakani" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Galiano" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr05330c" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149430v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Bugatti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bluma Guenther Soares" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Barra" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ra11919c" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01569850v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Abrahamsson" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Andreasson" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Hansson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sandstrom" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellinor Wennberg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2015.04.123" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HQVQV9MG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572832v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moheb Nayeri" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Nygard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maths Karlsson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Burghammer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp00709g" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922351v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fontaine" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Touidjine" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonhomme" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ribot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3NJ01272G" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652810v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minhao Yan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabareesh K. P. Velu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Royal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Galvez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3sm27941c" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518482v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinelli" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#197;. &#214;stlund" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cambedouzou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CP00097D" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289776v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasana Maneeratana" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D. Bass" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Azais" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Patissier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Valle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201202701" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CTSV926D-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652605v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Terech" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp50671a" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386356v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Wessel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Diard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Guindet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Sanchez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2007.06.052" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N7QD38PR-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386361v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Chabert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Iojoiu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Salomon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia El Kissi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2007.04.022" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F8SJQL8J-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417192v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Souquet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2006.12.021" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386398v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2005.05.039" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QC45T3XG-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333315v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penca Genova-Dimitrova" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2006.01.022" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5C8NLCHS-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386421v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.200400082" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-39D439Q8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420600v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chauvin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Saunier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418018v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe B&#233;li&#232;res" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fannie Alloin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.1521755" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780663v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Sadki" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gentile" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719743v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719768v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celso Yassuo Imp Okada-Junior" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442311v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Simoes Santos" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871487v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vilkman" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Ylikunnari" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olli Sorsa" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anssi Laukkanen" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doniyor Urishov" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729615v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442357v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400812v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Paren" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Picard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Neary" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400835v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2019-01/30/1571" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400850v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia M. Krook" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohji Ohno" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400782v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442389v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442759v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715045v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Bautista" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bultel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720908v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Nait Abdi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harpalsinh Rana" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15151/ESRF-ES-894751246" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719773v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442732v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Laberty" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bk-2015-1213.ch005" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560172v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Mercier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00008949v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#233;chal Manuel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>