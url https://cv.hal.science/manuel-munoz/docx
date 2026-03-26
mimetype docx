--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -594,1869 +594,1869 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04914741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphate δ13Corg chemostratigraphy from the Gantour basin, Morocco: A proof of concept from the K–Pg transition to mid-Thanetian</w:t>
+                <w:t xml:space="preserve">Formation of the giant Maoping Mississippi Valley-type Pb–Zn (Ge) deposit via fluid mixing: Evidence from trace element and sulfur isotope geochemistry of pyrite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Aubineau</w:t>
+                <w:t xml:space="preserve">Niu Pp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fleurice Parat</w:t>
+                <w:t xml:space="preserve">Jiang Sy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Manuel Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2023.121861⟩</w:t>
+              <w:t xml:space="preserve">Ore Geology Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 169, pp.106110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oregeorev.2024.106110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04328305v2</w:t>
+                <w:t xml:space="preserve">hal-04734294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Newly discovered germanium minerals in Huize and Maoping MVT Pb Zn deposits in Southwest China: Implications for the germanium enrichment mechanism and exploration</w:t>
+                <w:t xml:space="preserve">Mechanism of germanium enrichment in the world-class Huize MVT Pb–Zn deposit, southwestern China</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pan-Pan Niu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suo-Fei Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shao-Yong Jiang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2024.107590⟩</w:t>
+              <w:t xml:space="preserve">Mineralium Deposita</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 59 (5), pp.995-1016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00126-023-01242-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04731827v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the potential reuse of phosphogypsum: A waste or a resource?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Environmental assessment of phosphogypsum: A comprehensive geochemical modeling and leaching behavior study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Akfas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Elghali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Akfas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abdellatif Elghali</w:t>
+                <w:t xml:space="preserve">Youssef Toubri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelmaula Aboulaich</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Benzaazoua</w:t>
+                <w:t xml:space="preserve">Kamal Samrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.168196⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 359, pp.120929. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2024.120929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732221v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the U Pb dates of sedimentary phosphates: A complex example from the Upper Cretaceous-Lower Paleogene series in northwestern Morocco</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ernest Chi Fru</w:t>
+                <w:t xml:space="preserve">Evolution of fluid redox in a fault zone of the Pic de Port Vieux thrust in the Pyrenees Axial Zone (Spain)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Poujol</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Radouan El Bamiki</w:t>
+                <w:t xml:space="preserve">Gaétan Milesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Labaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Abd Elmola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2024.122178⟩</w:t>
+              <w:t xml:space="preserve">Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (8), pp.1065-1086. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/se-15-1065-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">insu-04582498v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04734307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanism of germanium enrichment in the world-class Huize MVT Pb–Zn deposit, southwestern China</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pan-Pan Niu</w:t>
+                <w:t xml:space="preserve">Exploring the potential reuse of phosphogypsum: A waste or a resource?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Akfas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Elghali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmaula Aboulaich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Benzaazoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mineralium Deposita</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00126-023-01242-3⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 908, pp.168196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.168196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732195v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of the giant Maoping Mississippi Valley-type Pb–Zn (Ge) deposit via fluid mixing: Evidence from trace element and sulfur isotope geochemistry of pyrite</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Deciphering the U Pb dates of sedimentary phosphates: A complex example from the Upper Cretaceous-Lower Paleogene series in northwestern Morocco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Aubineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Séranne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernest Chi Fru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Poujol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radouan El Bamiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ore Geology Reviews</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 661, pp.122178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2024.122178⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.oregeorev.2024.106110⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04734294v1</w:t>
+                <w:t xml:space="preserve">insu-04582498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of fluid redox in a fault zone of the Pic de Port Vieux thrust in the Pyrenees Axial Zone (Spain)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Newly discovered germanium minerals in Huize and Maoping MVT Pb Zn deposits in Southwest China: Implications for the germanium enrichment mechanism and exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pan-Pan Niu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shao-Yong Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15 (8), pp.1065-1086. </w:t>
+              <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 267, pp.107590. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/se-15-1065-2024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2024.107590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04734307v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04731827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental assessment of phosphogypsum: A comprehensive geochemical modeling and leaching behavior study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plastic deformation and trace element mobility in sphalerite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youssef Toubri</w:t>
+                <w:t xml:space="preserve">Alexandre Cugerone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamal Samrane</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Emilien Oliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Motto- Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2024.120929⟩</w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 109 (11), pp.1888-1912. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2138/am-2023-9215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04732360v1</w:t>
+                <w:t xml:space="preserve">hal-04532279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plastic deformation and trace element mobility in sphalerite</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Peridotite Weathering and Ni Redistribution in New Caledonian Laterite Profiles: Influence of Climate, Hydrology, and Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Barou</w:t>
+                <w:t xml:space="preserve">Michel Cathelineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Motto- Ros</w:t>
+                <w:t xml:space="preserve">Yoram Teitler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Grimaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Golfier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2138/am-2023-9215⟩</w:t>
+              <w:t xml:space="preserve">Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (11), pp.1082. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/min14111082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04532279v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peridotite Weathering and Ni Redistribution in New Caledonian Laterite Profiles: Influence of Climate, Hydrology, and Structure</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adapting the European Synchrotron to Industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Favier</w:t>
+                <w:t xml:space="preserve">Ennio Capria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Golfier</w:t>
+                <w:t xml:space="preserve">Andrea Ciuffini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakub Drnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wout de Nolf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Fares-Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Minerals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/min14111082⟩</w:t>
+              <w:t xml:space="preserve">Synchrotron Radiation News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 37 (2), pp.10-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08940886.2024.2329039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04770745v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04750898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adapting the European Synchrotron to Industry</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Serpentinization as a Tape Recorder of (Dis)Continuous Mantle Exhumation along the Alpine Tethys Ocean-Continent-Transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wout de Nolf</w:t>
+                <w:t xml:space="preserve">Flora Hochscheid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Fares-Slim</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marc Ulrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boulvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianreto Manatschal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synchrotron Radiation News</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/08940886.2024.2329039⟩</w:t>
+              <w:t xml:space="preserve">Journal of Petrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 65 (7), pp.egae063. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/petrology/egae063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04750898v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04672547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serpentinization as a Tape Recorder of (Dis)Continuous Mantle Exhumation along the Alpine Tethys Ocean-Continent-Transition</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Manuel Muñoz</w:t>
+                <w:t xml:space="preserve">Phosphate δ13Corg chemostratigraphy from the Gantour basin, Morocco: A proof of concept from the K–Pg transition to mid-Thanetian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Aubineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Boulvais</w:t>
+                <w:t xml:space="preserve">Fleurice Parat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianreto Manatschal</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Séranne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernest Chi Fru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Petrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 65 (7), pp.egae063. </w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 644, pp.121861. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/petrology/egae063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2023.121861⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04672547v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04328305v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnosis and correction methods for spectral interference in the framework of LIBS imaging</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Cugerone</w:t>
+                <w:t xml:space="preserve">Two-stage enrichment of germanium in the giant Maoping MVT Pb-Zn deposit, southwestern China: Constraints from in situ analysis of multicolor sphalerites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pan-Pan Niu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shao-Yong Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sab.2023.106758⟩</w:t>
+              <w:t xml:space="preserve">Ore Geology Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 157, pp.105421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oregeorev.2023.105421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04381652v1</w:t>
+                <w:t xml:space="preserve">hal-04729392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-stage enrichment of germanium in the giant Maoping MVT Pb-Zn deposit, southwestern China: Constraints from in situ analysis of multicolor sphalerites</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Shao-Yong Jiang</w:t>
+                <w:t xml:space="preserve">Diagnosis and correction methods for spectral interference in the framework of LIBS imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Duponchel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cugerone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ore Geology Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 157, pp.105421. </w:t>
+              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 207, pp.106758. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.oregeorev.2023.105421⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.sab.2023.106758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04729392v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04381652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geochemical and mineralogical characterization of phosphogypsum and leaching tests for the prediction of the mobility of trace elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Akfas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellatif Elghali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Bodinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fleurice Parat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2497,2146 +2497,2146 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04727027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sorption model for yttrium in fluorapatite: Geochemical implications</w:t>
+                <w:t xml:space="preserve">New Opportunities for Earth Science at the Extremely Brilliant Source of the European Synchrotron Radiation Facility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Bonnet</w:t>
+                <w:t xml:space="preserve">A. Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Muñoz</w:t>
+                <w:t xml:space="preserve">I. Kupenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Mathon</w:t>
+                <w:t xml:space="preserve">J.-A. Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Motto-Ros</w:t>
+                <w:t xml:space="preserve">A. Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Elghali</w:t>
+                <w:t xml:space="preserve">M. Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemical Perspectives Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 27, pp.2326. </w:t>
+              <w:t xml:space="preserve">Synchrotron Radiation News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (6), pp.8-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7185/geochemlet.2326⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/08940886.2022.2159711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04200110v1</w:t>
+                <w:t xml:space="preserve">hal-04652544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Opportunities for Earth Science at the Extremely Brilliant Source of the European Synchrotron Radiation Facility</w:t>
+                <w:t xml:space="preserve">Sorption model for yttrium in fluorapatite: Geochemical implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rosa</w:t>
+                <w:t xml:space="preserve">C Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Kupenko</w:t>
+                <w:t xml:space="preserve">M Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-A. Hernandez</w:t>
+                <w:t xml:space="preserve">O Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Forestier</w:t>
+                <w:t xml:space="preserve">V Motto-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Muñoz</w:t>
+                <w:t xml:space="preserve">A Elghali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synchrotron Radiation News</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 35 (6), pp.8-16. </w:t>
+              <w:t xml:space="preserve">Geochemical Perspectives Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27, pp.2326. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/08940886.2022.2159711⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7185/geochemlet.2326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04652544v1</w:t>
+                <w:t xml:space="preserve">hal-04200110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly variable content of fluorapatite-hosted CO32- in the Upper Cretaceous/Paleogene phosphorites (Morocco) and implications for paleodepositional conditions</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Redox dynamics of subduction revealed by arsenic in serpentinite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Otmane Raji</w:t>
+                <w:t xml:space="preserve">G.S. Pokrovski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aissam Addou</w:t>
+                <w:t xml:space="preserve">C. Sanchez-Valle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastassia Yu. Borisova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2022.120818⟩</w:t>
+              <w:t xml:space="preserve">Geochemical Perspectives Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22, pp.36-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7185/geochemlet.2225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03822812v1</w:t>
+                <w:t xml:space="preserve">hal-03805619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clay mineral assemblages as the key to understanding alteration processes in basalts from the province of Corrientes, Argentina</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Collo</w:t>
+                <w:t xml:space="preserve">Hydrothermal evolution and origin of the Suixian molybdenum deposit in the Tongbai orogenic belt, China: Constraints from geology, fluid inclusions and multiple isotopes (H O C S Pb)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pan-Pan Niu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shao-Yong Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Madsen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Muñoz</w:t>
+                <w:t xml:space="preserve">Wen-Tian Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Marfil</w:t>
+                <w:t xml:space="preserve">Pei-Long Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi-Chun Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of South American Earth Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsames.2022.103777⟩</w:t>
+              <w:t xml:space="preserve">Ore Geology Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 148, pp.105036. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oregeorev.2022.105036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03661241v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Sr isotope geochemistry of oceanic ultramafic-hosted mineralizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hochscheid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coltat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Manatschal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ore Geology Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 144, pp.104824. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.oregeorev.2022.104824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03608165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrothermal evolution and origin of the Suixian molybdenum deposit in the Tongbai orogenic belt, China: Constraints from geology, fluid inclusions and multiple isotopes (H O C S Pb)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clay mineral assemblages as the key to understanding alteration processes in basalts from the province of Corrientes, Argentina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pei-Long Cui</w:t>
+                <w:t xml:space="preserve">F. Locati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi-Chun Chen</w:t>
+                <w:t xml:space="preserve">G. Collo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Madsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Marfil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ore Geology Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oregeorev.2022.105036⟩</w:t>
+              <w:t xml:space="preserve">Journal of South American Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 116, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsames.2022.103777⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04784708v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03661241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redox dynamics of subduction revealed by arsenic in serpentinite</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Sanchez-Valle</w:t>
+                <w:t xml:space="preserve">Highly variable content of fluorapatite-hosted CO32- in the Upper Cretaceous/Paleogene phosphorites (Morocco) and implications for paleodepositional conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Aubineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fleurice Parat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Elghali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Guillot</w:t>
+                <w:t xml:space="preserve">Otmane Raji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anastassia Yu. Borisova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Muñoz</w:t>
+                <w:t xml:space="preserve">Aissam Addou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemical Perspectives Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22, pp.36-41. </w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 597, pp.120818. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7185/geochemlet.2225⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2022.120818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03805619v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03822812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavior of critical metals in metamorphosed Pb-Zn ore deposits: example from the Pyrenean Axial Zone</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mineralogical and geochemical study of serpentinized peridotites from the North-Western Pyrenees: New insights on serpentinization along magma-poor continental passive margins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Cenki-Tok</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manuel Munoz</w:t>
+                <w:t xml:space="preserve">C. Tichadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kalin Kouzmanov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilien Oliot</w:t>
+                <w:t xml:space="preserve">M. Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Labaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vauchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mineralium Deposita</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00126-020-01000-9⟩</w:t>
+              <w:t xml:space="preserve">Lithos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 406-407, pp.106521. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lithos.2021.106521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03026573v4</w:t>
+                <w:t xml:space="preserve">hal-03435605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mineralogical and geochemical study of serpentinized peridotites from the North-Western Pyrenees: New insights on serpentinization along magma-poor continental passive margins</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Muñoz</w:t>
+                <w:t xml:space="preserve">Behavior of critical metals in metamorphosed Pb-Zn ore deposits: example from the Pyrenean Axial Zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cugerone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Labaume</w:t>
+                <w:t xml:space="preserve">Bénédicte Cenki-Tok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Vauchez</w:t>
+                <w:t xml:space="preserve">Kalin Kouzmanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Oliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lithos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 406-407, pp.106521. </w:t>
+              <w:t xml:space="preserve">Mineralium Deposita</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56, </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.lithos.2021.106521⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00126-020-01000-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03435605v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026573v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serpentinization of New Caledonia peridotites: from depth to (sub-)surface</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ge coordination in NaAlG e 3 O 8 glass upon compression to 131 GPa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Cluzel</w:t>
+                <w:t xml:space="preserve">Marija Krstulović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelika Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Biedermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Spiekermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tetsuo Irifune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00410-020-01713-0⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 101 (21), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.101.214103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-02890835v1</w:t>
+                <w:t xml:space="preserve">hal-02951849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ge coordination in NaAlG e 3 O 8 glass upon compression to 131 GPa</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Georg Spiekermann</w:t>
+                <w:t xml:space="preserve">Serpentinization of New Caledonia peridotites: from depth to (sub-)surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ulrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boulvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Cathelineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tetsuo Irifune</w:t>
+                <w:t xml:space="preserve">Dominique Cluzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 101 (21), </w:t>
+              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 75 (9), pp.91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.101.214103⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00410-020-01713-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02951849v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02890835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Germanium Crystal Chemistry in Cu-Bearing Sulfides from Micro-XRF Mapping and Micro-XANES Spectroscopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Weathering processes and crystal chemistry of Ni-bearing minerals in saprock horizons of New Caledonia ophiolite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Luais</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ulrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Cathelineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mathon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Minerals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/min9040227⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 198, pp.82-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2018.12.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02130167v1</w:t>
+                <w:t xml:space="preserve">hal-02044665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The relative distribution of critical (Sc, REE) and transition metals (Ni, Co, Cr, Mn, V) in some Ni-laterite deposits of New Caledonia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Petrology and geochemistry of scandium in New Caledonian Ni-Co laterites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoram Teitler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Cathelineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. P. Ambrosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 197, pp.93-113. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2018.11.017⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 196, pp.131-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2018.10.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01990876v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redistribution of germanium during dynamic recrystallization of sphalerite</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Germanium Crystal Chemistry in Cu-Bearing Sulfides from Micro-XRF Mapping and Micro-XANES Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Belissont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Boiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Luais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1130/G46791.1⟩</w:t>
+              <w:t xml:space="preserve">Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (4), pp.227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/min9040227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03020920v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weathering processes and crystal chemistry of Ni-bearing minerals in saprock horizons of New Caledonia ophiolite</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Redistribution of germanium during dynamic recrystallization of sphalerite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cugerone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Cenki-Tok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Oliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48 (3), pp.236-241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1130/G46791.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2018.12.007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02044665v1</w:t>
+                <w:t xml:space="preserve">hal-03020920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petrology and geochemistry of scandium in New Caledonian Ni-Co laterites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">The relative distribution of critical (Sc, REE) and transition metals (Ni, Co, Cr, Mn, V) in some Ni-laterite deposits of New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ulrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Cathelineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Boiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoram Teitler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 196, pp.131-155. </w:t>
+              <w:t xml:space="preserve">, 2019, 197, pp.93-113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2018.10.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2018.11.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975996v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01990876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large oxygen excess in the primitive mantle could be the source of the Great Oxygenation Event</w:t>
               </w:r>
@@ -4750,1137 +4750,1137 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01898322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earliest microbial trace fossils in Archaean pillow lavas under scrutiny: new micro-X-ray absorption near-edge spectroscopy, metamorphic and morphological constraints</w:t>
+                <w:t xml:space="preserve">Experimental insight into redox transfer by iron- and sulfur-bearing serpentinite dehydration in subduction zones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugene G. Grosch</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">M. V. Merkulova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola Mcloughlin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabrice Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hattori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1144/SP448.8⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 479, pp.133-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2017.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02128423v1</w:t>
+                <w:t xml:space="preserve">hal-01689753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental insight into redox transfer by iron- and sulfur-bearing serpentinite dehydration in subduction zones</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Earliest microbial trace fossils in Archaean pillow lavas under scrutiny: new micro-X-ray absorption near-edge spectroscopy, metamorphic and morphological constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene G. Grosch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">O. Vidal</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Hattori</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicola Mcloughlin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 479, pp.133-143. </w:t>
+              <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 448 (1), pp.57-70. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2017.09.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1144/SP448.8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01689753v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02128423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering temperature, pressure and oxygen-activity conditions of chlorite formation</w:t>
+                <w:t xml:space="preserve">Experimental investigation of As, Sb and Cs behavior during olivine serpentinization in hydrothermal alkaline systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Vidal</w:t>
+                <w:t xml:space="preserve">Romain Lafay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Lanari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manuel Munoz</w:t>
+                <w:t xml:space="preserve">German Montes-Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Bourdelle</w:t>
+                <w:t xml:space="preserve">Emilie Janots</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent de Andrade</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne-Line Auzende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clay Minerals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 51 (4), pp.615-633. </w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 179, pp.177-202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1180/claymin.2016.051.4.06⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2016.02.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02128408v1</w:t>
+                <w:t xml:space="preserve">hal-04784763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of iron content on serpentinite dehydration depth in subduction zones: Experiments and thermodynamic modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. V. Merkulova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lithos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 264, pp.441-452. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lithos.2016.09.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02128346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of As, Sb and Cs behavior during olivine serpentinization in hydrothermal alkaline systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">German Montes-Hernandez</w:t>
+                <w:t xml:space="preserve">Deciphering temperature, pressure and oxygen-activity conditions of chlorite formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Janots</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manuel Muñoz</w:t>
+                <w:t xml:space="preserve">Pierre Lanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Line Auzende</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Franck Bourdelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent de Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2016.02.014⟩</w:t>
+              <w:t xml:space="preserve">Clay Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 51 (4), pp.615-633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1180/claymin.2016.051.4.06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04784763v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02128408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amorphous boron composite gaskets for in situ high-pressure and high-temperature studies</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Distribution and oxidation state of Ge, Cu and Fe in sphalerite by μ-XRF and K-edge μ-XANES: insights into Ge incorporation, partitioning and isotopic fractionation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Belissont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Boiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Luais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High Pressure Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/08957959.2016.1245297⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 177, pp.298 - 314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2016.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01608425v1</w:t>
+                <w:t xml:space="preserve">hal-01772552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution and oxidation state of Ge, Cu and Fe in sphalerite by μ-XRF and K-edge μ-XANES: insights into Ge incorporation, partitioning and isotopic fractionation</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Amorphous boron composite gaskets for in situ high-pressure and high-temperature studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. D. Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. V. Merkulova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gastón Garbarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volodymyr Svitlyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen Jacobs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 177, pp.298 - 314. </w:t>
+              <w:t xml:space="preserve">High Pressure Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36 (4), pp.564-574. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2016.01.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/08957959.2016.1245297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01772552v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature micro-mapping in oscillatory-zoned chlorite: Application to study of a green-schist facies fault zone in the Pyrenean Axial Zone (Spain)</w:t>
+                <w:t xml:space="preserve">The time-resolved and extreme conditions XAS (TEXAS) facility at the European Synchrotron Radiation Facility: the general-purpose EXAFS bending-magnet beamline BM23</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Trincal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Martine Buatier</w:t>
+                <w:t xml:space="preserve">O. Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lacroix Brice</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Delphine Charpentier</w:t>
+                <w:t xml:space="preserve">A. Beteva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Borrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bugnazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gatla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2138/am-2015-5217⟩</w:t>
+              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 22, pp.1548-1554. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S1600577515017786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01230147v1</w:t>
+                <w:t xml:space="preserve">hal-01573036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce(III) and Ce(IV) (re)distribution and fractionation in a laterite profile from Madagascar: Insights from in situ XANES spectroscopy at the Ce LIII-edge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Janots</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5889,3509 +5889,3509 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Trcera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 153, pp.134-148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.gca.2015.01.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04801762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The time-resolved and extreme conditions XAS (TEXAS) facility at the European Synchrotron Radiation Facility: the general-purpose EXAFS bending-magnet beamline BM23</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ni cycling in mangrove sediments from New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Bugnazet</w:t>
+                <w:t xml:space="preserve">Vincent Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Gatla</w:t>
+                <w:t xml:space="preserve">Guillaume Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Juillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordon Brown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1107/S1600577515017786⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 169, pp.82-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2015.07.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01573036v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04801615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ni cycling in mangrove sediments from New Caledonia</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Redox state of iron during high-pressure serpentinite dehydration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gordon Brown</w:t>
+                <w:t xml:space="preserve">Baptiste Debret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Marchand</w:t>
+                <w:t xml:space="preserve">Nathalie Bolfan-Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Alberto Padron Navarta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Martin-Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Andreani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2015.07.024⟩</w:t>
+              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 169 (4), pp.36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00410-015-1130-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04801615v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01172310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redox state of iron during high-pressure serpentinite dehydration</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Temperature micro-mapping in oscillatory-zoned chlorite: Application to study of a green-schist facies fault zone in the Pyrenean Axial Zone (Spain)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Martin-Hernandez</w:t>
+                <w:t xml:space="preserve">Vincent Trincal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Andreani</w:t>
+                <w:t xml:space="preserve">Martine Buatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lacroix Brice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00410-015-1130-y⟩</w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 100, pp.2016-2483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2138/am-2015-5217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01172310v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01230147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissolution–precipitation processes governing the carbonation and silicification of the serpentinite sole of the New Caledonia ophiolite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Ulrich</w:t>
+                <w:t xml:space="preserve">Evolution of Fe redox state in serpentine during subduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Debret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Andreani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Cathelineau</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bolfan-Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Picard</w:t>
+                <w:t xml:space="preserve">Julie Carlut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 197, pp.Art. n°952. </w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 400, pp.206-218. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00410-013-0952-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2014.05.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01257709v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of Fe redox state in serpentine during subduction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Muriel Andreani</w:t>
+                <w:t xml:space="preserve">Dissolution–precipitation processes governing the carbonation and silicification of the serpentinite sole of the New Caledonia ophiolite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julie Carlut</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Cathelineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2014.05.038⟩</w:t>
+              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 197, pp.Art. n°952. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00410-013-0952-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01134258v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01257709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">μXANES study of iron redox state in serpentine during oceanic serpentinization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Andreani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Marcaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adélie Delacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lithos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 178, pp.70-83. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.lithos.2013.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01066625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iron oxidation state in phyllosilicate single crystals using Fe-K pre-edge and XANES spectroscopy: Effects of the linear polarization of the synchrotron X-ray beam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Marcaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pascarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The American Mineralogist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 98 (7), pp.1187-1197. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2138/am.2013.4289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04801810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferric iron and water incorporation in wadsleyite under hydrous and oxidizing conditions: A XANES, Mossbauer, and SIMS study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bolfan-Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mccammon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Deloule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Nathalie Ferot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The American Mineralogist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 97 (8-9), pp.1483-1493. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2138/am.2012.3869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00758071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mineralogical evidence for H2 degassing during serpentinization at 300 °C/300 bar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Marcaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Parra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Harfouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 303 (3-4), pp.281-290. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.epsl.2011.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00681011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental evidence for perovskite and post-perovskite coexistence throughout the whole D″ region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Andrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bolfan-Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Perrillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 293, pp.90-96. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/J.EPSL.2010.02.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00549052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pressure-induced Fe↔Cu cationic valence exchange and its structural consequences: High-pressure studies of delafossite CuFeO2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. M. Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Kh. Rozenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. P. Pasternak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kertzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kurnosov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 81, pp.104110. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PHYSREVB.81.104110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00553391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foliar Lead Uptake by Lettuce Exposed to Atmospheric Fallouts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Uzu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Sobanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Sarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Dumat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 44 (3), pp.1036-1042. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/es902190u⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00559701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of micro-XANES mapping in the diamond anvil cell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuliana Aquilanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakura Pascarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Narygina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 16 (3), pp.376-379. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1107/S0909049509007134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00411708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occurrences, composition and growth of polyhedral serpentines.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">O. Grauby</w:t>
+                <w:t xml:space="preserve">Hyperspectral μ-XANES mapping in the diamond-anvil cell: analytical procedure applied to the decomposition of (Mg,Fe)-ringwoodite at the upper/lower mantle boundary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sakura Pascarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuliana Aquilanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Baronnet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">O. Narygina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kurnosov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mineralogy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 20 (2), pp.159-171. </w:t>
+              <w:t xml:space="preserve">High Pressure Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 28 (4), pp.665 à 673. </w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1127/0935-1221/2008/0020-1801⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/08957950802517625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00344218v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00352783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyperspectral μ-XANES mapping in the diamond-anvil cell: analytical procedure applied to the decomposition of (Mg,Fe)-ringwoodite at the upper/lower mantle boundary</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Occurrences, composition and growth of polyhedral serpentines.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Andreani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Grauby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Baronnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High Pressure Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/08957950802517625⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mineralogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 20 (2), pp.159-171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1127/0935-1221/2008/0020-1801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00352783v1</w:t>
+                <w:t xml:space="preserve">hal-00344218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redox and speciation dispersive-XANES micro-mapping : application to a natural sample</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent de Andrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lewin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakura Pascarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESRF Highlights</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, pp.79 à 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00353299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P–T-deformation-Fe3+/Fe2+ mapping at the thin section scale and comparison with XANES mapping: application to a garnet-bearing metapelite from the Sambagawa metamorphic belt (Japan)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
+                <w:t xml:space="preserve">Redox and speciation micromapping using dispersive X-ray absorption spectroscopy: Application to iron in chlorite mineral of a metamorphic rock thin section</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent de Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lewin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">T. Parra</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sakura Pascarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Metamorphic Geology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 7 (11), pp.Q11020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2006GC001381⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1525-1314.2006.00661.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-00242739v1</w:t>
+                <w:t xml:space="preserve">insu-00241847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray transmission properties of intelligent anvils in diamond anvil cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Burchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Kubsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Somogyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Malavergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">High Pressure Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 26 (3), pp.235-241. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/08957950600835013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00225264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redox and speciation micromapping using dispersive X-ray absorption spectroscopy: Application to iron in chlorite mineral of a metamorphic rock thin section</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">P–T-deformation-Fe3+/Fe2+ mapping at the thin section scale and comparison with XANES mapping: application to a garnet-bearing metapelite from the Sambagawa metamorphic belt (Japan)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent de Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lewin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sakura Pascarelli</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Parra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2006GC001381⟩</w:t>
+              <w:t xml:space="preserve">Journal of Metamorphic Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 24, pp.669-683. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1525-1314.2006.00661.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">insu-00241847v1</w:t>
+                <w:t xml:space="preserve">insu-00242739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy-dispersive absorption spectroscopy for hard-X-ray micro-XAS applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakura Pascarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Mairs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Susini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 13, pp.351-358. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1107/S0909049506026938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00242564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In situ speciation of nickel in hydrous melts exposed to extreme conditions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Malavergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Ménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Wilke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Scripta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 115, pp.921-922. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1238/Physica.Topical.115a00921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00101950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water in silicate glasses and melts of environmental interest: from volcanoes to cathedrals.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarala Djanarthany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. de Wispelaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Magassouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics and Chemistry of Glasses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 46, pp.350-353</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00101971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous Cauchy wavelet transform of XAFS spectra.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Argoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Scripta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 115, pp.221-222. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1238/Physica.Topical.115a00221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00101965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous Cauchy wavelet transform analyses of EXAFS spectra: A qualitative approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Argoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Farges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The American Mineralogist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 88, pp.694-700. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2138/am-2003-0423⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00101932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition elements in water-bearing silicate glasses/melts. Part II. Ni in water-bearing glasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Siewert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Malavergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ge Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 65 (10), pp.1679--1693. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0016-7037(00)00624-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00693735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition elements in water-bearing silicate glasses/melts. Part I. A high-resolution and anharmonic analysis of Ni coordination environments in crystals, glasses, and melts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ge Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pe Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 65 (10), pp.1665--1678. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0016-7037(00)00625-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00693734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9401,396 +9401,396 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and texture of Pb-Zn mineralization: example of a multiscale study in the Pyrenees to constrain ore-forming processes and critical metals mobility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cugerone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Cenki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilien Oliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Muñoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Évolution des Pyrénées au cours du cycle varisque et du cycle alpin 1</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Group, pp.87-109, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.51926/iste.9124.ch2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04405802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogène : produit naturel de la Terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Charlou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Donval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">REMINA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04499779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Situ X-Ray Microscopy at High Temperature and Pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Ménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Cauzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Malavergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Somogyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Méndez-Vilas, J. Díaz. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modern Research and Educational Topics in Microscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Formatex, pp.976 à 988, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00353670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9800,147 +9800,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of fluid redox in a fault zone of the Pic de Port-Vieux thrust in the Pyrenees Axial Zone (Spain)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Milesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Abd Elmola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Buatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04750880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9950,114 +9950,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement d'éléments formateurs et modificateurs de réseau dans des magmas hydratés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Munoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géologie appliquée. Université de Marne la Vallée, 2003. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00008421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId356"/>
+      <w:footerReference w:type="default" r:id="rId357"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10125,51 +10125,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="555913BF"/>
+    <w:nsid w:val="A0290B40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10356,51 +10356,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/manuel-munoz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5482-3497" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/E-7278-2012" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439244v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Zine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Elghali" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouan El Bamiki" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouhaila Attalir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Mouflih" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2025.106672" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311386v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan-Pan Niu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shao-Yong Jiang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Mu&#241;oz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Trcera" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shugang Xiao" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2025.106880" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914741v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bonnet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mathon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2024-9485" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04328305v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Aubineau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleurice Parat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Pierson-Wickmann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel S&#233;ranne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Chi Fru" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2023.121861" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731827v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2024.107590" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732221v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Akfas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmaula Aboulaich" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Benzaazoua" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.168196" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04582498v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poujol" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2024.122178" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732195v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suo-Fei Xiong" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00126-023-01242-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734294v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niu Pp" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang Sy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Munoz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2024.106110" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734307v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charpentier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Milesi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labaume" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Abd Elmola" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-15-1065-2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732360v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Toubri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Samrane" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120929" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532279v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cugerone" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Oliot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Barou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Motto- Ros" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2023-9215" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04770745v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cathelineau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoram Teitler" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Grimaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Favier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Golfier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/min14111082" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04750898v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ennio Capria" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ciuffini" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Drnec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wout de Nolf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Fares-Slim" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08940886.2024.2329039" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04672547v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Hochscheid" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ulrich" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boulvais" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianreto Manatschal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/petrology/egae063" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381652v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duponchel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Motto-Ros" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2023.106758" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729392v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2023.105421" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727027v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bodinier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-25357-2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200110v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bonnet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mu&#241;oz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Mathon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Motto-Ros" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Elghali" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/geochemlet.2326" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04652544v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rosa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kupenko" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-A. Hernandez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Forestier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mu&#241;oz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08940886.2022.2159711" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822812v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otmane Raji" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissam Addou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2022.120818" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661241v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Locati" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Collo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Madsen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marfil" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2022.103777" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03608165v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hochscheid" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coltat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Manatschal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2022.104824" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784708v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Tian Li" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Long Cui" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Chun Chen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2022.105036" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805619v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.S. Pokrovski" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sanchez-Valle" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastassia Yu. Borisova" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/geochemlet.2225" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026573v4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Cenki-Tok" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalin Kouzmanov" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00126-020-01000-9" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435605v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tichadou" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Godard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labaume" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vauchez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2021.106521" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02890835v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cluzel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-020-01713-0" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02951849v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Krstulovi&#263;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Rosa" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Biedermann" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Spiekermann" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuo Irifune" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.214103" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02130167v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Belissont" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Boiron" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Luais" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/min9040227" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990876v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2018.11.017" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020920v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G46791.1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044665v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2018.12.007" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975996v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Ambrosi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2018.10.009" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898322v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Andrault" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Pesce" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Cerantola" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chumakov" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/geochemlet.1801" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02128423v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene G. Grosch" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Mcloughlin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP448.8" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689753v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. V. Merkulova" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brunet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vidal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hattori" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2017.09.009" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02128408v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vidal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bourdelle" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Andrade" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/claymin.2016.051.4.06" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128346v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2016.09.007" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0W62HLR1-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784763v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lafay" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Montes-Hernandez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Janots" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Line Auzende" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2016.02.014" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZX2XGRZ1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608425v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D. Rosa" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gast&#243;n Garbarino" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodymyr Svitlyk" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Jacobs" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08957959.2016.1245297" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01772552v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2016.01.001" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230147v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Trincal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacroix Brice" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2015-5217" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801762v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Bernier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2015.01.009" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6D3FCNHF-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573036v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mathon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beteva" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Borrel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bugnazet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gatla" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577515017786" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801615v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent No&#235;l" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Juillot" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Brown" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marchand" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2015.07.024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172310v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Debret" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bolfan-Casanova" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Alberto Padron Navarta" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Martin-Hernandez" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Andreani" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-015-1130-y" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01257709v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillot" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Picard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-013-0952-8" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134258v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carlut" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.05.038" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W5BV0KCW-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066625v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andreani" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marcaillou" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lie Delacour" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2013.04.008" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-40RB02HR-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801810v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pascarelli" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2013.4289" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758071v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mccammon" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Deloule" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Nathalie Ferot" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2012.3869" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00681011v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marcaillou" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Parra" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harfouche" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.01.006" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L1PF95KB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00549052v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guignot" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrillat" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.EPSL.2010.02.026" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K2XN35T3-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00553391v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. M. Xu" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Kh. Rozenberg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P. Pasternak" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kertzer" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kurnosov" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.81.104110" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559701v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Uzu" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sobanska" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Sarret" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dumat" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es902190u" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00411708v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliana Aquilanti" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakura Pascarelli" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Narygina" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0909049509007134" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344218v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grauby" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baronnet" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0935-1221/2008/0020-1801" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00352783v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Narygina" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08957950802517625" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00353299v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lewin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00242739v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1525-1314.2006.00661.x" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00225264v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Burchard" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kubsky" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bureau" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Somogyi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Malavergne" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08957950600835013" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00241847v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GC001381" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T46LZ6CM-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00242564v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Mairs" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Susini" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0909049506026938" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101950v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. M&#233;nez" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wilke" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1238/Physica.Topical.115a00921" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101971v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Farges" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarala Djanarthany" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Wispelaere" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Magassouba" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101965v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Argoul" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1238/Physica.Topical.115a00221" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101932v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2003-0423" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693735v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Farges" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Siewert" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ge Brown" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0016-7037(00)00624-4" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3TWRMT0R-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693734v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pe Petit" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0016-7037(00)00625-6" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BLGFPT7Q-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405802v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Cenki" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Oliot" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/iste.9124.ch2" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499779v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Charlou" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Donval" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00353670v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cauzid" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Somogyi" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04750880v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00008421v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/manuel-munoz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5482-3497" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/E-7278-2012" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439244v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Zine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Elghali" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouan El Bamiki" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouhaila Attalir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Mouflih" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2025.106672" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311386v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan-Pan Niu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shao-Yong Jiang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Mu&#241;oz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Trcera" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shugang Xiao" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2025.106880" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914741v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bonnet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mathon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2024-9485" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734294v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niu Pp" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang Sy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Munoz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2024.106110" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732195v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suo-Fei Xiong" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00126-023-01242-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732360v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Akfas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Toubri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Samrane" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120929" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734307v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charpentier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Milesi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labaume" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Abd Elmola" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buatier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-15-1065-2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732221v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmaula Aboulaich" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Benzaazoua" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.168196" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04582498v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Aubineau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel S&#233;ranne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Chi Fru" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poujol" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2024.122178" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731827v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2024.107590" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532279v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cugerone" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Oliot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Barou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Motto- Ros" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2023-9215" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04770745v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cathelineau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoram Teitler" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Grimaud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Favier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Golfier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/min14111082" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04750898v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ennio Capria" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ciuffini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Drnec" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wout de Nolf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Fares-Slim" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08940886.2024.2329039" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04672547v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Hochscheid" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ulrich" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boulvais" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianreto Manatschal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/petrology/egae063" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04328305v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleurice Parat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Pierson-Wickmann" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2023.121861" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729392v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2023.105421" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381652v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duponchel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Motto-Ros" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2023.106758" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727027v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bodinier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-25357-2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04652544v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rosa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kupenko" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-A. Hernandez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Forestier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mu&#241;oz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08940886.2022.2159711" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200110v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bonnet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mu&#241;oz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Mathon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Motto-Ros" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Elghali" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/geochemlet.2326" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805619v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.S. Pokrovski" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sanchez-Valle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastassia Yu. Borisova" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/geochemlet.2225" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784708v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Tian Li" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Long Cui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Chun Chen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2022.105036" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03608165v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hochscheid" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coltat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Manatschal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2022.104824" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661241v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Locati" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Collo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Madsen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marfil" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2022.103777" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822812v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otmane Raji" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissam Addou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2022.120818" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435605v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tichadou" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Godard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labaume" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vauchez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2021.106521" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026573v4" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Cenki-Tok" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalin Kouzmanov" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00126-020-01000-9" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02951849v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Krstulovi&#263;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Rosa" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Biedermann" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Spiekermann" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuo Irifune" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.214103" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02890835v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cluzel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-020-01713-0" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044665v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2018.12.007" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975996v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Ambrosi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2018.10.009" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02130167v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Belissont" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Boiron" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Luais" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/min9040227" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020920v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G46791.1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990876v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2018.11.017" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898322v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Andrault" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Pesce" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Cerantola" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chumakov" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/geochemlet.1801" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689753v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. V. Merkulova" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brunet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vidal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hattori" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2017.09.009" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02128423v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene G. Grosch" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Mcloughlin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP448.8" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784763v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lafay" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Montes-Hernandez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Janots" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Line Auzende" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2016.02.014" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZX2XGRZ1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128346v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vidal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2016.09.007" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0W62HLR1-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02128408v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bourdelle" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Andrade" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/claymin.2016.051.4.06" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01772552v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2016.01.001" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608425v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D. Rosa" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gast&#243;n Garbarino" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodymyr Svitlyk" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Jacobs" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08957959.2016.1245297" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573036v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mathon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beteva" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Borrel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bugnazet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gatla" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577515017786" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801762v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Bernier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2015.01.009" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6D3FCNHF-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801615v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent No&#235;l" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Juillot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Brown" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marchand" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2015.07.024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172310v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Debret" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bolfan-Casanova" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Alberto Padron Navarta" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Martin-Hernandez" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Andreani" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-015-1130-y" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230147v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Trincal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacroix Brice" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2015-5217" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134258v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carlut" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.05.038" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W5BV0KCW-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01257709v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillot" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Picard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-013-0952-8" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066625v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andreani" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marcaillou" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lie Delacour" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2013.04.008" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-40RB02HR-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801810v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pascarelli" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2013.4289" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758071v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mccammon" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Deloule" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Nathalie Ferot" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2012.3869" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00681011v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marcaillou" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Parra" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harfouche" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.01.006" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L1PF95KB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00549052v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guignot" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrillat" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.EPSL.2010.02.026" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K2XN35T3-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00553391v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. M. Xu" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Kh. Rozenberg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P. Pasternak" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kertzer" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kurnosov" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.81.104110" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559701v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Uzu" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sobanska" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Sarret" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dumat" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es902190u" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00411708v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliana Aquilanti" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakura Pascarelli" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Narygina" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0909049509007134" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00352783v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Narygina" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08957950802517625" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344218v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grauby" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baronnet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0935-1221/2008/0020-1801" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00353299v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lewin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00241847v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GC001381" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T46LZ6CM-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00225264v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Burchard" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kubsky" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bureau" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Somogyi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Malavergne" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08957950600835013" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00242739v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1525-1314.2006.00661.x" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00242564v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Mairs" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Susini" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0909049506026938" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101950v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. M&#233;nez" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wilke" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1238/Physica.Topical.115a00921" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101971v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Farges" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarala Djanarthany" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Wispelaere" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Magassouba" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101965v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Argoul" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1238/Physica.Topical.115a00221" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101932v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2003-0423" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693735v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Farges" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Siewert" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ge Brown" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0016-7037(00)00624-4" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3TWRMT0R-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693734v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pe Petit" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0016-7037(00)00625-6" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BLGFPT7Q-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405802v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Cenki" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Oliot" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/iste.9124.ch2" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499779v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Charlou" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Donval" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00353670v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cauzid" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Somogyi" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04750880v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00008421v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>