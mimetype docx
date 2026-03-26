--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1863,277 +1863,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01550525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meander type transmission line design for on-wafer TRL calibration</w:t>
+                <w:t xml:space="preserve">A Test Structure Set for on-wafer 3D-TRL calibration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Potéreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marina Deng</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Curutchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Raya</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Klaus Aufinger</w:t>
+                <w:t xml:space="preserve">Rosario d'Esposito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali de Matos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fregonese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuMW 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">2016 International Conference on Microelectronic Test Structures (ICMTS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Yokohama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01301312v1</w:t>
+                <w:t xml:space="preserve">hal-01399900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Test Structure Set for on-wafer 3D-TRL calibration</w:t>
+                <w:t xml:space="preserve">Meander type transmission line design for on-wafer TRL calibration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Potéreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Curutchet</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Raya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Ardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosario d'Esposito</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Fregonese</w:t>
+                <w:t xml:space="preserve">Klaus Aufinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 International Conference on Microelectronic Test Structures (ICMTS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Yokohama, Japan</w:t>
+              <w:t xml:space="preserve">EuMW 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01399900v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01301312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles structures 3D pour calibrage TRL sur puces adaptées à la mesure de paramètres S très hautes fréquences</w:t>
               </w:r>
@@ -2905,51 +2905,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01269635v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Pot&#233;reau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015BORD0243" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818021v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fregonese" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali de Matos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Deng" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ayela" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2018.2832067" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345690v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Curutchet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ghiotto" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1759078716000659" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002098v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Potereau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Raya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Matos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fregonese" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Curutchet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jcc.2013.16005" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918225v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fregonese" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Potereau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Deltimple" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristell Maneux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zimmer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10825-013-0525-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RZNQ53JF-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508390v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Redois" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kerherve" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghiotto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Louis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508363v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kerherve" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Louis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418556v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jardel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vm Leal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rochette" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Prades" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426576v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Deltimple" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jardel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rochette" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC.2019.8910826" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426563v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Veyrac" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2018.8351475" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426580v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Dematos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2018.8618060" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426571v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMIC.2018.8539914" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525550v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mathieu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marque" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550525v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301312v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Raya" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ardouin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Aufinger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399900v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario d'Esposito" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163604v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Baureis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158220v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163596v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163593v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909399v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01269635v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Pot&#233;reau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015BORD0243" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818021v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fregonese" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali de Matos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Deng" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ayela" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2018.2832067" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345690v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Curutchet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ghiotto" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1759078716000659" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002098v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Potereau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Raya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Matos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fregonese" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Curutchet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jcc.2013.16005" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918225v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fregonese" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Potereau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Deltimple" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristell Maneux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zimmer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10825-013-0525-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RZNQ53JF-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508390v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Redois" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kerherve" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghiotto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Louis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508363v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kerherve" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Louis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418556v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jardel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vm Leal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rochette" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Prades" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426576v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Deltimple" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jardel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rochette" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC.2019.8910826" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426563v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Veyrac" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2018.8351475" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426580v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Dematos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2018.8618060" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426571v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMIC.2018.8539914" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525550v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mathieu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marque" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550525v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399900v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario d'Esposito" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301312v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Raya" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ardouin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Aufinger" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163604v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Baureis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158220v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163596v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163593v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909399v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>