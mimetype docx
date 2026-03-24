--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -837,823 +837,948 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03277689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Estafette : un projet en itinérance pour une fabrique des territoires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Robène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Génard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Regnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Pilo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musique et territoires. Ancrage, structuration et attractivité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La scène punk DIY, un entreprenariat communautaire sur plateforme », dans Artiste et entrepreneur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre national de la musique. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Artiste et entrepreneur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Centre national de la musique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 978-2-36748-069-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04832292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Punk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Publictionnaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05245537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Estafette : un projet en itinérance pour une fabrique des territoires ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Archipelagic Centre? Rethinking the Centre–Periphery Dichotomy through the Cultural Case of Corsica (DEDALE project)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Génard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Guebey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Regnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Robène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roux</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Pilo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Musique et territoires. Ancrage, structuration et attractivité</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05400018v1</w:t>
+              <w:t xml:space="preserve">IN THE MIDDLE OF THE EDGE. Questioning the centre-periphery dichotomy in the arts and culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Carole CHRISTE; Olivier MOESCHLER; Nuné NIKOGHOSYAN; Loïc RIOM; Stefano LOSA; Veronica PROVENZALE; Demis QUADRI, Nov 2025, Tessin, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05541230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La scène punk DIY, un entreprenariat communautaire sur plateforme », dans Artiste et entrepreneur</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les métiers techniques de la musique live: une perte d'attractivité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solveig Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Brachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Robène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roux</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...160 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Pilo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biennales internationales du spectacle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04474886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« C’est des chercheurs du CNRS quand même! » : retour critique sur le rôle des chercheurs dans une recherche-action avec des acteurs du secteur musical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solveig Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Robène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Prévost-Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Pilo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnographie et recherches participatives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04475060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terrains de crise : saisir la mémoire de la pandémie dans les mondes de la musique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solveig Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Robène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Prévost-Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Pilo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La crise, un objet pour l'anthropologie?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04475090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sens du travail au sein des musiques actuelles à l’épreuve de la crise du Covid-19 : le cas de la filière du live</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solveig Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Prévost-Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Robène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1685,301 +1810,301 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Changer de travail, changer le travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04475052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Quand Véran dégrafa son corsage » , L’humour en chanson au cœur de la crise sanitaire : politiquement incorrect mais vitalement nécessaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solveig Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Robène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Pilo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Prévost-Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humour, pouvoir et politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04475066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’expérience du livestream en temps de Covid : de nouveaux liens socio-musicaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solveig Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Robène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Prévost-Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Pilo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Culture en régime numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04475072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1989,100 +2114,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire “carrière” dans le Punk. La scène DIY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riveneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, En marge !, 978-2-36013-689-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04475757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2092,51 +2217,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changer le travail - changer de travail: retour sur le colloque GIS-GESTES 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2145,237 +2270,237 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Trottier-Pistien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04475104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post In Paris : « On a payé nos loyers »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04475057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LE VIRUS FEST OU LA FÊTE EN PANDÉMIE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04475062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour vers le futur du post-hardcore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04475080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2385,100 +2510,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire « carrière » dans le punk ? : une étude de la scène punk DIY en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Education. Université de Bordeaux, 2022. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2022BORD0202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03771559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2488,167 +2613,167 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intelligence punk et innovations sociales : l’art de faire autrement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04365906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Punk is (not) dead : mais alors, où est-il ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04073093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId47"/>
+      <w:footerReference w:type="default" r:id="rId48"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2795,51 +2920,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010520v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Roux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/27538702241310636" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412179v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Serre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Rob&#232;ne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guebey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G&#233;nard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832289v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brachet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Trottier-Pistien" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.115.0185" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04369208v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277687v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02538342v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.193.0549" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277689v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245537v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400018v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Regnaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pilo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832292v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.cnm.fr/artistes-et-entrepreneuriat.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04474886v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475060v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pr&#233;vost-Thomas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475090v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475052v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475066v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475072v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475757v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riveneuve.com/catalogue/faire-carriere-dans-le-punk-la-scene-diy/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475104v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475057v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475062v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475080v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03771559v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022BORD0202" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365906v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073093v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010520v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Roux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/27538702241310636" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412179v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Serre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Rob&#232;ne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guebey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G&#233;nard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832289v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brachet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Trottier-Pistien" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.115.0185" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04369208v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277687v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02538342v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.193.0549" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277689v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400018v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Regnaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pilo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832292v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.cnm.fr/artistes-et-entrepreneuriat.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245537v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541230v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04474886v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475060v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pr&#233;vost-Thomas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475090v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475052v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475066v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475072v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475757v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riveneuve.com/catalogue/faire-carriere-dans-le-punk-la-scene-diy/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475104v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475057v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475062v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04475080v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03771559v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022BORD0202" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365906v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073093v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>