--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marc Allassonnière-Tang </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">CNRS researcher at the lab Éco-Anthropologie [EA UMR7206] (CNRS/MNHN/UPCité)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internal order and areal patterns in South Asian numerals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamta Kumari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezequiel Koile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STUF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 78 (4), pp.699-724. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/stuf-2025-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05464367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The phonology of letter shapes: Feature economy and informativeness in 43 writing systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoolim Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Miton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Memory and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 142, pp.104620. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jml.2025.104620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolution of gender and number agreement in the noun phrase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olena Shcherbakova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Di Garbo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Typology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/lingty-2024-0072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary pathways of complexity in gender systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olena Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Language Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jole/lzae001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The meaning of morphomes: distributional semantics of Spanish stem alternations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borja Herce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Vanguard : a Multimodal Journal for the Language Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/lingvan-2023-0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Reflexemes’ – a first cross-linguistic insight into how and why reflexive constructions encode emotions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Stephenson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïa Ponsonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STUF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77 (1), pp.141-188. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/stuf-2024-2003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolutionary dynamics of grammatical gender in Torricelli languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose A Jódar-Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STUF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77 (3), pp.353 - 369. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/stuf-2024-2010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early humans out of Africa had only base-initial numerals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yung-Ping Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugene Chan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hung-Hsin Hsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanities and Social Sciences Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (1), pp.254. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/s41599-023-02506-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vowel alternation with final i offers an easy-to-learn morphological option for a sex-blind grammatical gender in French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15, pp.13010475. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2024.1310475⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA80: A Lexical Database of 10 Bantu A80 Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tessa Y Vermeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Segerer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Open Humanities Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (42), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/johd.218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Network Structure Shapes Languages: Disentangling the Factors Driving Variation in Communicative Agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Josserand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière‐tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dediu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart de Boer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 48 (4), pp.e13439. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.13439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra- and inter-speaker variation in eight Russian fricatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalja Ulrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 153 (4), pp.2285-2297. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/10.0017827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why we need a gradient approach to word order</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Levshina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savithry Namboodiripad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathew Kramer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Talamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ling-2021-0098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apport des données participatives pour l’étude linguistique des français du monde : le cas de l’opposition /a∼ɑ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of French Language Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-24. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/s0959269523000200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic analyses for the origin of sortal classifiers in Mongolic, Tungusic, and Turkic languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhong-Liang Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shen-An Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concentric. Studies in Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 49 (2), pp.295-315. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/consl.00031.her⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A corpus-based quantitative study of numeral classifiers in Nepali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Parajuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpus Linguistics and Linguistic Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cllt-2022-0064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03987044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The noncausal/causal alternation and genealogical affiliation: Quantitative testing in three Niger-Congo language families</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Voisin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistique et Langues Africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Special issue on the noncausal-causal alternation in African languages, 8 (2), </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lla.4615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864516v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting grammatical gender in Nakh languages: Three methods compared</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesse Wichers Schreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Bellamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neige Rochant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Typology at the Crossroads</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2 (2), pp.93-126. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6092/issn.2785-0943/14545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03911228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining numeral classifiers and identifying classifier languages of the world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Hammarström</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Vanguard : a Multimodal Journal for the Language Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/lingvan-2022-0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Taiwanese Universities' Two-One Academic Dismissal Policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie-Wen Tsai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Educational Research and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (4), pp.79-112. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6925/SCJ.202212_18(4).0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring case paradigms in Koalib with computational classifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Quint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpus Linguistics and Linguistic Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cllt-2021-0028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03095796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operation LiLi: Using Crowd-Sourced Data and Automatic Alignment to Investigate the Phonetics and Phonology of Less-Resourced Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (3), pp.234. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/languages7030234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interindividual Variation Refuses to Go Away: A Bayesian Computer Model of Language Change in Communicative Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Josserand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dediu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.2176. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2021.626118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A corpus study of lexical speech errors in Mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I-Ping Wan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taiwan Journal of Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (2), pp.87-120. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6519/TJL.202107_19(2).0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topic modelling on archive documents from the 1970s: global policies on refugees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Grant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratan Sebastian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Cosemans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Scholarship in the Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (4), pp.886-904. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/llc/fqab018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expansion by migration and diffusion by contact is a source to the global diversity of linguistic nominal categorization systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olof Lundgren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maja Robbers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Cronhamn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Larsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanities and Social Sciences Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8 (331), </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/s41599-021-01003-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03501149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An empirical study on the contribution of formal and semantic features to the grammatical gender of nouns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Basirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandrs Berdicevskis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Vanguard : a Multimodal Journal for the Language Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7 (1), pp.20200048. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/lingvan-2020-0048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the branching of Chinese classifier phrases: Evidence from speech perception and production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying-Chun Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nai-Shing Yen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chinese Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (1), pp.71-105. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/jcl.2021.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing Semantic Dominance in Mian Gender: Three Machine Learning Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunstan Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Fedden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceanic Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 60 (2), pp.302-334. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/ol.2021.0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What conditions tone paradigms in Yukuna: Phonological and machine learning approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Lemus-Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dediu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa: a journal of general linguistics (2021-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (1), pp.1-22. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/gjgl.1276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The diversity of classifier inventory in Mandarin dialects: A case study of Baoding.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Na Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faits de langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 52 (2), pp.115-132. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/19589514-05202001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syllable Complexity and Morphological Synthesis: A Well-Motivated Positive Complexity Correlation Across Subdomains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shelece Easterday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Stave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Seifart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.583. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2021.638659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying the Russian voiceless non-palatalized fricatives /f/, /s/, and /ʃ/ from acoustic cues using machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalja Ulrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dediu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 150 (3), pp.1806-1820. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/10.0005950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functions of gender and numeral classifiers in Nepali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Kilarski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poznan Studies in Contemporary Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 56 (1), pp.113-168. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/psicl-2020-0004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociocultural gender in nominal classification: A study of grammatical gender</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiram Ring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indian Linguistics. Journal of the Linguistic Society of India</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 81 (1-2), pp.43-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Statistical Explanation of the Distribution of Sortal Classifiers in Languages of the World via Computational Classifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Quantitative Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 27 (2), pp.93-113. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09296174.2018.1523777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple introduction to programming and statistics with decision trees in R</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teaching Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/test.12210⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numeral base, numeral classifier, and noun: Word order harmonization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language and Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (4), pp.511-556. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/lali.00069.all⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolutionary trends of grammatical gender in Indo-Aryan languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dunn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Dynamics and Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (2), pp.211-240. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/22105832-bja10011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights on the Greenberg-Sanches-Slobin generalization: Quantitative typological data on classifiers and plural markers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Folia Linguistica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (2), pp.297-331. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/flin-2019-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Word order of numeral classifiers and numeral bases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bing-Tsiong Li</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STUF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 72 (3), pp.421-452. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/stuf-2019-0017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William B. McGregor & Søren Wichmann (eds.). 2018. The diachrony of classification systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Variation Yearbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (2), pp.386-392. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/lv.00012.tan⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dynamics of nominal classification: Productive and lexicalised uses of gender agreement in Mawng by Ruth Singer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceanic Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 57 (1), pp.255-260. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/ol.2018.0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The lexical and discourse functions of grammatical gender in Marathi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pär Eliasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of South Asian Languages and Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5 (2), pp.131-157. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/jsall-2018-0012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The coalescence of grammatical gender and numeral classifiers in the general classifier wota in Nepali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Kilarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Linguistic Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (1), pp.56. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3765/plsa.v3i1.4352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explaining the acquisition order of classifiers and measure words via their mathematical complexity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Child Language Acquisition and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (1), pp.31-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic and Phonological Distances in Free Word Association Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.-Ping Wan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chainwu Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Lexical Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14515, Springer Nature Singapore, pp.91-100, 2024, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-97-0586-3_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 8. Idéer une catégorie épicène et la matérialiser cohéremment dans la langue. Une nécessité épistémologique autant que politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patricia lemarchand; Muriel Salle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qu’une femme ? Catégories homme/femme : débats contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Matériologiques, pp.167-233, 2023, 978-2-37361-408-4. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edmat.lemar.2023.01.0169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical, pronominal and zero argument encoding in Movima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Haude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chamoreau, Claudine; Palancar, Enrique. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topicality and the shaping of grammar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolutionary trends of noun class systems in Atlantic languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neige Rochant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chundra Cathcart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Joint Conference on Language Evolution (JCoLE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Planck Institute for Psycholinguistics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.624-631, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classifiers in Southeast Asian languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Vittrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paul Sidwell and Jenny Mathias. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Languages and Linguistics of Mainland Southeast Asia: A comprehensive guide</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.733-772, 2021, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110558142-031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03047627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effect of Word Frequency and Position-in-Utterance in Mandarin Speech Errors: A Connectionist Model of Speech Production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.-Ping Wan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Meichun Liu, Chunyu Kit, Qi Su. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Lexical Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12278, Springer International Publishing, pp.491-500, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-81197-6_42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classifiers in Morphology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Kilarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mark Aronoff. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxford Research Encyclopedia of Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.1-28, 2021, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/acrefore/9780199384655.013.546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Speech Errors in Mandarin Based on Word Frequency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I-Ping Wan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From minimal contrast to meaning construct</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.289-303, 2020, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-32-9240-6_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linguistic Information in Word Embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Basirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agents and artificial intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.492-513, 2019, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-05453-3_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LiLA : Outil d'augmentation automatisée des données vocales participatives de Lingua Libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Prégaldiny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Marseille, France. pp.6-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05324762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoRéFO 0.1: Premières explorations pour le Corpus de Référence du Français Oral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LIFT2-2025 : Journées scientifiques du réseau thématique LIFT2 - linguistique informatique, formelle et de terrain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau thématique LIFT2, Oct 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topic modelling on archive documents from the 1970s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Cosemans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Grant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratan Sebastian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities Benelux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ukraine aujourd'hui, Taïwan demain ? Analyse critique du discours sur l’analogie entre Taiwan-Chine et Ukraine-Russie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e conférence de l’AFLiCo 9 Embodied and Ecolinguistic Approaches to Cognitive Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de linguistique cognitive (Aflico), May 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La variation du genre grammatical dans les parlers du Croissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Quint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The fourth meeting of the Croissant dialects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Saint-Amant-de-Boixe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Word order and areal patterns in South Asian numerals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamta Kumari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezequiel Koile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 57th Annual Meeting of the Societas Linguistica Europaea (SLE2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie veut se marier et Jacques veut apprendre le chinois : Analyses des stéréotypes de genre dans les manuels d’enseignement du chinois comme langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Décrire et enseigner les langues sous le prisme du genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collectif Giflex; Analyse et traitement informatique de la langue française (Atilf, Université de Lorraine); Etude du contemporain en littératures, langues, arts (Eclla, Université Jean Monnet), May 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical cluster analysis of 10 Bantu A80 languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tessa Vermeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emerging Topics in Typology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Letter shapes phonology: Feature economy and informativeness in 43 writing systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoolim Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Miton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 46th Annual Meeting of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolution of gender-differentiated kinship terms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olena Shcherbakova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Claessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maisy Hallam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Jordan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 15th International Conference Evolang</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Madison, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Wants to Get Married and Jack Wants to Learn Chinese: Gender Representation in Chinese as a foreign language Textbooks in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th biennial conference of the International Gender and Language Association (IGALA12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Queensland, Jul 2023, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Women, females or girls ? Synonyms of gendered compound words in Mandarin Chinese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Conference Lavender languages and linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Boise State University, Mar 2023, Boise, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A gender-blind French for both natural and grammatical gender, Freie Universität, Berlin, 1-2 juin 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grammatical gender and 'natural' gender: mapping and mismatches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Xavier Bach (Trinity College, University of Oxford), Louise Esher (CNRS LLACAN), Sascha Gaglia (Freie Universität Berlin), Jun 2023, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">i ! sang craché, voyelle de la pourpre/du rire/ de la colère souveraines. Une solution formelle pour penser hors de la catégorie de sexe&amp;quot;, Colloque international Monique Wittig: Twenty Years Later/Vingt ans après, Première Partie, Université de Berkeley, Californie, 17-18 mars 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monique Wittig: Twenty Years Later/Vingt ans après</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ty Blakeney, William M. Burton, Ilana Eloit, Mary Mussman, Carolina Topini, Agnès Vannouvong, Mar 2023, Berkeley (California), États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04180235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new epicenization solution for the French language, University College London 13-15 juin 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">F14 Challenging the binary: non-binary, genderqueer &amp; gender-neutral language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lily Kahn &amp; Riitta Valijarvi (UCL), Jun 2023, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gender-specific and neutral naming practice in Mandarin Chinese: A synchronic and diachronic view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium Dis/continuity in the representation of gender in names across languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nottingham Trent University, Sep 2023, Nottingham (GB), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ukraine Today, Taiwan Tomorrow? Critical discourse analysis on the analogy between Taiwan-China and Ukraine-Russia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th Natsa conference Resistance and resilience : repositioning Taiwan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, North american Taiwan studies association (Natsa); University of California, Jun 2023, Irvine, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La solution en &amp;quot;i&amp;quot; : une solution formelle pour penser hors de la catégorie de &amp;quot;sexe&amp;quot; en français, Atelier &amp;quot;ÉPICÉNIE NOW !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Congrès international sur les études de genre. No(s) Futur(s). Genre: bouleversements, utopies, impatiences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut du genre, Jul 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latrinalia, étude de graffitis dans les toilettes mixtes/non-mixtes de l’Université de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe Soares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Congrès international de l'Institut du genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut du genre (Université Toulouse Jean Jaurès); Structure collaborative de recherche sur les Approches pluridisciplinaires du genre (SCR Arpege), Jul 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating phonological theories with crowd-sourced data: The Inventory Size Hypothesis in the light of Lingua Libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th SIGMORPHON Workshop on Computational Research in Phonetics, Phonology, and Morphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Seattle, United States. pp.23-28, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2022.sigmorphon-1.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Languages Worldwide and the World Wide Web: Crowdsourcing on the Internet to Explore Linguistic Theories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Research Data and Human Sciences (DRDHum Conference 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Jyväskylä, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y'a une lèbre dans la cherbe : étude de la variation du genre dans les parlers du Croissant, d'après les données de l'ALF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Brun-Trigaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguelone Sauzet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3es Rencontres sur les Parlers du Croissant (RPC3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Boussac (Creuse), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03942670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Master’s Tools Will Never Dismantle the Master’s House. Présentation d’un projet structuré d’épicénisation du français pensé comme outil de rupture épistémologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscille Touraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'une femme?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Patricia Lemarchand &amp; Muriel Salle; Cluster Gender LS2N Université de Nantes, Nov 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03926344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowd-sourcing for Less-resourced Languages: Lingua Libre for Polish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Annual Meeting of the ELRA/ISCA Special Interest Group on Under-Resourced Languages (SIGUL 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.41-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting grammatical gender in Nakh languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesse Wichers Schreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Bellamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neige Rochant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55th Annual Meeting of the Societas Linguistica Europaea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bucharest “Iorgu Iordan – Al. Rosetti” Institute of Linguistics, Aug 2022, Bucharest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-lingual Embeddings Reveal Universal and Lineage-Specific Patterns in Grammatical Gender Assignment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hartger Veeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandrs Berdicevskis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Basirat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 24th Conference on Computational Natural Language Learning (CoNLL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Paris, France. pp.265-275, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/P17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Term spotting: A quick-and-dirty method for extracting typological features of language from grammatical descriptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Hammarström</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Selected contributions from the Eighth Swedish Language Technology Conference (SLTC-2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Göteborg, Sweden. pp.27-34, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3384/ecp184172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical and Morpho-syntactic Features in Word Embeddings - A Case Study of Nouns in Swedish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Basirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Special Session on Natural Language Processing in Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Funchal, France. pp.663-674, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006729606630674⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nominal classification in Asia and Oceania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Kilarski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Bemjamins; John Benjamins Publishing Company, 362, 2023, Current Issues in Linguistic Theory, 978-90-272-1437-9. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/cilt.362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A typology of classifiers and gender: From description to computation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Acta Universitatis Upsaliensis, 2019, 978-91-513-0507-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grammaire du français hors-sexe (la solution en i)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relevance of valence orientation for clustering three Niger-Congo language families</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Voisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02429737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId236"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marc Allassonnière-Tang </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">CNRS researcher at the lab Éco-Anthropologie [EA UMR7206] (CNRS/MNHN/UPCité)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internal order and areal patterns in South Asian numerals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamta Kumari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezequiel Koile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STUF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 78 (4), pp.699-724. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/stuf-2025-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05464367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The phonology of letter shapes: Feature economy and informativeness in 43 writing systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoolim Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Miton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Memory and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 142, pp.104620. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jml.2025.104620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04927116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolution of gender and number agreement in the noun phrase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olena Shcherbakova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Di Garbo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Typology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/lingty-2024-0072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Reflexemes’ – a first cross-linguistic insight into how and why reflexive constructions encode emotions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Stephenson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïa Ponsonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STUF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77 (1), pp.141-188. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/stuf-2024-2003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The meaning of morphomes: distributional semantics of Spanish stem alternations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borja Herce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Vanguard : a Multimodal Journal for the Language Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/lingvan-2023-0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolutionary dynamics of grammatical gender in Torricelli languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose A Jódar-Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STUF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77 (3), pp.353 - 369. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/stuf-2024-2010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vowel alternation with final i offers an easy-to-learn morphological option for a sex-blind grammatical gender in French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15, pp.13010475. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2024.1310475⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early humans out of Africa had only base-initial numerals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yung-Ping Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugene Chan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hung-Hsin Hsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanities and Social Sciences Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (1), pp.254. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/s41599-023-02506-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA80: A Lexical Database of 10 Bantu A80 Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tessa Y Vermeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Segerer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Open Humanities Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (42), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/johd.218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Network Structure Shapes Languages: Disentangling the Factors Driving Variation in Communicative Agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Josserand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière‐tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dediu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart de Boer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 48 (4), pp.e13439. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.13439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary pathways of complexity in gender systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olena Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Language Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jole/lzae001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic analyses for the origin of sortal classifiers in Mongolic, Tungusic, and Turkic languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhong-Liang Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shen-An Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concentric. Studies in Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 49 (2), pp.295-315. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/consl.00031.her⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apport des données participatives pour l’étude linguistique des français du monde : le cas de l’opposition /a∼ɑ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of French Language Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-24. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/s0959269523000200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A corpus-based quantitative study of numeral classifiers in Nepali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Parajuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpus Linguistics and Linguistic Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cllt-2022-0064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03987044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why we need a gradient approach to word order</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Levshina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savithry Namboodiripad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathew Kramer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Talamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ling-2021-0098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra- and inter-speaker variation in eight Russian fricatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalja Ulrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 153 (4), pp.2285-2297. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/10.0017827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring case paradigms in Koalib with computational classifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Quint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpus Linguistics and Linguistic Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cllt-2021-0028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03095796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Taiwanese Universities' Two-One Academic Dismissal Policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie-Wen Tsai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Educational Research and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (4), pp.79-112. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6925/SCJ.202212_18(4).0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting grammatical gender in Nakh languages: Three methods compared</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesse Wichers Schreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Bellamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neige Rochant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Typology at the Crossroads</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2 (2), pp.93-126. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6092/issn.2785-0943/14545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03911228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining numeral classifiers and identifying classifier languages of the world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Hammarström</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Vanguard : a Multimodal Journal for the Language Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/lingvan-2022-0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The noncausal/causal alternation and genealogical affiliation: Quantitative testing in three Niger-Congo language families</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Voisin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistique et Langues Africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Special issue on the noncausal-causal alternation in African languages, 8 (2), </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lla.4615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864516v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operation LiLi: Using Crowd-Sourced Data and Automatic Alignment to Investigate the Phonetics and Phonology of Less-Resourced Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (3), pp.234. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/languages7030234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the branching of Chinese classifier phrases: Evidence from speech perception and production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying-Chun Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nai-Shing Yen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chinese Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (1), pp.71-105. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/jcl.2021.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An empirical study on the contribution of formal and semantic features to the grammatical gender of nouns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Basirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandrs Berdicevskis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Vanguard : a Multimodal Journal for the Language Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7 (1), pp.20200048. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/lingvan-2020-0048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expansion by migration and diffusion by contact is a source to the global diversity of linguistic nominal categorization systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olof Lundgren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maja Robbers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Cronhamn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Larsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanities and Social Sciences Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8 (331), </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/s41599-021-01003-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03501149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing Semantic Dominance in Mian Gender: Three Machine Learning Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunstan Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Fedden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceanic Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 60 (2), pp.302-334. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/ol.2021.0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What conditions tone paradigms in Yukuna: Phonological and machine learning approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Lemus-Serrano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dediu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa a journal of general linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (1), pp.1-22. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/gjgl.1276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The diversity of classifier inventory in Mandarin dialects: A case study of Baoding.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Na Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faits de langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 52 (2), pp.115-132. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/19589514-05202001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syllable Complexity and Morphological Synthesis: A Well-Motivated Positive Complexity Correlation Across Subdomains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shelece Easterday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Stave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Seifart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.583. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2021.638659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying the Russian voiceless non-palatalized fricatives /f/, /s/, and /ʃ/ from acoustic cues using machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalja Ulrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dediu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 150 (3), pp.1806-1820. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/10.0005950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interindividual Variation Refuses to Go Away: A Bayesian Computer Model of Language Change in Communicative Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Josserand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dediu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.2176. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2021.626118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topic modelling on archive documents from the 1970s: global policies on refugees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Grant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratan Sebastian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Cosemans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Scholarship in the Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (4), pp.886-904. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/llc/fqab018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A corpus study of lexical speech errors in Mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I-Ping Wan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taiwan Journal of Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (2), pp.87-120. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6519/TJL.202107_19(2).0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolutionary trends of grammatical gender in Indo-Aryan languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dunn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Dynamics and Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (2), pp.211-240. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/22105832-bja10011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numeral base, numeral classifier, and noun: Word order harmonization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language and Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (4), pp.511-556. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/lali.00069.all⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple introduction to programming and statistics with decision trees in R</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teaching Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/test.12210⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Statistical Explanation of the Distribution of Sortal Classifiers in Languages of the World via Computational Classifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Quantitative Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 27 (2), pp.93-113. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09296174.2018.1523777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociocultural gender in nominal classification: A study of grammatical gender</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiram Ring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indian Linguistics. Journal of the Linguistic Society of India</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 81 (1-2), pp.43-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functions of gender and numeral classifiers in Nepali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Kilarski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poznan Studies in Contemporary Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 56 (1), pp.113-168. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/psicl-2020-0004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Word order of numeral classifiers and numeral bases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bing-Tsiong Li</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STUF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 72 (3), pp.421-452. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/stuf-2019-0017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights on the Greenberg-Sanches-Slobin generalization: Quantitative typological data on classifiers and plural markers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Folia Linguistica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (2), pp.297-331. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/flin-2019-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William B. McGregor & Søren Wichmann (eds.). 2018. The diachrony of classification systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Variation Yearbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (2), pp.386-392. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/lv.00012.tan⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dynamics of nominal classification: Productive and lexicalised uses of gender agreement in Mawng by Ruth Singer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceanic Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 57 (1), pp.255-260. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/ol.2018.0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The lexical and discourse functions of grammatical gender in Marathi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pär Eliasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of South Asian Languages and Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5 (2), pp.131-157. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/jsall-2018-0012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The coalescence of grammatical gender and numeral classifiers in the general classifier wota in Nepali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Kilarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Linguistic Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (1), pp.56. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3765/plsa.v3i1.4352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explaining the acquisition order of classifiers and measure words via their mathematical complexity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Child Language Acquisition and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (1), pp.31-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic and Phonological Distances in Free Word Association Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.-Ping Wan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chainwu Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Lexical Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14515, Springer Nature Singapore, pp.91-100, 2024, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-97-0586-3_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical, pronominal and zero argument encoding in Movima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Haude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chamoreau, Claudine; Palancar, Enrique. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topicality and the shaping of grammar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 8. Idéer une catégorie épicène et la matérialiser cohéremment dans la langue. Une nécessité épistémologique autant que politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patricia lemarchand; Muriel Salle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qu’une femme ? Catégories homme/femme : débats contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Matériologiques, pp.167-233, 2023, 978-2-37361-408-4. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edmat.lemar.2023.01.0169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolutionary trends of noun class systems in Atlantic languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neige Rochant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chundra Cathcart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Joint Conference on Language Evolution (JCoLE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Planck Institute for Psycholinguistics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.624-631, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classifiers in Morphology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Kilarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mark Aronoff. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxford Research Encyclopedia of Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.1-28, 2021, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/acrefore/9780199384655.013.546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effect of Word Frequency and Position-in-Utterance in Mandarin Speech Errors: A Connectionist Model of Speech Production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.-Ping Wan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Meichun Liu, Chunyu Kit, Qi Su. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Lexical Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12278, Springer International Publishing, pp.491-500, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-81197-6_42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classifiers in Southeast Asian languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Vittrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paul Sidwell and Jenny Mathias. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Languages and Linguistics of Mainland Southeast Asia: A comprehensive guide</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.733-772, 2021, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110558142-031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03047627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Speech Errors in Mandarin Based on Word Frequency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I-Ping Wan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From minimal contrast to meaning construct</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.289-303, 2020, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-32-9240-6_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linguistic Information in Word Embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Basirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agents and artificial intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.492-513, 2019, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-05453-3_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LiLA : Outil d'augmentation automatisée des données vocales participatives de Lingua Libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Prégaldiny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Lévêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Marseille, France. pp.6-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05324762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoRéFO 0.1: Premières explorations pour le Corpus de Référence du Français Oral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LIFT2-2025 : Journées scientifiques du réseau thématique LIFT2 - linguistique informatique, formelle et de terrain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau thématique LIFT2, Oct 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie veut se marier et Jacques veut apprendre le chinois : Analyses des stéréotypes de genre dans les manuels d’enseignement du chinois comme langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Décrire et enseigner les langues sous le prisme du genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collectif Giflex; Analyse et traitement informatique de la langue française (Atilf, Université de Lorraine); Etude du contemporain en littératures, langues, arts (Eclla, Université Jean Monnet), May 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Letter shapes phonology: Feature economy and informativeness in 43 writing systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoolim Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Miton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 46th Annual Meeting of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical cluster analysis of 10 Bantu A80 languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tessa Vermeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emerging Topics in Typology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Word order and areal patterns in South Asian numerals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamta Kumari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezequiel Koile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 57th Annual Meeting of the Societas Linguistica Europaea (SLE2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La variation du genre grammatical dans les parlers du Croissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Quint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The fourth meeting of the Croissant dialects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Saint-Amant-de-Boixe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ukraine aujourd'hui, Taïwan demain ? Analyse critique du discours sur l’analogie entre Taiwan-Chine et Ukraine-Russie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e conférence de l’AFLiCo 9 Embodied and Ecolinguistic Approaches to Cognitive Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de linguistique cognitive (Aflico), May 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolution of gender-differentiated kinship terms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olena Shcherbakova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Claessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maisy Hallam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Jordan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 15th International Conference Evolang</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Madison, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topic modelling on archive documents from the 1970s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Cosemans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Grant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratan Sebastian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities Benelux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">i ! sang craché, voyelle de la pourpre/du rire/ de la colère souveraines. Une solution formelle pour penser hors de la catégorie de sexe&amp;quot;, Colloque international Monique Wittig: Twenty Years Later/Vingt ans après, Première Partie, Université de Berkeley, Californie, 17-18 mars 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monique Wittig: Twenty Years Later/Vingt ans après</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ty Blakeney, William M. Burton, Ilana Eloit, Mary Mussman, Carolina Topini, Agnès Vannouvong, Mar 2023, Berkeley (California), États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04180235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A gender-blind French for both natural and grammatical gender, Freie Universität, Berlin, 1-2 juin 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grammatical gender and 'natural' gender: mapping and mismatches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Xavier Bach (Trinity College, University of Oxford), Louise Esher (CNRS LLACAN), Sascha Gaglia (Freie Universität Berlin), Jun 2023, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Wants to Get Married and Jack Wants to Learn Chinese: Gender Representation in Chinese as a foreign language Textbooks in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th biennial conference of the International Gender and Language Association (IGALA12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Queensland, Jul 2023, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Women, females or girls ? Synonyms of gendered compound words in Mandarin Chinese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Conference Lavender languages and linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Boise State University, Mar 2023, Boise, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new epicenization solution for the French language, University College London 13-15 juin 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">F14 Challenging the binary: non-binary, genderqueer &amp; gender-neutral language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lily Kahn &amp; Riitta Valijarvi (UCL), Jun 2023, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gender-specific and neutral naming practice in Mandarin Chinese: A synchronic and diachronic view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium Dis/continuity in the representation of gender in names across languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nottingham Trent University, Sep 2023, Nottingham (GB), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ukraine Today, Taiwan Tomorrow? Critical discourse analysis on the analogy between Taiwan-China and Ukraine-Russia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th Natsa conference Resistance and resilience : repositioning Taiwan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, North american Taiwan studies association (Natsa); University of California, Jun 2023, Irvine, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La solution en &amp;quot;i&amp;quot; : une solution formelle pour penser hors de la catégorie de &amp;quot;sexe&amp;quot; en français, Atelier &amp;quot;ÉPICÉNIE NOW !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Congrès international sur les études de genre. No(s) Futur(s). Genre: bouleversements, utopies, impatiences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut du genre, Jul 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latrinalia, étude de graffitis dans les toilettes mixtes/non-mixtes de l’Université de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Ci LI</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe Soares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Congrès international de l'Institut du genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut du genre (Université Toulouse Jean Jaurès); Structure collaborative de recherche sur les Approches pluridisciplinaires du genre (SCR Arpege), Jul 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y'a une lèbre dans la cherbe : étude de la variation du genre dans les parlers du Croissant, d'après les données de l'ALF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Brun-Trigaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguelone Sauzet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3es Rencontres sur les Parlers du Croissant (RPC3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Boussac (Creuse), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03942670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Languages Worldwide and the World Wide Web: Crowdsourcing on the Internet to Explore Linguistic Theories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Research Data and Human Sciences (DRDHum Conference 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Jyväskylä, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowd-sourcing for Less-resourced Languages: Lingua Libre for Polish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Annual Meeting of the ELRA/ISCA Special Interest Group on Under-Resourced Languages (SIGUL 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.41-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting grammatical gender in Nakh languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesse Wichers Schreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Bellamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neige Rochant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55th Annual Meeting of the Societas Linguistica Europaea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bucharest “Iorgu Iordan – Al. Rosetti” Institute of Linguistics, Aug 2022, Bucharest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Master’s Tools Will Never Dismantle the Master’s House. Présentation d’un projet structuré d’épicénisation du français pensé comme outil de rupture épistémologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscille Touraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'une femme?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Patricia Lemarchand &amp; Muriel Salle; Cluster Gender LS2N Université de Nantes, Nov 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03926344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating phonological theories with crowd-sourced data: The Inventory Size Hypothesis in the light of Lingua Libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Hutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th SIGMORPHON Workshop on Computational Research in Phonetics, Phonology, and Morphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Seattle, United States. pp.23-28, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2022.sigmorphon-1.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-lingual Embeddings Reveal Universal and Lineage-Specific Patterns in Grammatical Gender Assignment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hartger Veeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandrs Berdicevskis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Basirat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 24th Conference on Computational Natural Language Learning (CoNLL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Paris, France. pp.265-275, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/P17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Term spotting: A quick-and-dirty method for extracting typological features of language from grammatical descriptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Hammarström</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-Soon Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Selected contributions from the Eighth Swedish Language Technology Conference (SLTC-2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Göteborg, Sweden. pp.27-34, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3384/ecp184172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical and Morpho-syntactic Features in Word Embeddings - A Case Study of Nouns in Swedish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Basirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Special Session on Natural Language Processing in Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Funchal, France. pp.663-674, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006729606630674⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02529163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nominal classification in Asia and Oceania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Kilarski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Bemjamins; John Benjamins Publishing Company, 362, 2023, Current Issues in Linguistic Theory, 978-90-272-1437-9. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/cilt.362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A typology of classifiers and gender: From description to computation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Acta Universitatis Upsaliensis, 2019, 978-91-513-0507-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grammaire du français hors-sexe (la solution en i)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Marsolier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pris Touraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Allassonnière-Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relevance of valence orientation for clustering three Niger-Congo language families</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Voisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02429737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId236"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464367v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamta Kumari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezequiel Koile" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allassonni&#232;re-Tang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/stuf-2025-2021" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927116v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoolim Kim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Miton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jml.2025.104620" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212398v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Shcherbakova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Garbo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingty-2024-0072" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498198v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jole/lzae001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625492v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Herce" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2023-0010" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629525v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Stephenson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a Ponsonnet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/stuf-2024-2003" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778006v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose A J&#243;dar-S&#225;nchez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/stuf-2024-2010" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04599404v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=One-Soon Her" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yung-Ping Liang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Chan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung-Hsin Hsu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41599-023-02506-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625484v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Marsolier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pris Touraille" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2024.1310475" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639515v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Y Vermeir" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Segerer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/johd.218" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547802v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Josserand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allassonni&#232;re&#8208;tang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pellegrino" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dediu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart de Boer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13439" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071781v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalja Ulrich" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0017827" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082990v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Levshina" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savithry Namboodiripad" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathew Kramer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Talamo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2021-0098" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299068v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Hutin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0959269523000200" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299073v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhong-Liang Gao" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen-An Chen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/consl.00031.her" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987044v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Parajuli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cllt-2022-0064" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864516v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Robert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Voisin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lla.4615" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911228v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Wichers Schreur" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Bellamy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neige Rochant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6092/issn.2785-0943/14545" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840254v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Hammarstr&#246;m" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2022-0006" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946247v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie-Wen Tsai" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6925/SCJ.202212_18(4).0003" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095796v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Quint" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cllt-2021-0028" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778651v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages7030234" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435808v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.626118" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435803v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I-Ping Wan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6519/TJL.202107_19(2).0003" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435806v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Grant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratan Sebastian" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cosemans" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/llc/fqab018" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501149v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olof Lundgren" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Robbers" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Cronhamn" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Larsson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41599-021-01003-5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435801v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Basirat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandrs Berdicevskis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2020-0048" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018219v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Chun Chen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nai-Shing Yen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/jcl.2021.0003" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509042v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunstan Brown" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Fedden" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ol.2021.0018" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435804v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Lemus-Serrano" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.1276" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03172730v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na Song" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19589514-05202001" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435802v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelece Easterday" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Stave" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Seifart" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.638659" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435810v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0005950" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529120v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Kilarski" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/psicl-2020-0004" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435800v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiram Ring" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529126v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09296174.2018.1523777" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529129v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/test.12210" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018203v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lali.00069.all" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018208v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dunn" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22105832-bja10011" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529132v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/flin-2019-2013" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529136v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing-Tsiong Li" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/stuf-2019-0017" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529151v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lv.00012.tan" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529160v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ol.2018.0010" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529137v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#228;r Eliasson" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jsall-2018-0012" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529164v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/plsa.v3i1.4352" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018225v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625508v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.-Ping Wan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chainwu Lee" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-0586-3_8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124389v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edmat.lemar.2023.01.0169" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321761v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Haude" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771030v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chundra Cathcart" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pure.mpg.de/pubman/faces/ViewItemOverviewPage.jsp?itemId=item_3398549" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047627v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Vittrant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110558142-031" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435818v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-81197-6_42" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435814v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acrefore/9780199384655.013.546" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529149v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-32-9240-6_20" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529156v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-05453-3_23" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324762v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pr&#233;galdiny" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294506v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854092v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580566v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Ci LI" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854077v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854081v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594130v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854087v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Vermeir" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854083v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854102v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Claessens" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maisy Hallam" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Jordan" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580550v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580496v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193564v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180235v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193640v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580561v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580520v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193698v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580547v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Soares" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725715v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.sigmorphon-1.3" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887378v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03942670v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Brun-Trigaud" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelone Sauzet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926344v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Touraille" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706257v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905977v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018261v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartger Veeman" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/P17" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435822v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3384/ecp184172" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529163v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006729606630674" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299071v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/cilt.362" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890315v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205982v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429737v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464367v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamta Kumari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezequiel Koile" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allassonni&#232;re-Tang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/stuf-2025-2021" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927116v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoolim Kim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Miton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jml.2025.104620" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212398v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Shcherbakova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Garbo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingty-2024-0072" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629525v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Stephenson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a Ponsonnet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/stuf-2024-2003" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625492v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Herce" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2023-0010" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778006v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose A J&#243;dar-S&#225;nchez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/stuf-2024-2010" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625484v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Marsolier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pris Touraille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2024.1310475" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04599404v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=One-Soon Her" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yung-Ping Liang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Chan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung-Hsin Hsu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41599-023-02506-z" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639515v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Y Vermeir" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Segerer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/johd.218" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547802v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Josserand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allassonni&#232;re&#8208;tang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pellegrino" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dediu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart de Boer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13439" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498198v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jole/lzae001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299073v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhong-Liang Gao" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen-An Chen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/consl.00031.her" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299068v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Hutin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0959269523000200" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987044v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Parajuli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cllt-2022-0064" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082990v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Levshina" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savithry Namboodiripad" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathew Kramer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Talamo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2021-0098" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071781v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalja Ulrich" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0017827" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095796v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Quint" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cllt-2021-0028" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946247v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie-Wen Tsai" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6925/SCJ.202212_18(4).0003" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911228v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Wichers Schreur" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Bellamy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neige Rochant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6092/issn.2785-0943/14545" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840254v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Hammarstr&#246;m" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2022-0006" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864516v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Robert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Voisin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lla.4615" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778651v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages7030234" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018219v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Chun Chen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nai-Shing Yen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/jcl.2021.0003" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435801v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Basirat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandrs Berdicevskis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2020-0048" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501149v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olof Lundgren" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Robbers" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Cronhamn" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Larsson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41599-021-01003-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509042v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunstan Brown" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Fedden" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ol.2021.0018" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435804v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Lemus-Serrano" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.1276" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03172730v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na Song" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19589514-05202001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435802v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelece Easterday" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Stave" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Seifart" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.638659" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435810v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0005950" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435808v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.626118" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435806v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Grant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratan Sebastian" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cosemans" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/llc/fqab018" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435803v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I-Ping Wan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6519/TJL.202107_19(2).0003" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018208v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dunn" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22105832-bja10011" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018203v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lali.00069.all" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529129v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/test.12210" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529126v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09296174.2018.1523777" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435800v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiram Ring" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529120v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Kilarski" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/psicl-2020-0004" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529136v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing-Tsiong Li" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/stuf-2019-0017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529132v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/flin-2019-2013" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529151v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lv.00012.tan" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529160v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ol.2018.0010" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529137v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#228;r Eliasson" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jsall-2018-0012" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529164v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/plsa.v3i1.4352" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018225v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625508v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.-Ping Wan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chainwu Lee" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-0586-3_8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321761v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Haude" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124389v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edmat.lemar.2023.01.0169" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771030v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chundra Cathcart" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pure.mpg.de/pubman/faces/ViewItemOverviewPage.jsp?itemId=item_3398549" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435814v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acrefore/9780199384655.013.546" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435818v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-81197-6_42" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047627v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Vittrant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110558142-031" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529149v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-32-9240-6_20" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529156v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-05453-3_23" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324762v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pr&#233;galdiny" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294506v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594130v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Ci LI" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854083v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854087v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Vermeir" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854081v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854077v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580566v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854102v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Claessens" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maisy Hallam" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Jordan" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854092v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180235v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193564v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580550v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580496v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193640v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580561v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580520v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193698v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580547v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Soares" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03942670v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Brun-Trigaud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelone Sauzet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887378v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706257v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905977v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926344v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Touraille" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725715v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.sigmorphon-1.3" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018261v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartger Veeman" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/P17" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435822v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3384/ecp184172" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529163v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006729606630674" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299071v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/cilt.362" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890315v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205982v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429737v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>