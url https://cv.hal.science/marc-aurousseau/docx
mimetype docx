--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -66,2994 +66,2986 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation into the Ozone Reactivity during the O3 /O2 Flotation of Recovered Cellulosic Fiber: Does Ozone Affect the Papermaking Properties of Fibers?</w:t>
+                <w:t xml:space="preserve">Separation of Silver and Cellulosic Fibers for Recycling and Reuse of Printed Electronic Devices Components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ghorbel</w:t>
+                <w:t xml:space="preserve">Ramzi Khiari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Marlin</w:t>
+                <w:t xml:space="preserve">Nathalie Marlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Aurousseau</w:t>
+                <w:t xml:space="preserve">Denis Curtil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Boyer</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marc Aurousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenka Svecová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ozone: Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01919512.2020.1780904⟩</w:t>
+              <w:t xml:space="preserve">Recycling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (6), pp.201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/recycling10060201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03774633v1</w:t>
+                <w:t xml:space="preserve">hal-05562750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioconversion of Lignocellulosic Biomass to Fermentable Sugars by Immobilized Magnetic Cellulolytic Enzyme Cocktails</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation into the Ozone Reactivity during the O3 /O2 Flotation of Recovered Cellulosic Fiber: Does Ozone Affect the Papermaking Properties of Fibers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laishram Santhalembi</w:t>
+                <w:t xml:space="preserve">A. Ghorbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Mortha</w:t>
+                <w:t xml:space="preserve">N. Marlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Aurousseau</w:t>
+                <w:t xml:space="preserve">M. Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Boyer</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 34 (22), pp.6546-6555. </w:t>
+              <w:t xml:space="preserve">Ozone: Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 43 (3), pp.228-238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.8b00976⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01919512.2020.1780904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03773101v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03774633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production, Partial Purification and Characterization of Enzyme Cocktail from Trichoderma citrinoviride AUKAR04 Through Solid-State Fermentation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Bioconversion of Lignocellulosic Biomass to Fermentable Sugars by Immobilized Magnetic Cellulolytic Enzyme Cocktails</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karthik Periyasamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laishram Santhalembi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Mortha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Agnès Guillet</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arabian Journal for Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13369-016-2110-x⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34 (22), pp.6546-6555. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.8b00976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03327086v1</w:t>
+                <w:t xml:space="preserve">hal-03773101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Modeling of an Activated Sludge Process: Case Study on Paper Mill Effluents</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Production, Partial Purification and Characterization of Enzyme Cocktail from Trichoderma citrinoviride AUKAR04 Through Solid-State Fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Karthik Periyasamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laishram Santhalembi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Mortha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aurousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Agnès Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1061/(ASCE)EE.1943-7870.0001105⟩</w:t>
+              <w:t xml:space="preserve">Arabian Journal for Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (1), pp.53-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13369-016-2110-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01246332v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03327086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An efficient activated sludge model for operator support in paper mill wastewater treatment plants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Dynamic Modeling of an Activated Sludge Process: Case Study on Paper Mill Effluents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Engineering and Management Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Environmental Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 142 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/(ASCE)EE.1943-7870.0001105⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00939170v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01246332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of pH and ionic strength on the electrical charge and particle size distribution of starch nanocrystal suspensions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">An efficient activated sludge model for operator support in paper mill wastewater treatment plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Cadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Mauret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Starch/Stärke</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Environmental Engineering and Management Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 14 (5), pp.1111-1123</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05111478v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00939170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasonic assisted cross-flow ultrafiltration of starch and cellulose nanocrystals suspensions: Characterization at multi-scales</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of pH and ionic strength on the electrical charge and particle size distribution of starch nanocrystal suspensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Hengl</w:t>
+                <w:t xml:space="preserve">Ahlem Romdhane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aurousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Baup</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evelyne Mauret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2015.01.073⟩</w:t>
+              <w:t xml:space="preserve">Starch/Stärke</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 67 (3-4), pp.319-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/star.201400181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02006240v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05111478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SFGP 2013 Conference Special Issue: The chemical engineering sciences for a sustainable industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Aurousseau</w:t>
+                <w:t xml:space="preserve">Ultrasonic assisted cross-flow ultrafiltration of starch and cellulose nanocrystals suspensions: Characterization at multi-scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Jin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Hengl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belkacem Benadda</w:t>
+                <w:t xml:space="preserve">S. Baup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Jallut</w:t>
+                <w:t xml:space="preserve">F. Pignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Francois Joly</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">N. Gondrexon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Chemical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 93 (2), pp.175-175. </w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 124, pp.66-76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cjce.22131⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2015.01.073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02096996v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02006240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">innovative ozone/oxygen reactive flotation for paper deinking</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SFGP 2013 Conference Special Issue: The chemical engineering sciences for a sustainable industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aurousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Marlin</w:t>
+                <w:t xml:space="preserve">Belkacem Benadda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filipe Almeida</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Aurousseau</w:t>
+                <w:t xml:space="preserve">C. Jallut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Herisson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Davide Beneventi</w:t>
+                <w:t xml:space="preserve">Jean-Francois Joly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ozone: Science and Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Canadian Journal of Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 93 (2), pp.175-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cjce.22131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01919512.2013.795852⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00907837v1</w:t>
+                <w:t xml:space="preserve">hal-02096996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treatment of bagasse preparation effluent by Phanerochaete chrysosporium immobilized on polyurethane foam: Enzyme production versus pollution removal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">innovative ozone/oxygen reactive flotation for paper deinking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Sharari</w:t>
+                <w:t xml:space="preserve">Filipe Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Roohani</w:t>
+                <w:t xml:space="preserve">Alexandre Herisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Jahan Latibari</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Davide Beneventi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2013.02.001⟩</w:t>
+              <w:t xml:space="preserve">Ozone: Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 35, pp.381-389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01919512.2013.795852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05122885v1</w:t>
+                <w:t xml:space="preserve">hal-00907837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Copper cementation on zinc and iron mixtures: Part 2: Fluidized bed configuration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Treatment of bagasse preparation effluent by Phanerochaete chrysosporium immobilized on polyurethane foam: Enzyme production versus pollution removal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sharari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Roohani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Gros</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A. Jahan Latibari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrometallurgy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46, pp.226-233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2013.02.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02046881v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05122885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper cementation on zinc and iron mixtures: Part 1: Results on rotating disc electrode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Baup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrometallurgy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 106 (1-2), pp.127-133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02046882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the white rot fungus Phanerochaete chrysosporium in biotreatment of bagasse effluent</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Copper cementation on zinc and iron mixtures: Part 2: Fluidized bed configuration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Baup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biodegradation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Hydrometallurgy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 106 (1-2), pp.119-126</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05129684v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrodynamics and recovered papers deinking in an ozone flotation column</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Filipe Almeida</w:t>
+                <w:t xml:space="preserve">Application of the white rot fungus Phanerochaete chrysosporium in biotreatment of bagasse effluent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sharari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jahan Latibari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Aurousseau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Marlin</w:t>
+                <w:t xml:space="preserve">M. Aurousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Mouhamadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biodegradation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 22 (2), pp.421-430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10532-010-9415-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00511752v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05129684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intensified recovery of copper in solution: Cementation onto iron in fixed or fluidized bed under electromagnetic field</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Hydrodynamics and recovered papers deinking in an ozone flotation column</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filipe Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Beneventi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Curtil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 47 (3), pp.295-302. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 48, pp.1517-1526</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cep.2007.01.002⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00333854v1</w:t>
+                <w:t xml:space="preserve">hal-00511752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrodynamic study of a liquid/solid fluidized bed under transverse electromagnetic field</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Intensified recovery of copper in solution: Cementation onto iron in fixed or fluidized bed under electromagnetic field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Baup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powder Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.powtec.2007.07.018⟩</w:t>
+              <w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 47 (3), pp.295-302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cep.2007.01.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00333860v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00333854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk Analysis on a Fuel Cell in Electric Vehicle Using the MADS/MOSAR Methodology</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">L. Perrin</w:t>
+                <w:t xml:space="preserve">Hydrodynamic study of a liquid/solid fluidized bed under transverse electromagnetic field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Baup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Process Safety and Environmental Protection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1205/psep06023⟩</w:t>
+              <w:t xml:space="preserve">Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 183 (2), pp. 152-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.powtec.2007.07.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00275285v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00333860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paper Mill Wastewater Treatment: Off-line Measurement Correlations for monitoring</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Risk Analysis on a Fuel Cell in Electric Vehicle Using the MADS/MOSAR Methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Aurousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cindy Bassompierre</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Catherine Cadet</w:t>
+                <w:t xml:space="preserve">P. Ozil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Béteau</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Engineering and Management Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Process Safety and Environmental Protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 85 (Issue B3), pp.241-250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1205/psep06023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00112531v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00275285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récupération intensifiée de métaux en solution : cémentation en lit fixe ou fluidisé sous champ électromagéntique</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Paper Mill Wastewater Treatment: Off-line Measurement Correlations for monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Bassompierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Cadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Béteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Récents Progrès en Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 92, pp.CD-ROM ISBN 2-910239-66-7 Ed Lavoisier</w:t>
+              <w:t xml:space="preserve">Environmental Engineering and Management Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 5 (3), pp.285-296</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00014470v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00112531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of a cementation process by ultrasound : case of the cadmium-zinc couple at a RDE</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">P. Ozil</w:t>
+                <w:t xml:space="preserve">Récupération intensifiée de métaux en solution : cémentation en lit fixe ou fluidisé sous champ électromagéntique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Baup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 35 (3), pp.249-258</w:t>
+              <w:t xml:space="preserve">Récents Progrès en Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 92, pp.CD-ROM ISBN 2-910239-66-7 Ed Lavoisier</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00196911v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00014470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Procédé électrochimique pour la décoloration de vieux papiers par du peroxyde d'hydrogène</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Bourgeois</w:t>
+                <w:t xml:space="preserve">Improvement of a cementation process by ultrasound : case of the cadmium-zinc couple at a RDE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.T. Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Aurousseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Marlin</w:t>
+                <w:t xml:space="preserve">M. Aurousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ozil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Récents Progrès en Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 92, pp.CD-ROM ISBN 2-910239-66-7, article C14</w:t>
+              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 35 (3), pp.249-258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00014424v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00196911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cementation and corrosion at a RDE : Changes in flow and transfert phenomena induced by surfaces roughness</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">P. Ozil</w:t>
+                <w:t xml:space="preserve">Procédé électrochimique pour la décoloration de vieux papiers par du peroxyde d'hydrogène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aurousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marlin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, pp.1269-1277</w:t>
+              <w:t xml:space="preserve">Récents Progrès en Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 92, pp.CD-ROM ISBN 2-910239-66-7, article C14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00475102v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00014424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silver-Platinum Bimetallic Catalysts for Oxygen Cathodes in Chlor-alkali Electrolysis: Comparison with Pure Platinum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marian Chatenet</w:t>
+                <w:t xml:space="preserve">Cementation and corrosion at a RDE : Changes in flow and transfert phenomena induced by surfaces roughness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Alemany-Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Aurousseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Robert Durand</w:t>
+                <w:t xml:space="preserve">M. Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Andolfatto</w:t>
+                <w:t xml:space="preserve">F. Lapique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ozil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, pp.1269-1277</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00418019v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00475102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen reduction on silver catalysts in solutions containing various concentrations of sodium hydroxide - comparison with platinum</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Silver-Platinum Bimetallic Catalysts for Oxygen Cathodes in Chlor-alkali Electrolysis: Comparison with Pure Platinum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Chatenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aurousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Géniès-Bultel</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Robert Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Andolfatto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1023/A:1021231503922⟩</w:t>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 150 (3), pp. D47-D55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/1.1540063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00418100v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00418019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cementation and corrosion at a RDE: Changes in flow and transfer phenomena induced by surface roughness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Alemany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lapicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Ozil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 32, pp.1269-1278</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3072,357 +3064,499 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02052759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical measurement of the oxygen diffusivity and solubility in concentrated alkaline media on rotating ring-disk and disk electrodes—application to industrial chlorine-soda electrolyte</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Oxygen reduction on silver catalysts in solutions containing various concentrations of sodium hydroxide - comparison with platinum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Chatenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Géniès-Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Andolfatto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0013-4686(00)00325-X⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 32 (10), pp. 1131-1140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/A:1021231503922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00418264v1</w:t>
+                <w:t xml:space="preserve">hal-00418100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Methods for Gas Diffusivity and Solubility Determination in Extreme Media: Application to Molecular Oxygen in an Industrial Chlorine−Soda Electrolyte</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Electrochemical measurement of the oxygen diffusivity and solubility in concentrated alkaline media on rotating ring-disk and disk electrodes—application to industrial chlorine-soda electrolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Chatenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 45 (17), pp. 2823-2827. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0013-4686(00)00325-X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ie000044g⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00418265v1</w:t>
+                <w:t xml:space="preserve">hal-00418264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of NOx Scrubbing by Ceric Solutions: Oxidation of Nitrous Acid by Ce(IV) Species in Acidic Solutions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Comparative Methods for Gas Diffusivity and Solubility Determination in Extreme Media: Application to Molecular Oxygen in an Industrial Chlorine−Soda Electrolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Chatenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Storck</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 39, pp. 3083-3089. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ie000044g⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00418265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation of NOx Scrubbing by Ceric Solutions: Oxidation of Nitrous Acid by Ce(IV) Species in Acidic Solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aurousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Lapicque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Storck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 1994, 33 (2), pp.191-196. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ie00026a003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05180183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3432,1899 +3566,1899 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une économie circulaire - Récupération de l'argent issu du recyclage des appareils électroniques imprimés sur des substrats cellulosiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramzi Khiari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenka Svecova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Curtil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Interdisciplinaire sur l'Économie Circulaire 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04813370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights on the ozone reactive flotation: fundamental study using virgin fibers to model recovered cellulosic fibers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Ghorbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th European Congress of Chemical Engineering - ECCE 12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04124145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle application de la flottation réactive à l'ozone appliquée au désencrage des papiers de bureau : étude fondamentale sur un modèle à base de fibres cellulosiques vierges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Ghorbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CODEGEPRA, Nov 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05005618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takács model validation to predict sludge blanket height in secondary clarifiers of activated sludge process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leporcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Choubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFGP 2009 - 13ème congrès de la Société française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00432296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ozone reactive flotation to upgrade recovered cellulosic fibres and towards environmentally friendly rejects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Beneventi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filipe Almeida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème Congrès de la Société Française de Génie des Procédés (SFGP 2009)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00455132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l'utilisation de l'ozone en vue de la valorisation des fibres cellulosiques de récupération et des rejets du recyclage (boues et effluents)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filipe Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Beneventi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marlin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Génie des Procédés au Service de l'Environnement - Enjeux et Défis. 10ème Journées Cathala-Lefort</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00507309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du traitement à boues activées pour les effluents papetiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Bassompierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Beteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Guillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Congrès sur les Sciences et Techniques de l'Information et de la Communication pour l'Environnement (STIC &amp; Environnement)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00292764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An accurate model to enhance papermill wastewater treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Béteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Bassompierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFGP 2007 - 11ème congrès de la Société française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Saint-Etienne, France. 8 p;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00361006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluidisation liquide/solide sous champ électromagnétique : caractérisation et application à la cémentation électrochimique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Baup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème Congrès de la Société Française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Saint Etienne, France. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00292213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paper mill wastewater treatment: model design and validation on pilot plant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Béteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Bassompierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAB 2007 - 10th IFAC Symposium on Computer Application in Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Cancun, Mexico. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3182/20070604-3-MX-2914.00066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00360994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an integrated co-operative supervision system for activated sludge processes optimisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Bassompierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Béteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Guillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Advanced Control of Chemical Processes, ADCHEM'06</w:t>
+              <w:t xml:space="preserve">ADCHEM 2006 - International Symposium on Advanced Control of Chemical Processes, ADCHEM'06</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Gramado, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00021623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A semi-industrial pilot for paper mill treatment improvement: an innovative conception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Bassompierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Béteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd ISETPP International Non-Wood Fiber Pulping &amp; Papermaking Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2006, Guangzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00361003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation d'un pilote modulable à une configuration industrielle : réglage des paramètres hydrodynamiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Adaptation d'un pilote modulaboe à une configuration industrielle : réglage des paramètres hydrodynamiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Bassompierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aurousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Beteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique du CODEGEPRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2005, Saint Etienne, France</w:t>
+              <w:t xml:space="preserve">10ème Congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00198613v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00198620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation d'un pilote modulaboe à une configuration industrielle : réglage des paramètres hydrodynamiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Adaptation d'un pilote modulable à une configuration industrielle : réglage des paramètres hydrodynamiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Bassompierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Derlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Cadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Aichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée Scientifique du CODEGEPRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2005, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00198620v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00198613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A tool to improve study and supervision of activated sludge processes: a modular, instrumented, supervised semi-industrial pilot.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Bassompierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Derlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Aïchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Franco-Chinese Workshop on Bioremediation of Contaminants in the Water and Soil Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2005, Guangzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00112534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cementation in fluidized bed under transverse electromagnetic field : case of monocomponent bed or mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mokhtari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Baup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th European Symposium on Electrochemical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00198686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5334,370 +5468,370 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flottation réactive à l'ozone appliquée au désencrage de papiers de bureau : étude fondamentale sur un modèle à base de fibres cellulosiques vierges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Ghorbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique du Codegepra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04417978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réactivité de l’ozone dans une colonne de flottation au cours de l’opération de désencrage de fibres cellulosiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Ghorbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Mourraut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème Congrès de la SFGP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04125499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une validation du modèle de Takacs pour la prévision de l'évolution du voile de boue en décanteurs secondaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Leporcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Choubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence SFGP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Marseille, France. pp.1, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02594693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5707,158 +5841,158 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross flow microfiltration of starch nanocrystal suspensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahlem Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Mauret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian Journal of Chemical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 93 (2), pp.412-418, 2014, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cjce.22092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05111455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5868,151 +6002,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FUTURPROD - Les systèmes de production du futur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ballot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Brissaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Caroly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] 11 ANIM 016 01, ANR. 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01302714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6022,114 +6156,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude d'un procédé électrochimique de dépollution d'effluents gazeux contenant du dioxyde de soufre et des oxydes d'azote, par voie directe ou indirecte à l'aide du couple Redox Ce(III)/Ce(IV)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aurousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Institut National Polytechnique de Lorraine, 1994. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 1994INPL138N⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01751734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId159"/>
+      <w:footerReference w:type="default" r:id="rId162"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6276,51 +6410,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774633v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghorbel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Marlin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aurousseau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boyer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01919512.2020.1780904" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773101v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Periyasamy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laishram Santhalembi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mortha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aurousseau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Boyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b00976" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327086v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Guillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13369-016-2110-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246332v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cadet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)EE.1943-7870.0001105" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939170v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05111478v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Romdhane" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Mauret" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/star.201400181" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CXLG09N1-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006240v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hengl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baup" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pignon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gondrexon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2015.01.073" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6JXRV0RN-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096996v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Benadda" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jallut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Joly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.22131" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-51RZ8CG8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907837v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marlin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Almeida" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Herisson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Beneventi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01919512.2013.795852" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05122885v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sharari" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roohani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jahan Latibari" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2013.02.001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B6S73NHV-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046881v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gros" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046882v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05129684v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mouhamadou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10532-010-9415-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BTZLHDQR-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511752v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Curtil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333854v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gros" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baup" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2007.01.002" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PTXF4WT0-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333860v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2007.07.018" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RSXQTVBF-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275285v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bultel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ozil" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Perrin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1205/psep06023" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112531v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Bassompierre" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois B&#233;teau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014470v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Baup" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196911v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.T. Pham" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014424v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bourgeois" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475102v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Alemany-Dumont" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapique" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418019v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Chatenet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Durand" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Andolfatto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.1540063" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418100v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence G&#233;ni&#232;s-Bultel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1021231503922" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HL8KGFKP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Alemany" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapicque" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418264v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0013-4686(00)00325-X" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6SXZFKC6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418265v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie000044g" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-ZXN8FTLR-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180183v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lapicque" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Storck" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie00026a003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813370v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Khiari" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Svecova" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04124145v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ghorbel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05005618v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432296v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Leporcq" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Choubert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455132v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507309v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292764v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Beteau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361006v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292213v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360994v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20070604-3-MX-2914.00066" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021623v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361003v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198613v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Derlon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Aichi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198620v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112534v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Derlon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed A&#239;chi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198686v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mokhtari" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04417978v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125499v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mourraut" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594693v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leporcq" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cadet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05111455v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.22092" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZTNRSWV8-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01302714v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ballot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brissaud" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Caroly" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01751734v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1994INPL138N" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05562750v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Khiari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marlin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Curtil" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aurousseau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Svecov&#225;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/recycling10060201" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774633v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghorbel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Marlin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aurousseau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01919512.2020.1780904" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773101v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Periyasamy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laishram Santhalembi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mortha" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Boyer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b00976" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327086v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Guillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13369-016-2110-x" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246332v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cadet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)EE.1943-7870.0001105" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939170v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05111478v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Romdhane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Mauret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/star.201400181" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CXLG09N1-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006240v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hengl" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baup" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pignon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gondrexon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2015.01.073" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6JXRV0RN-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096996v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Benadda" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jallut" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Joly" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.22131" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-51RZ8CG8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907837v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Almeida" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Herisson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Beneventi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01919512.2013.795852" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05122885v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sharari" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roohani" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jahan Latibari" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2013.02.001" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B6S73NHV-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046882v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gros" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046881v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05129684v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mouhamadou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10532-010-9415-3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BTZLHDQR-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511752v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333854v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gros" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baup" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2007.01.002" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PTXF4WT0-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333860v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2007.07.018" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RSXQTVBF-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275285v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bultel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ozil" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Perrin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1205/psep06023" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112531v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Bassompierre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois B&#233;teau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014470v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Baup" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196911v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.T. Pham" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014424v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bourgeois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475102v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Alemany-Dumont" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapique" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418019v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Chatenet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Durand" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Andolfatto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.1540063" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Alemany" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapicque" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418100v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence G&#233;ni&#232;s-Bultel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1021231503922" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HL8KGFKP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418264v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0013-4686(00)00325-X" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6SXZFKC6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418265v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie000044g" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-ZXN8FTLR-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180183v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lapicque" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Storck" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie00026a003" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813370v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Svecova" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04124145v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ghorbel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05005618v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432296v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Leporcq" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Choubert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455132v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507309v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292764v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Beteau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361006v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292213v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360994v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20070604-3-MX-2914.00066" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021623v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361003v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198620v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198613v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Derlon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Aichi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112534v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Derlon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed A&#239;chi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198686v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mokhtari" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04417978v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125499v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mourraut" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594693v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leporcq" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cadet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05111455v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.22092" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZTNRSWV8-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01302714v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ballot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brissaud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Caroly" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01751734v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1994INPL138N" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>