--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marc Bartoli </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">marc-bartoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-3339-9858</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">157731502</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (94)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zinc binding to a conserved cysteine motif in STIM1 promotes clustering and SOCE activation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktoriia Baksheeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Beaumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Ferracci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Communication and Signaling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2025.06.12.659323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05370244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zinc binding to a conserved motif in STIM1 induces clustering and SOCE activation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktoriia E. Baksheeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Beaumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Ferracci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Communication and Signaling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 23 (1), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12964-025-02499-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05467116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Store-operated calcium entry dysfunction in CRAC channelopathy: Insights from a novel STIM1 mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cintas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dellis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Thèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 265, pp.110306. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.clim.2024.110306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System-level analysis of genes mutated in muscular dystrophies reveals a functional pattern associated with muscle weakness distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozan Ozisik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Baudot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (1), pp.11225. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-024-60761-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knockdown of calpain1 in lumbar motoneurons reduces spasticity after spinal cord injury in adult rats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Kerzonkuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Verneuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Brocard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nejada Dingu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Trouplin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymthe.2024.01.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04483886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoxyl sulfate inhibits muscle cell differentiation via Myf6/MRF4 and MYH2 downregulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislas Bataille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mckay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Koppe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Beau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 39 (1), pp.103-113. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ndt/gfad123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing diagnosis of neuromuscular diseases by high-through-put sequencing: Genetic characterization and classification of sequence variants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rochdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Delague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Nahili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 558 (1), </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cca.2024.118269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04930457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transthyretin amyloid polyneuropathy in France: A cross-sectional study with 413 patients and real-world tafamidis meglumine use (2009–2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cintas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Solé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Labeyrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Neurologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 180 (7), pp.661-672. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurol.2024.02.393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Dysferlin Exon 32 Nonsense Mutant Mouse Model Shows Pathological Signs of Dysferlinopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Ballouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chapoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedicines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (5), pp.1438. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biomedicines11051438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imbalance of NRG1-ERBB2/3 signalling underlies altered myelination in Charcot–Marie–Tooth disease 4H</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara El-Bazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Ghata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clothilde Esteve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Gadacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Quintana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awac402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanisms of myostatin and activin A accumulation in chronic kidney disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislas Bataille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Dou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Sallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Aniort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (7), pp.1249-1260. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ndt/gfac136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Exon-Skipping Therapeutic Approach for the DMD Gene Based on Asymptomatic Deletions of Exon 49</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Abaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany Busa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Grelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (7), </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/genes13071277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03780226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of novel mutations by targeted NGS in Moroccan families clinically diagnosed with a neuromuscular disorder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Rochdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymane Bouzidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 524, pp.51-58. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cca.2021.11.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic Profile of Patients with Limb-Girdle Muscle Weakness in the Chilean Population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricio Gonzalez-Hormazabal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Abaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Puppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (6), </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/genes13061076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03780367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altered action potential waveform and shorter axonal initial segment in hiPSC-derived motor neurons with mutations in VRK1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil Rihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Quintana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara El-Bazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bernard-Marissal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 164, pp.105609. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2021.105609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imbalance of NRG1-ERBB2/3 signalling underlies altered myelination in Charcot–Marie–Tooth disease 4H</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara El-Bazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Ghata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clothilde Esteve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Gadacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Quintana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awac402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03977684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altered action potential waveform and shorter axonal initial segment in hiPSC-derived motor neurons with mutations in VRK1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil Rihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Quintana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara El-Bazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bernard-Marissal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 164, pp.105609. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2021.105609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objective evaluation of clinical actionnability for genes involved in myopathies: 51 promising genes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Vecten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Juntas Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Sternberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Rendu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Human Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, European Joural of Human Genetics, 30 (SUPPL 1, 1), pp.306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objective Evaluation of Clinical Actionability for Genes Involved in Myopathies: 63 Genes with a Medical Value for Patient Care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Vecten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Juntas Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Sternberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (15), pp.8506. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms23158506⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commentary: Long-Term Exercise Reduces Formation of Tubular Aggregates and Promotes Maintenance of Ca2+ Entry Units in Aged Muscle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salvi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Maues de Paula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Levy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahram Attarian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphys.2021.663677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel bi-allelic loss-of-function mutation in STIM1 expands the phenotype of STIM1-related diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salvi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skrypnyk Cristina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Andoni Urtizberea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bakhiet Moiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184458v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Dysferlin Transcript Containing the Alternative Exon 40a is Essential for Myocyte Functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Ballouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Kergourlay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcell.2021.754555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03660761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrospective analysis and reclassification of DYSF variants in a large French series of dysferlinopathy patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Charnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Blanck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Riccardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (8), pp.1574-1577. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41436-021-01164-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrospective analysis and reclassification of DYSF variants in a large French series of dysferlinopathy patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Charnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Blanck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Riccardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (8), pp.1574 - 1577. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41436-021-01164-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03667258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel CAPN3 variant associated with an autosomal dominant calpainopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Salort-Campana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salvi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Cintas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropathology and Applied Neurobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nan.12624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02901906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Splicing impact of deep exonic missense variants in CAPN3 explored systematically by minigene functional assay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Dionnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Defour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salvi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Levy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 41 (10), pp.1797-1810. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.24083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refining NGS diagnosis of muscular disorders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Salort-Campana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Sevy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bonello-Palot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, jnnp-2018-319254. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jnnp-2018-319254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new tool CovReport generates easy-to-understand sequencing coverage summary for diagnostic reports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Gorokhov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Mortreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Riccardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.6247. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-63079-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02749937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRISP(R)ation musculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Ballouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Levy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 36 (4), pp.358-366. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2020081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02901910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension of the phenotypic spectrum of GLE1 ‐related disorders to a mild congenital form resembling congenital myopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Di Meglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Albertini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Audic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Riccardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Genetics &amp; Genomic Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (8), </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mgg3.1277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methylation hotspots evidenced by deep sequencing in patients with facioscapulohumeral dystrophy and mosaicism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Broucqsault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Laberthonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurology Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 5 (6), pp.e372. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1212/NXG.0000000000000372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss of Cajal Bodies in Motor Neurons from patients with novel mutations in VRK1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara El-Bazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil Rihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bernard-Marissal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Chouery-Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddz060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction of pseudoexon splicing caused by a novel intronic dysferlin mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janice Dominov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Özgün Uyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Mckenna‐yasek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babi Ramesh Reddy Nallamilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Kergourlay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Clinical and Translational Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (4), pp.642-654. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/acn3.738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tumor protein 53-induced nuclear protein 1 deficiency alters mouse gastrocnemius muscle function and bioenergetics in vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Warnez-Soulie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Macia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Pecchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physiological Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (10), pp.e14055. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14814/phy2.14055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02075571v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muscle Cells Fix Breaches by Orchestrating a Membrane Repair Ballet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Defour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuromuscular Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5 (1), pp.21 - 28. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JND-170251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01717649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VarAFT: a variant annotation and filtration system for human next generation sequencing data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Miltgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46 (W1), pp.W545-W553. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gky471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01852493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic Characterization of a French Cohort of GNE-mutation negative inclusion body myopathy patients with exome sequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Laforet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Ben Yaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Salort-Campana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muscle &amp; Nerve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 56, pp.993-997. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mus.25638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01741741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the eosinophilic myositis caused by CAPN3 mutations on a mouse model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Warnez-Soulie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Giannesini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Malissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromuscular Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27 (2), pp.S143-S144. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nmd.2017.06.185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A codon-optimized Mecp2 transgene corrects breathing deficits and improves survival in a mouse model of Rett syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Matagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Ehinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Saidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Borges-Correia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Barkats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 99, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2016.12.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01426386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular combing reveals complex 4q35 rearrangements in Facioscapulohumeral dystrophy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Puppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlene Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 38 (10), pp.1432 - 1441. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.23304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01614514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical heterogeneity and phenotype/genotype findings in 5 families with &ITGYG1&IT deficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Ben Yaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nelson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia R. Dahlqvist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gaist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurology Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 3 (6), pp.e208. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1212/NXG.0000000000000208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010378v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving molecular diagnosis of distal myopathies by targeted next-generation sequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Sevy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Dionnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 87 (3), pp.340-U116. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jnnp-2014-309663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01469052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coverage analysis of lists of genes involved in heterogeneous genetic diseases following benchtop exome sequencing using the ion proton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pecheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 95 (1), pp.203-208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01469051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Segregation between SMCHD1 mutation, D4Z4 hypomethylation and Facio-Scapulo-Humeral Dystrophy: a case report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Puppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Campana Salort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 17, pp.66. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12881-016-0328-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01378417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical massively parallel sequencing for the diagnosis of myopathies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Biancalana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Neurologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 171 (6-7), pp.558-571. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurol.2015.02.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low penetrance in facioscapulohumeral muscular dystrophy type 1 with large pathological D4Z4 alleles: a cross-sectional multicenter study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Salort Campana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaelle Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Jouve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Solé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10, pp.2. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13023-014-0218-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment on: A novel dysferlin-mutant pseudoexon bypassed with antisense oligonucleotides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Kergourlay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Blanck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Clinical and Translational Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2 (7), pp.783-784. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/acn3.216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing targeted exome and whole exome approaches for genetic diagnosis of neuromuscular disorders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied &amp; Translational Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7, pp.26-31. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atg.2015.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exon 32 Skipping of Dysferlin Rescues Membrane Repair in Patients' Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Blouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mouly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuromuscular Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2 (3), pp.281-290. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JND-150109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01662831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rs488087 single nucleotide polymorphism as predictive risk factor for pancreatic cancers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Silvy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Fina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oncotarget</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 24 (6), pp.39855-39864. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18632/oncotarget.5627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Truncated prelamin A expression in HGPS-like patients: a transcriptional study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire L. Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Racha Fayek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Roll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Human Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (8), pp.1051 - 1061. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ejhg.2014.239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01597886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Variants in the 4q35 Gene FAT1 in Patients with a Facioscapulohumeral Dystrophy-Like Phenotype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Puppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Dionnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Gaildrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36 (4), pp.443 - 453. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.22760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01662841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENTIRE CAPN3 GENE DELETION IN A PATIENT WITH LIMB-GIRDLE MUSCULAR DYSTROPHY TYPE 2A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oihane Jaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Azpitarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coro Paisan-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miren Zulaika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leire Casas-Fraile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muscle &amp; Nerve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50 (3), pp.448-453. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mus.24263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential DNA methylation of the D4Z4 repeat in patients with FSHD and asymptomatic carriers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Tasmadjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Bouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 83 (8), pp.733-742. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1212/WNL.0000000000000708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXOME SEQUENCING AS A SECOND-TIER DIAGNOSTIC APPROACH FOR CLINICALLY SUSPECTED DYSFERLINOPATHY PATIENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muscle &amp; Nerve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50 (6), pp.1007-1010. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mus.24344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Splicing Defects Caused by Mutations in the Dysferlin Gene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Kergourlay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghadi Rai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Béroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 35 (12), pp.1532-1541. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.22710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Phenotype of Dysferlin-Deficient Mice Is Not Rescued by Adeno-Associated Virus–Mediated Transfer of Anoctamin 5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Suel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poupiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Monjaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human gene therapy. Clinical development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 24 (2), pp.65-76. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/humc.2012.217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02336935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitutive Activation of the Calcium Sensor STIM1 Causes Tubular-Aggregate Myopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Böhm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chevessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Maues de Paula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahram Attarian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Human Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 92 (2), pp.271-278. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ajhg.2012.12.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A human skeletal muscle interactome centered on proteins involved in muscular dystrophies: LGMD interactome.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Charton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Danièle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Gicquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skeletal Muscle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (1), pp.3. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/2044-5040-3-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00805816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deregulation of the protocadherin gene FAT1 alters muscle shapes: implications for the pathogenesis of facioscapulohumeral dystrophy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Caruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balàzs Herberth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Puppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Dumonceaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (6), pp.e1003550. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pgen.1003550⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restriction of Calpain3 Expression to the Skeletal Muscle Prevents Cardiac Toxicity and Corrects Pathology in a Murine Model of Limb-Girdle Muscular Dystrophy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carinne Roudaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Suel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poupiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Charton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 128 (10), pp.1094-1104. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1161/CIRCULATIONAHA.113.001340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysregulation of 4q35- and muscle-specific genes in fetuses with a short D4Z4 array linked to facio-scapulo-humeral dystrophy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Broucqsault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Morere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Dumonceaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Torrents</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (20), pp.4206 - 4214. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddt272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01662672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UMD-DYSF, a novel locus specific database for the compilation and interactive analysis of mutations in the dysferlin gene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Béroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Labelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 33 (3), pp.E2317-E2331. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.22015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rescue of Sarcoglycan Mutations by Inhibition of Endoplasmic Reticulum Quality Control is Associated with Minimal Structural Modifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayebeh Soheili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Gicquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poupiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luu N'Guyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 33 (2), pp.429-439. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.21659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FURTHER HETEROGENEITY IN MYOPATHY WITH TUBULAR AGGREGATES?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Maues de Paula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muscle &amp; Nerve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46 (6), pp.984-985. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mus.23509⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lack of Correlation between Outcomes of Membrane Repair Assay and Correction of Dystrophic Changes in Experimental Therapeutic Strategy in Dysferlinopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Lostal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carinne Roudaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (5), </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0038036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of comparative genomic hybridization arrays for the detection of genomic rearrangements of the calpain-3 and dysferlin genes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Negre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pecheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 81 (1), pp.99-101. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1399-0004.2011.01708.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eosinophilic infiltration related to CAPN3 mutations: a pathophysiological component of primary calpainopathy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Goicoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hanisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Groen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 80 (4), pp.398-402. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1399-0004.2010.01620.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translational Research and Therapeutic Perspectives in Dysferlinopathies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 17 (9-10), pp.875-882. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2119/molmed.2011.00084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient recovery of dysferlin deficiency by dual adeno-associated vector-mediated gene transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Lostal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carinne Roudaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azéddine Bentaib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19 (10), pp.1897-1907. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddq065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Bypass of Mutations in Dysferlin Deficient Patient Cells by Antisense-Induced Exon Skipping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Avril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriaque Beley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Chaouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 31 (2), pp.136-142. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.21160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Naturally Occurring Human Minidysferlin Protein Repairs Sarcolemmal Lesions in a Mouse Model of Dysferlinopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Lostal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Translational Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (50), </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/scitranslmed.3000951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new pathway encompassing calpain 3 and its newly identified substrate cardiac ankyrin repeat protein is involved in the regulation of the nuclear factor‐κB pathway in skeletal muscle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Laure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Danièle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Suel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 277 (20), pp.4322-4337. </w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1742-4658.2010.07820.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immunolabelling and flow cytometry as new tools to explore dysferlinopathies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fossat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Depetris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Leturcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromuscular Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (1), pp.57-60. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nmd.2009.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exclusion of Mutations in the Dysferlin Alternative Exons 1 of DYSF-v1, 5a, and 40a in a Cohort of 26 Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Labelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Borges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetic Testing and Molecular Biomarkers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 14 (1), pp.153-154. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/gtmb.2009.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therapeutic exon `switching' for dysferlinopathies?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mouly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Human Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 18 (9), pp.969-970. </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ejhg.2010.73⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cardiac ankyrin repeat protein is a marker of skeletal muscle pathological remodelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Laure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Suel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carinne Roudaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 276 (3), pp.669-684. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1742-4658.2008.06814.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcium-dependent plasma membrane repair requires m- or mu-calpain, but not calpain-3, the proteasome, or caspases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronald L. Mellgren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katsuya Miyake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irina Kramerova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa J. Spencer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Cell Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1793 (12), pp.1886-1893. </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbamcr.2009.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mannosidase I inhibition rescues the human alpha-sarcoglycan R77C recurrent mutation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Gicquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Barrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayebeh Soheili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Malissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 17 (9), pp.1214-21. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddn029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00294192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NF‐NF ‐κ BB‐dependent expression of the antiapoptotic factor c‐FLIP is regulated by calpain 3, the protein involved in limb‐girdle muscular dystrophy type 2A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Benayoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Baghdiguian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Lajmanovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Daniele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22 (5), pp.1521-1529. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.07-8701com⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NF-kappa B-dependent expression of the antiapoptotic factor c-FLIP is regulated by calpain 3, the protein involved in limb-girdle muscular dystrophy type 2A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Benayoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Baghdiguian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Lajmanovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Danièle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22 (5), pp.1521-1529. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.07-8701com⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic correction of alpha-sarcoglycan deficiency by intra-arterial injection of a muscle-specific serotype 1 rAAV vector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Fougerousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poupiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Arandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (1), pp.53-61. </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.mt.6300022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A third of LGMD2A biopsies have normal calpain 3 proteolytic activity as determined by an in vitro assay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Milic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Danièle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanns Lochmueller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo P. Comi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromuscular Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 17 (2), pp.148-156. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nmd.2006.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AAV-mediated delivery of a mutated myostatin propeptide ameliorates calpain 3 but not alpha-sarcoglycan deficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Poupiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Fougerousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Arandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gene Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 14 (9), pp.733-740. </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.gt.3302928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ins and outs of therapy in limb girdle muscular dystrophies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Danièle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 39 (9), pp.1608-1624. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocel.2007.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calpain 3: a key regulator of the sarcomere?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Duguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 273 (15), pp.3427-3436. </w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1742-4658.2006.05351.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safety and efficacy of AAV-mediated calpain 3 gene transfer in a mouse model of limb-girdle muscular dystrophy type 2A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Roudaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Fougerousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Suel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 13 (2), pp.250-259. </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymthe.2005.09.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noninvasive monitoring of therapeutic gene transfer in animal models of muscular dystrophies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Poupiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Goyenvalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gene Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 13 (1), pp.20-28. </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.gt.3302594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mouse model for monitoring calpain activity under physiological and pathological conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Stockholm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Delevacque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 281 (51), pp.39672-39680. </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M608803200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mouse Model for Monitoring Calpain Activity under Physiological and Pathological Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Stockholm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Delevacque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 281 (51), pp.39672-39680. </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M608803200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calpains in muscle wasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 37 (10), pp.2115-2133. </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocel.2004.12.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging calpain protease activity by multiphoton FRET in living mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Stockholm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Sillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Davoust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 346 (1), pp.215-222. </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmb.2004.11.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calpain 3 is activated through autolysis within the active site and lyses sarcomeric and sarcolemmal components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Taveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Sillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Roudaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular and Cellular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 23 (24), pp.9127-9135. </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/MCB.23.24.9127-9135.2003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Striatin, a calmodulin-dependent scaffolding protein, directly binds caveolin-1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Castets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Monneron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 508 (1), pp.49-52. </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0014-5793(01)03020-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysferlin Exon 32 Skipping in Patient Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exon Skipping and Inclusion Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1828, pp.489-496, 2018, </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-8651-4_31⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02000829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte Rendu du Séminaire Pluridisciplinaire : Potentiel, Trajectoire Equilibre : approches et enrichissements pluridisciplinaires, 15 Février 2018, Université Paris Diderot 7, CIST</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Le Neindre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Halloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damienne Provitolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId457"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marc Bartoli </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">marc-bartoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-3339-9858</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">157731502</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (94)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zinc binding to a conserved cysteine motif in STIM1 promotes clustering and SOCE activation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktoriia Baksheeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Beaumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Ferracci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Communication and Signaling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2025.06.12.659323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05370244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zinc binding to a conserved motif in STIM1 induces clustering and SOCE activation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktoriia E. Baksheeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Beaumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Ferracci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Communication and Signaling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 23 (1), pp.503. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12964-025-02499-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05467116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Store-operated calcium entry dysfunction in CRAC channelopathy: Insights from a novel STIM1 mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cintas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dellis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Thèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 265, pp.110306. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.clim.2024.110306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System-level analysis of genes mutated in muscular dystrophies reveals a functional pattern associated with muscle weakness distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ozan Ozisik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Baudot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (1), pp.11225. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-024-60761-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoxyl sulfate inhibits muscle cell differentiation via Myf6/MRF4 and MYH2 downregulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislas Bataille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mckay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Koppe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Beau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 39 (1), pp.103-113. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ndt/gfad123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knockdown of calpain1 in lumbar motoneurons reduces spasticity after spinal cord injury in adult rats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Kerzonkuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Verneuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Brocard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nejada Dingu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Trouplin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymthe.2024.01.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04483886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing diagnosis of neuromuscular diseases by high-through-put sequencing: Genetic characterization and classification of sequence variants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rochdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Delague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Nahili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 558 (1), </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cca.2024.118269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04930457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transthyretin amyloid polyneuropathy in France: A cross-sectional study with 413 patients and real-world tafamidis meglumine use (2009–2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cintas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Solé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Labeyrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Neurologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 180 (7), pp.661-672. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurol.2024.02.393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Dysferlin Exon 32 Nonsense Mutant Mouse Model Shows Pathological Signs of Dysferlinopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Ballouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chapoton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedicines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (5), pp.1438. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biomedicines11051438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objective Evaluation of Clinical Actionability for Genes Involved in Myopathies: 63 Genes with a Medical Value for Patient Care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Vecten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Juntas Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Sternberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (15), pp.8506. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms23158506⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of novel mutations by targeted NGS in Moroccan families clinically diagnosed with a neuromuscular disorder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Rochdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymane Bouzidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 524, pp.51-58. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cca.2021.11.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanisms of myostatin and activin A accumulation in chronic kidney disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislas Bataille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Dou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Sallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Aniort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (7), pp.1249-1260. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ndt/gfac136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imbalance of NRG1-ERBB2/3 signalling underlies altered myelination in Charcot–Marie–Tooth disease 4H</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara El-Bazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Ghata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clothilde Esteve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Gadacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Quintana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awac402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Exon-Skipping Therapeutic Approach for the DMD Gene Based on Asymptomatic Deletions of Exon 49</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Abaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany Busa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Grelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (7), </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/genes13071277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03780226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic Profile of Patients with Limb-Girdle Muscle Weakness in the Chilean Population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricio Gonzalez-Hormazabal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Abaji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Puppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (6), </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/genes13061076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03780367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altered action potential waveform and shorter axonal initial segment in hiPSC-derived motor neurons with mutations in VRK1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil Rihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Quintana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara El-Bazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bernard-Marissal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 164, pp.105609. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2021.105609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imbalance of NRG1-ERBB2/3 signalling underlies altered myelination in Charcot–Marie–Tooth disease 4H</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara El-Bazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Ghata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clothilde Esteve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihane Gadacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Quintana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awac402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03977684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altered action potential waveform and shorter axonal initial segment in hiPSC-derived motor neurons with mutations in VRK1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil Rihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Quintana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara El-Bazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bernard-Marissal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 164, pp.105609. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2021.105609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objective evaluation of clinical actionnability for genes involved in myopathies: 51 promising genes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Vecten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Juntas Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Sternberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Rendu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Human Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, European Joural of Human Genetics, 30 (SUPPL 1, 1), pp.306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrospective analysis and reclassification of DYSF variants in a large French series of dysferlinopathy patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Charnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Blanck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Riccardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (8), pp.1574 - 1577. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41436-021-01164-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03667258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel bi-allelic loss-of-function mutation in STIM1 expands the phenotype of STIM1-related diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salvi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skrypnyk Cristina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Andoni Urtizberea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bakhiet Moiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184458v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commentary: Long-Term Exercise Reduces Formation of Tubular Aggregates and Promotes Maintenance of Ca2+ Entry Units in Aged Muscle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salvi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Maues de Paula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Levy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahram Attarian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphys.2021.663677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Dysferlin Transcript Containing the Alternative Exon 40a is Essential for Myocyte Functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Ballouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Kergourlay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcell.2021.754555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03660761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrospective analysis and reclassification of DYSF variants in a large French series of dysferlinopathy patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Charnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Blanck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Riccardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (8), pp.1574-1577. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41436-021-01164-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel CAPN3 variant associated with an autosomal dominant calpainopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Salort-Campana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salvi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Cintas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropathology and Applied Neurobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nan.12624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02901906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refining NGS diagnosis of muscular disorders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Salort-Campana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Sevy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bonello-Palot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, jnnp-2018-319254. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jnnp-2018-319254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Splicing impact of deep exonic missense variants in CAPN3 explored systematically by minigene functional assay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Dionnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Defour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salvi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Levy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 41 (10), pp.1797-1810. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.24083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new tool CovReport generates easy-to-understand sequencing coverage summary for diagnostic reports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Gorokhov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Mortreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Riccardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.6247. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-63079-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02749937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRISP(R)ation musculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Ballouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Levy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 36 (4), pp.358-366. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2020081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02901910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension of the phenotypic spectrum of GLE1 ‐related disorders to a mild congenital form resembling congenital myopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Di Meglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Albertini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Audic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Riccardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Genetics &amp; Genomic Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (8), </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mgg3.1277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tumor protein 53-induced nuclear protein 1 deficiency alters mouse gastrocnemius muscle function and bioenergetics in vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Warnez-Soulie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Macia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Pecchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physiological Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (10), pp.e14055. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14814/phy2.14055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02075571v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction of pseudoexon splicing caused by a novel intronic dysferlin mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janice Dominov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Özgün Uyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Mckenna‐yasek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babi Ramesh Reddy Nallamilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Kergourlay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Clinical and Translational Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (4), pp.642-654. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/acn3.738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss of Cajal Bodies in Motor Neurons from patients with novel mutations in VRK1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara El-Bazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil Rihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bernard-Marissal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Chouery-Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddz060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methylation hotspots evidenced by deep sequencing in patients with facioscapulohumeral dystrophy and mosaicism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Broucqsault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Laberthonnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurology Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 5 (6), pp.e372. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1212/NXG.0000000000000372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VarAFT: a variant annotation and filtration system for human next generation sequencing data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Delague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Miltgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46 (W1), pp.W545-W553. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gky471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01852493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muscle Cells Fix Breaches by Orchestrating a Membrane Repair Ballet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Defour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuromuscular Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5 (1), pp.21 - 28. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JND-170251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01717649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical heterogeneity and phenotype/genotype findings in 5 families with &ITGYG1&IT deficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Ben Yaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nelson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia R. Dahlqvist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gaist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurology Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 3 (6), pp.e208. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1212/NXG.0000000000000208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010378v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic Characterization of a French Cohort of GNE-mutation negative inclusion body myopathy patients with exome sequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Laforet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Ben Yaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Salort-Campana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muscle &amp; Nerve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 56, pp.993-997. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mus.25638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01741741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular combing reveals complex 4q35 rearrangements in Facioscapulohumeral dystrophy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Puppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlene Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 38 (10), pp.1432 - 1441. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.23304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01614514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the eosinophilic myositis caused by CAPN3 mutations on a mouse model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Warnez-Soulie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Giannesini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Malissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromuscular Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27 (2), pp.S143-S144. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nmd.2017.06.185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A codon-optimized Mecp2 transgene corrects breathing deficits and improves survival in a mouse model of Rett syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Matagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Ehinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Saidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Borges-Correia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Barkats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 99, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2016.12.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01426386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving molecular diagnosis of distal myopathies by targeted next-generation sequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Sevy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Dionnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 87 (3), pp.340-U116. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jnnp-2014-309663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01469052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coverage analysis of lists of genes involved in heterogeneous genetic diseases following benchtop exome sequencing using the ion proton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pecheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 95 (1), pp.203-208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01469051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Segregation between SMCHD1 mutation, D4Z4 hypomethylation and Facio-Scapulo-Humeral Dystrophy: a case report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Puppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Campana Salort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 17, pp.66. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12881-016-0328-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01378417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Variants in the 4q35 Gene FAT1 in Patients with a Facioscapulohumeral Dystrophy-Like Phenotype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Puppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Dionnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Gaildrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36 (4), pp.443 - 453. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.22760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01662841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Truncated prelamin A expression in HGPS-like patients: a transcriptional study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire L. Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Racha Fayek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Roll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Human Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (8), pp.1051 - 1061. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ejhg.2014.239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01597886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low penetrance in facioscapulohumeral muscular dystrophy type 1 with large pathological D4Z4 alleles: a cross-sectional multicenter study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Salort Campana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaelle Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Jouve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Solé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10, pp.2. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13023-014-0218-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment on: A novel dysferlin-mutant pseudoexon bypassed with antisense oligonucleotides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Kergourlay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Blanck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Clinical and Translational Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2 (7), pp.783-784. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/acn3.216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical massively parallel sequencing for the diagnosis of myopathies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Biancalana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Neurologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 171 (6-7), pp.558-571. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurol.2015.02.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing targeted exome and whole exome approaches for genetic diagnosis of neuromuscular disorders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Gorokhova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied &amp; Translational Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7, pp.26-31. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atg.2015.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exon 32 Skipping of Dysferlin Rescues Membrane Repair in Patients' Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Blouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mouly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuromuscular Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2 (3), pp.281-290. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JND-150109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01662831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rs488087 single nucleotide polymorphism as predictive risk factor for pancreatic cancers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Silvy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Fina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oncotarget</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 24 (6), pp.39855-39864. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18632/oncotarget.5627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENTIRE CAPN3 GENE DELETION IN A PATIENT WITH LIMB-GIRDLE MUSCULAR DYSTROPHY TYPE 2A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oihane Jaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Azpitarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coro Paisan-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miren Zulaika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leire Casas-Fraile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muscle &amp; Nerve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50 (3), pp.448-453. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mus.24263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential DNA methylation of the D4Z4 repeat in patients with FSHD and asymptomatic carriers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Tasmadjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Bouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 83 (8), pp.733-742. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1212/WNL.0000000000000708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXOME SEQUENCING AS A SECOND-TIER DIAGNOSTIC APPROACH FOR CLINICALLY SUSPECTED DYSFERLINOPATHY PATIENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muscle &amp; Nerve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50 (6), pp.1007-1010. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mus.24344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Splicing Defects Caused by Mutations in the Dysferlin Gene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Kergourlay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghadi Rai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Béroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 35 (12), pp.1532-1541. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.22710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysregulation of 4q35- and muscle-specific genes in fetuses with a short D4Z4 array linked to facio-scapulo-humeral dystrophy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Broucqsault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Morere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Dumonceaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Torrents</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (20), pp.4206 - 4214. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddt272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01662672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Phenotype of Dysferlin-Deficient Mice Is Not Rescued by Adeno-Associated Virus–Mediated Transfer of Anoctamin 5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Suel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poupiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Monjaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human gene therapy. Clinical development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 24 (2), pp.65-76. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/humc.2012.217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02336935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitutive Activation of the Calcium Sensor STIM1 Causes Tubular-Aggregate Myopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Böhm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chevessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Maues de Paula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahram Attarian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Human Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 92 (2), pp.271-278. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ajhg.2012.12.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A human skeletal muscle interactome centered on proteins involved in muscular dystrophies: LGMD interactome.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Charton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Danièle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Gicquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skeletal Muscle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (1), pp.3. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/2044-5040-3-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00805816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deregulation of the protocadherin gene FAT1 alters muscle shapes: implications for the pathogenesis of facioscapulohumeral dystrophy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Caruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balàzs Herberth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Puppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Dumonceaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (6), pp.e1003550. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pgen.1003550⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restriction of Calpain3 Expression to the Skeletal Muscle Prevents Cardiac Toxicity and Corrects Pathology in a Murine Model of Limb-Girdle Muscular Dystrophy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carinne Roudaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Suel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poupiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Charton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 128 (10), pp.1094-1104. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1161/CIRCULATIONAHA.113.001340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FURTHER HETEROGENEITY IN MYOPATHY WITH TUBULAR AGGREGATES?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Maues de Paula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muscle &amp; Nerve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46 (6), pp.984-985. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mus.23509⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UMD-DYSF, a novel locus specific database for the compilation and interactive analysis of mutations in the dysferlin gene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Béroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Labelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 33 (3), pp.E2317-E2331. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.22015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rescue of Sarcoglycan Mutations by Inhibition of Endoplasmic Reticulum Quality Control is Associated with Minimal Structural Modifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayebeh Soheili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Gicquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poupiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luu N'Guyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Le Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 33 (2), pp.429-439. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.21659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lack of Correlation between Outcomes of Membrane Repair Assay and Correction of Dystrophic Changes in Experimental Therapeutic Strategy in Dysferlinopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Lostal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carinne Roudaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (5), </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0038036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of comparative genomic hybridization arrays for the detection of genomic rearrangements of the calpain-3 and dysferlin genes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Negre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pecheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 81 (1), pp.99-101. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1399-0004.2011.01708.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eosinophilic infiltration related to CAPN3 mutations: a pathophysiological component of primary calpainopathy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Goicoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hanisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Groen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 80 (4), pp.398-402. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1399-0004.2010.01620.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translational Research and Therapeutic Perspectives in Dysferlinopathies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 17 (9-10), pp.875-882. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2119/molmed.2011.00084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient recovery of dysferlin deficiency by dual adeno-associated vector-mediated gene transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Lostal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carinne Roudaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azéddine Bentaib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19 (10), pp.1897-1907. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddq065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Bypass of Mutations in Dysferlin Deficient Patient Cells by Antisense-Induced Exon Skipping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Avril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriaque Beley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Chaouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 31 (2), pp.136-142. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/humu.21160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immunolabelling and flow cytometry as new tools to explore dysferlinopathies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fossat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Depetris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Leturcq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromuscular Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (1), pp.57-60. </w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nmd.2009.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new pathway encompassing calpain 3 and its newly identified substrate cardiac ankyrin repeat protein is involved in the regulation of the nuclear factor‐κB pathway in skeletal muscle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Laure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Danièle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Suel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 277 (20), pp.4322-4337. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1742-4658.2010.07820.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Naturally Occurring Human Minidysferlin Protein Repairs Sarcolemmal Lesions in a Mouse Model of Dysferlinopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Lostal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Translational Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (50), </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/scitranslmed.3000951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exclusion of Mutations in the Dysferlin Alternative Exons 1 of DYSF-v1, 5a, and 40a in a Cohort of 26 Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Labelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Borges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetic Testing and Molecular Biomarkers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 14 (1), pp.153-154. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/gtmb.2009.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therapeutic exon `switching' for dysferlinopathies?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mouly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Human Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 18 (9), pp.969-970. </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ejhg.2010.73⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cardiac ankyrin repeat protein is a marker of skeletal muscle pathological remodelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Laure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Suel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carinne Roudaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Ouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 276 (3), pp.669-684. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1742-4658.2008.06814.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcium-dependent plasma membrane repair requires m- or mu-calpain, but not calpain-3, the proteasome, or caspases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronald L. Mellgren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katsuya Miyake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irina Kramerova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa J. Spencer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Cell Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1793 (12), pp.1886-1893. </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbamcr.2009.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mannosidase I inhibition rescues the human alpha-sarcoglycan R77C recurrent mutation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Gicquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Barrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayebeh Soheili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Malissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 17 (9), pp.1214-21. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddn029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00294192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NF‐NF ‐κ BB‐dependent expression of the antiapoptotic factor c‐FLIP is regulated by calpain 3, the protein involved in limb‐girdle muscular dystrophy type 2A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Benayoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Baghdiguian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Lajmanovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Daniele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22 (5), pp.1521-1529. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.07-8701com⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NF-kappa B-dependent expression of the antiapoptotic factor c-FLIP is regulated by calpain 3, the protein involved in limb-girdle muscular dystrophy type 2A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Benayoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Baghdiguian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Lajmanovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Danièle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 22 (5), pp.1521-1529. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.07-8701com⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ins and outs of therapy in limb girdle muscular dystrophies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Danièle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 39 (9), pp.1608-1624. </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocel.2007.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A third of LGMD2A biopsies have normal calpain 3 proteolytic activity as determined by an in vitro assay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Milic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Danièle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanns Lochmueller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo P. Comi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromuscular Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 17 (2), pp.148-156. </w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nmd.2006.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic correction of alpha-sarcoglycan deficiency by intra-arterial injection of a muscle-specific serotype 1 rAAV vector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Fougerousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poupiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Arandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (1), pp.53-61. </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.mt.6300022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AAV-mediated delivery of a mutated myostatin propeptide ameliorates calpain 3 but not alpha-sarcoglycan deficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Poupiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Fougerousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Arandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gene Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 14 (9), pp.733-740. </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.gt.3302928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calpain 3: a key regulator of the sarcomere?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Duguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 273 (15), pp.3427-3436. </w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1742-4658.2006.05351.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safety and efficacy of AAV-mediated calpain 3 gene transfer in a mouse model of limb-girdle muscular dystrophy type 2A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Roudaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Fougerousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Suel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 13 (2), pp.250-259. </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymthe.2005.09.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noninvasive monitoring of therapeutic gene transfer in animal models of muscular dystrophies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Poupiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Goyenvalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gene Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 13 (1), pp.20-28. </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.gt.3302594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mouse model for monitoring calpain activity under physiological and pathological conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Stockholm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Delevacque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 281 (51), pp.39672-39680. </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M608803200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mouse Model for Monitoring Calpain Activity under Physiological and Pathological Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Stockholm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Delevacque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 281 (51), pp.39672-39680. </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M608803200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calpains in muscle wasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 37 (10), pp.2115-2133. </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocel.2004.12.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging calpain protease activity by multiphoton FRET in living mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Stockholm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Sillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Davoust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 346 (1), pp.215-222. </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmb.2004.11.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calpain 3 is activated through autolysis within the active site and lyses sarcomeric and sarcolemmal components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Taveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Bourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Sillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Roudaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular and Cellular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 23 (24), pp.9127-9135. </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/MCB.23.24.9127-9135.2003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Striatin, a calmodulin-dependent scaffolding protein, directly binds caveolin-1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Castets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Monneron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 508 (1), pp.49-52. </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0014-5793(01)03020-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysferlin Exon 32 Skipping in Patient Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Courrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Krahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exon Skipping and Inclusion Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1828, pp.489-496, 2018, </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-8651-4_31⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02000829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte Rendu du Séminaire Pluridisciplinaire : Potentiel, Trajectoire Equilibre : approches et enrichissements pluridisciplinaires, 15 Février 2018, Université Paris Diderot 7, CIST</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Le Neindre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Halloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damienne Provitolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId457"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C0EC0BB5"/>
+    <w:nsid w:val="B3E28C66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-bartoli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3339-9858" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/157731502" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370244v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Alary" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Baksheeva" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Beaumier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Ferracci" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Villard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.06.12.659323" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05467116v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia E. Baksheeva" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12964-025-02499-z" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639441v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cintas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Claude" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dellis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Th&#232;ze" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clim.2024.110306" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728415v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozan Ozisik" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Gorokhova" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cerino" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bartoli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Baudot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-60761-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04483886v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Kerzonkuf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Verneuil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Brocard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejada Dingu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Trouplin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2024.01.029" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04254193v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bataille" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mckay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Koppe" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Beau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Benoit" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfad123" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04930457v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rochdi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cerino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. da Silva" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Delague" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nahili" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2024.118269" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683183v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Adams" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cintas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sol&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labeyrie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2024.02.393" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190207v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Ballouhey" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chapoton" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Courrier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie da Silva" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines11051438" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04323648v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara El-Bazzal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ghata" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Esteve" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihane Gadacha" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Quintana" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awac402" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03670060v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sall&#233;e" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aniort" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfac136" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03780226v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Abaji" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Busa" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Grelet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13071277" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678846v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Rochdi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delague" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymane Bouzidi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2021.11.020" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03780367v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Gonzalez-Hormazabal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Puppo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13061076" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03520705v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bos" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Rihan" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernard-Marissal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2021.105609" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03977684v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04323628v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678838v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Vecten" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Pion" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Juntas Morales" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sternberg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Rendu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751530v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23158506" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03188937v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Salvi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Maues de Paula" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Levy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahram Attarian" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2021.663677" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03184458v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skrypnyk Cristina" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Andoni Urtizberea" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakhiet Moiz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03660761v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Kergourlay" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.754555" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03547908v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Charnay" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Blanck" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Riccardi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41436-021-01164-3" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667258v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02901906v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Salort-Campana" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Cintas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Renard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.12624" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02959280v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Dionnet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Defour" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.24083" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02959292v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Sevy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonello-Palot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2018-319254" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02749937v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Gorokhov" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Mortreux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas L&#233;vy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-63079-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02901910v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2020081" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03222418v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Di Meglio" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Albertini" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Audic" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mgg3.1277" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02406985v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roche" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dion" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Broucqsault" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Laberthonni&#232;re" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Gaillard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXG.0000000000000372" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02152040v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Castro" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Chouery-Khoury" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddz060" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02346918v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Dominov" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zg&#252;n Uyan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Mckenna&#8208;yasek" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babi Ramesh Reddy Nallamilli" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acn3.738" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075571v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Warnez-Soulie" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Macia" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lac" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pecchi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Bernard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.14055" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01717649v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Barthelemy" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Krahn" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JND-170251" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01852493v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Desvignes" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Miltgen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky471" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741741v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laforet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Ben Yaou" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.25638" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764668v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Warnez-Soulie" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giannesini" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Henri" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Richard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Malissen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2017.06.185" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01426386v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Matagne" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ehinger" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Saidi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Borges-Correia" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Barkats" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2016.12.009" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614514v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Nguyen" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Chaix" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.23304" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010378v2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Hubert" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nelson" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia R. Dahlqvist" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gaist" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXG.0000000000000208" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469052v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mathieu" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2014-309663" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469051v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lacoste" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salgado" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pecheux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Villard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01378417v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Campana Salort" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12881-016-0328-9" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610014v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Biancalana" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Laporte" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2015.02.019" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610016v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Salort Campana" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaelle Bernard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jouve" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sol&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-014-0218-1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610015v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Blandin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Blanck" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acn3.216" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610017v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atg.2015.07.006" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01662831v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Blouin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wein" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mouly" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JND-150109" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01480288v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Martinez" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Silvy" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Fina" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.5627" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01597886v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire L. Navarro" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Fayek" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Roll" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejhg.2014.239" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01662841v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Gaildrat" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.22760" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610018v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oihane Jaka" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Azpitarte" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coro Paisan-Ruiz" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miren Zulaika" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leire Casas-Fraile" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.24263" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T46GN14N-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610019v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Tasmadjian" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Bouget" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000000708" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610020v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.24344" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610021v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghadi Rai" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;roud" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.22710" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336935v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Roy" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Suel" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poupiot" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Monjaret" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/humc.2012.217" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610022v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann B&#246;hm" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chevessier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Koch" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2012.12.007" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00805816v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marchand" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Charton" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dani&#232;le" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gicquel" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2044-5040-3-3" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862092v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Caruso" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#224;zs Herberth" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dumonceaux" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003550" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610023v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carinne Roudaut" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.113.001340" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01662672v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Morere" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Torrents" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddt272" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610025v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Labelle" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.22015" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610024v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayebeh Soheili" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luu N'Guyen" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.21659" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FMQNM2TV-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610027v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pouget" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.23509" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SZNFZ2G3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610028v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Lostal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourg" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038036" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610026v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Negre" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Wein" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourgeois" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pecheux" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-0004.2011.01708.x" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NK2KN4RM-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610030v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Krahn" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goicoechea" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hanisch" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Groen" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-0004.2010.01620.x" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L60B8G6T-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610029v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2119/molmed.2011.00084" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610036v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Az&#233;ddine Bentaib" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddq065" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-BNZPW5XT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610031v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Avril" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriaque Beley" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Chaouch" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.21160" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610037v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.3000951" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610035v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Laure" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aubert" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2010.07820.x" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610032v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fossat" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Depetris" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leturcq" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cau" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2009.08.004" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610033v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Borges" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/gtmb.2009.0131" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610034v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Garcia" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejhg.2010.73" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610040v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ouali" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2008.06814.x" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610039v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald L. Mellgren" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsuya Miyake" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Kramerova" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa J. Spencer" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2009.09.013" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294192v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Barrault" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Malissen" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddn029" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-08JMHK20-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674309v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Benayoun" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Baghdiguian" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Lajmanovich" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniele" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.07-8701com" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610041v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Benayoun" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610043v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Fougerousse" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arandel" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Durand" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.mt.6300022" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610045v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Milic" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanns Lochmueller" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Mora" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo P. Comi" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2006.11.001" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KMNCJ07C-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610042v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Poupiot" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vulin" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fougerousse" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arandel" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.gt.3302928" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610044v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Richard" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2007.02.005" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DQM3P4TR-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610048v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duguez" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2006.05351.x" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610047v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Roudaut" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Martin" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fougerousse" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Suel" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2005.09.017" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610046v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Poupiot" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Goyenvalle" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Perez" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Garcia" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.gt.3302594" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610049v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Stockholm" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Raynaud" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Delevacque" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M608803200" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674304v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Raynaud" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610051v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Richard" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2004.12.012" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-96N52B9L-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610050v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Stockholm" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Sillon" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Bourg" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Davoust" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2004.11.039" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D464H39Z-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610052v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Taveau" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.23.24.9127-9135.2003" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610053v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillard" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Castets" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Monneron" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(01)03020-4" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4785JLZ6-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000829v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8651-4_31" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317835v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Perez" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Le Neindre" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Halloy" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damienne Provitolo" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-bartoli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3339-9858" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/157731502" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370244v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Alary" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Baksheeva" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Beaumier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Ferracci" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Villard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.06.12.659323" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05467116v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia E. Baksheeva" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12964-025-02499-z" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639441v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cintas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Claude" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dellis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Th&#232;ze" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clim.2024.110306" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728415v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozan Ozisik" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Gorokhova" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cerino" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bartoli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Baudot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-60761-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04254193v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bataille" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mckay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Koppe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Beau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Benoit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfad123" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04483886v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Kerzonkuf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Verneuil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Brocard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejada Dingu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Trouplin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2024.01.029" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04930457v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rochdi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cerino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. da Silva" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Delague" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nahili" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2024.118269" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683183v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Adams" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cintas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sol&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labeyrie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2024.02.393" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190207v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Ballouhey" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chapoton" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Courrier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie da Silva" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines11051438" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751530v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Vecten" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Pion" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Juntas Morales" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sternberg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23158506" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678846v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Rochdi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delague" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymane Bouzidi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2021.11.020" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03670060v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sall&#233;e" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aniort" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfac136" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04323648v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara El-Bazzal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ghata" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Esteve" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihane Gadacha" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Quintana" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awac402" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03780226v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Abaji" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Busa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Grelet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13071277" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03780367v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Gonzalez-Hormazabal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Puppo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13061076" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03520705v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bos" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Rihan" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernard-Marissal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2021.105609" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03977684v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04323628v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678838v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Rendu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667258v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Charnay" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Blanck" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Riccardi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41436-021-01164-3" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03184458v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Salvi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skrypnyk Cristina" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Andoni Urtizberea" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakhiet Moiz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03188937v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Maues de Paula" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Levy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahram Attarian" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2021.663677" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03660761v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Kergourlay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.754555" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03547908v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02901906v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Salort-Campana" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Cintas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Renard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.12624" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02959292v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Sevy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonello-Palot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2018-319254" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02959280v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Dionnet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Defour" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.24083" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02749937v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Gorokhov" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Mortreux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas L&#233;vy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-63079-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02901910v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2020081" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03222418v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Di Meglio" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Albertini" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Audic" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mgg3.1277" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075571v2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Warnez-Soulie" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Macia" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lac" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pecchi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Bernard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.14055" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02346918v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Dominov" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zg&#252;n Uyan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Mckenna&#8208;yasek" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babi Ramesh Reddy Nallamilli" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acn3.738" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02152040v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Castro" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Chouery-Khoury" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddz060" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02406985v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roche" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dion" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Broucqsault" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Laberthonni&#232;re" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Gaillard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXG.0000000000000372" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01852493v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Desvignes" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Krahn" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Miltgen" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky471" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01717649v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Barthelemy" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JND-170251" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010378v2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Ben Yaou" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Hubert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nelson" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia R. Dahlqvist" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gaist" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXG.0000000000000208" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741741v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laforet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.25638" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614514v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Nguyen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Chaix" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.23304" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764668v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Warnez-Soulie" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giannesini" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Henri" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Richard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Malissen" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2017.06.185" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01426386v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Matagne" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ehinger" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Saidi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Borges-Correia" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Barkats" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2016.12.009" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469052v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mathieu" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2014-309663" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469051v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lacoste" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salgado" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pecheux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Villard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01378417v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Campana Salort" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12881-016-0328-9" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01662841v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Gaildrat" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.22760" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01597886v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire L. Navarro" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Fayek" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Roll" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejhg.2014.239" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610016v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Salort Campana" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaelle Bernard" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jouve" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sol&#233;" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-014-0218-1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610015v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Blandin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Blanck" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acn3.216" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610014v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Biancalana" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Laporte" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2015.02.019" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610017v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atg.2015.07.006" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01662831v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Blouin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wein" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mouly" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JND-150109" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01480288v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Martinez" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Silvy" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Fina" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.5627" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610018v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oihane Jaka" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Azpitarte" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coro Paisan-Ruiz" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miren Zulaika" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leire Casas-Fraile" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.24263" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T46GN14N-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610019v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Tasmadjian" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Bouget" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000000708" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610020v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.24344" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610021v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghadi Rai" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;roud" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.22710" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01662672v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Morere" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dumonceaux" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Torrents" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddt272" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336935v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Roy" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Suel" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poupiot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Monjaret" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/humc.2012.217" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610022v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann B&#246;hm" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chevessier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Koch" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2012.12.007" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00805816v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marchand" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Charton" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dani&#232;le" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gicquel" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2044-5040-3-3" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862092v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Caruso" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#224;zs Herberth" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003550" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610023v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carinne Roudaut" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.113.001340" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610027v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pouget" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.23509" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SZNFZ2G3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610025v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Labelle" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.22015" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610024v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayebeh Soheili" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luu N'Guyen" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.21659" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FMQNM2TV-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610028v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Lostal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourg" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038036" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610026v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Negre" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Wein" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourgeois" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pecheux" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-0004.2011.01708.x" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NK2KN4RM-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610030v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Krahn" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goicoechea" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hanisch" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Groen" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-0004.2010.01620.x" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L60B8G6T-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610029v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2119/molmed.2011.00084" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610036v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Az&#233;ddine Bentaib" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddq065" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-BNZPW5XT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610031v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Avril" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriaque Beley" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Chaouch" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.21160" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610032v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fossat" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Depetris" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leturcq" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cau" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2009.08.004" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610035v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Laure" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aubert" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2010.07820.x" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610037v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.3000951" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610033v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Borges" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/gtmb.2009.0131" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610034v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Garcia" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejhg.2010.73" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610040v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ouali" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2008.06814.x" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610039v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald L. Mellgren" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsuya Miyake" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Kramerova" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa J. Spencer" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2009.09.013" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294192v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Barrault" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Malissen" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddn029" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-08JMHK20-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674309v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Benayoun" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Baghdiguian" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Lajmanovich" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniele" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.07-8701com" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610041v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Benayoun" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610044v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Richard" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2007.02.005" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DQM3P4TR-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610045v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Milic" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanns Lochmueller" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Mora" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo P. Comi" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2006.11.001" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KMNCJ07C-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610043v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Fougerousse" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arandel" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Durand" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.mt.6300022" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610042v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Poupiot" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vulin" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fougerousse" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arandel" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.gt.3302928" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610048v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duguez" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2006.05351.x" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610047v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Roudaut" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Martin" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fougerousse" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Suel" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2005.09.017" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610046v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Poupiot" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Goyenvalle" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Perez" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Garcia" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.gt.3302594" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610049v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Stockholm" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Raynaud" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Delevacque" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M608803200" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674304v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Raynaud" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610051v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Richard" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2004.12.012" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-96N52B9L-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610050v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Stockholm" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Sillon" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Bourg" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Davoust" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2004.11.039" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D464H39Z-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610052v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Taveau" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.23.24.9127-9135.2003" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610053v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillard" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Castets" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Monneron" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(01)03020-4" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4785JLZ6-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000829v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8651-4_31" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317835v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Perez" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Le Neindre" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Halloy" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damienne Provitolo" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>