--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marc Bidan </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur à Nantes Université en Management des Systèmes d'Information (MSI)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Past président de Association Information et Management</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.aim.asso.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du jury national du DSCG (Responsable de l'épreuve 5 de Management des SI)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du jury d'agrégration du CAMES en sc de gestion (Ouagadougou, 2019 & Cotonou, 2021)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ex-membre du CNU 06 (</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">marc.bidan@cnu.education.gouv.fr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> )</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ex-directeur du laboratoire LEMNA (Nantes Université) et membre du LEMNA (axe NTO)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Production scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alternatives africaines en management (Co-redacteur invité du numéro spécial)  Revue Française de Gestion (décembre 2020)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cas en Management des SI (Coordinateur avec Cécile Godé) Editions EMS, Nov 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pourquoi si peu de data center en africaine subsaharienne ? Revue Management et Data Sciences; Numéro Afrique/AIM, septembre 2020 (avec M. Souleymane Koné)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proposition de caractérisation de la logistique humanitaire (Co-auteur Sylvie Michel) Logistique et Management, Oct 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Management des Systèmes d'Information, (Ouvrage coordonné avec Cécile Godé) Edition Vuibert, Sept. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fédération et Intégration des Applications du Système d'Information de Gestion, Revue Système d'Information et Management, Ed. ESKA, Revue Vol. 9, N. 4, 2004, p. 5-25.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blockchain, Bitcoin et Crypto économie, theconversation.com , triptyque de avril à sept 2018  (publications reprises dans la tribune et les échos)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'économie numérique est une industrie lourde , theconversation.com , trityque publié en ligne à partir de Décembre 2015.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quels outils achat pour le sourcing global ? Logistique & Management, Vol 22, N2, décembre 2014 (co auteur : G Oruezabala)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Usages et appropriation des SI mobiles en Afrique de l'Ouest. Colloque Africampus, Ouagadougou, 26 et 27 février 2015 (co auteur : B. Abba Goni)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le SIG en questions, lextenso édition, Gualino, Paris,  Septembre 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Exploring IS and/or SCM ?, Supply Chain Forum International Journal, Vol 13, N.3, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">An empirical study of IS architectures in French SMEs: integration approaches, EJIS, March 2012, p. 287-302, with F Rowe and D Truex</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les technologies latentes ou l'inversion de la logique d'adoption, AIM2018, Nantes (Co-auteurs : Guillaume Bio-Paquerot et Frank Lentz)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">The times they are changing, Euram2011, 1-4 Juin, Tallinn (Estonie)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">...</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qui remplit les salles de concerts ? La nostalgie, pardi !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La plasticité numérique dans la littérature : un concept émergent ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30ème Conférence de l'Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Information et Management, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing digital plasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediterranean Conference on Information Systems (MCIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligence artificielle et logistique humanitaire : une exploration de la littérature.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30e Conférence de l’Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05472438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A proposal for a conceptual framework challenging the complexity of ethical and responsibility issues in algorithms systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerbaix Sylvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Valletta, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04785221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coping with Artificial Intelligence Ethical Dilemma and Ethical Position Choices?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Enterprise Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICEIS, Apr 2024, Angers, France. pp.382-388, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0012726000003690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04785209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Théorie de l'agence étendue pour décrypter l'impact des IAG sur les entreprises : exploration de quelques cas d'usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Marsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quinio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29 ° congrès de l'AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montpellier, May 2024, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IA et éthique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 7th Conference for Information &amp; Communication Technologies for Organization &amp; Society: Ethical and responsible artificial intelligence for sustainable societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICTO, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04302982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la résilience à l'antifragilité : proposition d'un agenda de recherche pour mesurer le sentiment d'antifragilité au sein de MSF logistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIM, May 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05450865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans quelle mesure l’approche de la complexité médiatisée par Edgar Morin peut-elle être adaptée à l’analyse des biais et déviances algorithmiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de l'Association Information et Management AIM 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Information et Management, May 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le couplage Résilience/Auto-Eco-Réorganisation de la chaîne logistique de MSF Log face à une crise sanitaire mondiale au prisme de la complexité d’E. Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de l’Association Information et Management AIM 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Carry-le-Rouet Aix-Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’éthique, de la complexité, des algorithmes et de plusieurs concepts qu’il convient de tisser ensemble : une lecture basée sur les travaux de Edgar Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fautrero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème Conférence de l'AIM (Association Information et Management)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIM, Jun 2022, Carry - le - Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’éthique, de la complexité, des algorithmes et de plusieurs concepts qu’il convient de « tisser ensemble » : une lecture basée sur les travaux de E. Morin.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de l’Association Information et Management AIM 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Carry-le -Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A plea for choosing ex ante an ethical theorical position for a relevant response to ethical issues posed by algorithmic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 3rd International Conference on Next Generation Computing Applications (NextComp)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Flic-en-Flac, Mauritius. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NextComp55567.2022.9932235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résilience de la chaîne logistique humanitaire et agilité du système d’information face à une crise sanitaire : cas de Médecins sans Frontière Logistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de l’Association Information et Management AIM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Nice (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La redevabilité algorithmique au prisme des trois principes clés de l’approche de la complexité d'Edgar Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Project &amp; Logistics, Digitalization of Supply Chains and Projects, PROLOG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l’analyse de la mise en œuvre des normes IFRS dans le secteur public : l’application des normes IPSAS par l’ONU.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dherment Férère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque CNRIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02484582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation numérique et logistique humanitaire : le paradoxe de la gestion de l'incertitude et de l'urgence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de l'AIM, Association Information et Management, 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, NANTES, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03026494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pôle de compétitivité à vocation mondiale et travail collaboratif local : vers une redéfinition des frontières du cluster ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Berger-Douce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude du CREPA " L'E-RH : quelles frontières pour l'entreprise ? ", Université Paris Dauphine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00761148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en perspective du &amp;quot; Pôle de Compétitivité &amp;quot; comme pilote de projets innovants dans le cadre de relations &amp;quot; coopétitives &amp;quot; non automatiquement pérennes pour un secteur, une période et un territoire donnés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Berger-Douce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone du Management de Projet (AFITEP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Paris, France. 19p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie des territoires fonctionnels et applicatifs. Le cas du re-engineering de la gestion des ressources humaines d'un groupe logistique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Filippi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Toulouse, France. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00078456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does ERP Provide a Cross-Functional View of the Firm?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolande Marciniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIS International Conference on Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Las Vegas (Nevada ), United States. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie des territoires fonctionnels et applicatifs. Le cas du re-engineering de la gestion des ressources humaines d'un groupe logistique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Filippi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AIM 2005 de TOULOUSE (septembre), 15 pages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00094517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La territorialisation européenne de la souveraineté numérique : vers une autonomie stratégique par coopétition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Bouaynaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cloarec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-19. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.59876/a-8jv2-9kyc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05368822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le marché de la nostalgie musicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ondes courtes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05422901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique est une industrie de plus en plus lourde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Ferreboeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Marrauld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reflets de la Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77, pp.151-154. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/refdp/202477151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Tourist Experience of the Majorelle Garden Using VADER-Based Sentiment Analysis and the Latent Dirichlet Allocation Algorithm: The Case of TripAdvisor Reviews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellah Saoualih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larbi Safaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Bouhatous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalia Perkumienė</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (15), pp.6378. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su16156378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital is an increasingly heavy industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Ferreboeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Marrauld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reflets de la Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77, pp.151-154. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/refdp/2024s151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supply Chain Unicorn Hunt: The Elusive Quest for HR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Hoareau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Ageron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 128 (2), pp.60-79. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/grhu.128.0060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questionnement éthique des systèmes algorithmiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (50), pp.105 - 116. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.050.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensions and sub-dimensions of emergency supply chain resilience: a case study of Médecins Sans Frontières Logistique during the COVID-19 pandemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supply Chain Management: An International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, DSCG, 28 (5), pp.126. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/SCM-07-2022-0278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dirigeants de collectivités territoriales françaises confrontés à la gestion opérationnelle des cybermenaces : une approche typologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Février</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lasmoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.114.0057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ChatGPT, étudiants et enseignants-chercheurs : sont-ils vraiment félins pour l’autre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Godé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Fabrice Lebraty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; Data Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36863/mds.a.23595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04066813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la résilience d’une chaîne logistique humanitaire en temps de crise sanitaire majeure : conceptualisation à partir du cas MSF Logistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N°132 (6), pp.91 - 111. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.132.0091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05438604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme à l’ère des technologies numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larbi Safaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Oruezabala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (2), </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1084554ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring destination's negative e-reputation using aspect based sentiment analysis approach: Case of Marrakech destination on TripAdvisor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Twil Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bidan Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bencharef Omar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaloun Soulaimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safaa Larbi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourism management perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (15), pp.100892. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tmp.2021.100892⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition de caractérisation de la logistique humanitaire à la lumière de MSF Log : un fort couplage du système d’information et de la supply chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (3), pp.156-167. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/12507970.2018.1496802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03256525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative open training with serious games: Relations, culture, knowledge, innovation, and desire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oihab Allal-Chérif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation &amp; Knowledge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2 (1), pp.31-38. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jik.2016.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An empirical study of IS architectures in French SMEs: integration approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duane Truex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (3), pp.287-302. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/ejis.2012.12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une exploration qualitative du rôle des opérateurs du Cloud Computing dans l’acheminement des données des PME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Bouaynaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 93 (3), pp.65-83. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.093.0065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03819939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fairphone ou les balbutiements de la téléphonie éthique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using serious games to manage knowledge and competencies: The seven-step development process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oihab Allal-Chérif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Makhlouf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Systems Frontiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (6), pp.1153-1163. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10796-016-9649-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03421985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust and e-government acceptance: The case of Tunisian on-line tax filing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majdi Mellouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Bentahar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Journal of Information Systems Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19 (3), pp.197-212</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02511025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Afrique, continent de la téléphonie mobile, ou comment l’économie numérique tisse sa toile en 2G</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechir Malloumi Abba Goni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pôles de compétitivité comme leviers cognitifs de création de valeur: cas de I-TRANS et MER PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dherment-Férère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 25 (5), pp.245 - 266. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.025.0245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la stratégie de déploiement des PGI sur la vision transversale de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolande Marciniak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 168-169 (9-10), pp.267-285. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.168-169.267-285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une mise en perspective du couplage cybersécurité/gestion de crise au travers du stress lié à une attaque wiper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Dugoin-Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le risque cyber. Cyberattaques, cyberdéfense, cybersécurité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS éditions, 2025, 9782386302466</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05413939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle résilience logistique face à une crise sanitaire majeure. Le cas emblématique d’une ONG humanitaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manager les résiliences.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Management et Sociétés - EMS, pp.223-230, 2025, 978-2-38630-274-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation. De l’importance de repenser la transmission du dialogue homme/machine au travers de l’apprentissage artificiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation. Edition EMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS Editions, pp.222-232, 2024, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.marti.2024.01.0222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques pédagogiques innovantes. Chapitre 23. Enseignants-chercheurs et ChatGPT4 : un chapitre récursif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Fabrice Lebraty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques pédagogiques innovantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS Editions, pp.333-345, 2024, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.cheva.2024.02.0333⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une prestation logistique de récupération de déchets industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Oruezabala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cas en logistique et supply chain management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS, pp.229‑246, 2023, Essais et leçons, 978-2-37687-805-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 7. Du contexte à la contextualisation ou leçons autour d’une assiette de pâtes ouagalaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogues et perspectives autour de l'œuvre d'Yves-Frédéric Livian. Afrique, approche critique et management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS Editions, pp.100-105, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cas en logistique et Supply Chain Management. Cas 14. K-Line : Vers une prestation logistique de récupération de déchets industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Oruezabala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cas en logistique et Supply Chain Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS Editions, pp.217-234, 2023, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.lavas.2023.01.0217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Frédéric Livian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Yves-Frédéric Livian; Marc Bidan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands auteurs aux frontières du management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.4-11, 2022, Collection : Grands auteurs, 978-2-37687-523-9. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.livia.2022.01.0004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Dylan. De l’effectuation « so easy to look at, so hard to define » (Chapitre XVIII)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yves-Frédéric Livian; Marc Bidan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands auteurs aux frontières du management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.226-238, 2022, 978-2-37687-523-9. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.livia.2022.01.0226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03791005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graeber. Quand les larbins, rafistoleurs et autres sbires cherchent du sens au non-sens de leur travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Boncori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Chakor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Livian, Y-F. &amp; Bidan, M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands auteurs aux frontières du management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Management et Société, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03762725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies et CNU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Fabrice Lebraty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lesca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La disputatio au cœur du management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Provence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.203-222, 2022, Travail &amp; Gouvernance, 9791032003916. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pup.57364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03977677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produire du savoir et de l'action. Chapitre 16. Une introduction aux méthodologies quantitatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Produire du savoir et de l'action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS Editions, pp.183-195, 2020, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.peret.2020.01.0183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05115002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XXVI. Erik Brynjolfsson – Ou la délicate course contre la « machine »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Walsh, Michel Kalika, Carine Dominguez-Péry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands auteurs en systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS Editions, pp.517-526, 2018, Grands auteurs, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.walsh.2018.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3. Progiciels de gestion intégrés et flexibilités: vers des systèmes fortement couplés?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolande Marciniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rachel Beaujolin-Bellet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flexibilités et performances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.73--90, 2004, 9782707143235. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dec.beauj.2004.01.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coping with Artificial Intelligence Dilemna and Ethical Position Choices?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerbaix Sylvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Enterprise Information Systems - ICEIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 380-386, 2024, 978-989-758-692-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04783957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building Resilient Supply Chains with Information Systems: Key Lessons from Médecins Sans Frontières Logistique During the COVID-19 Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th International Conference on Enterprise Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SCITEPRESS - Science and Technology Publications, pp.263-270, 2023, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0012038000003467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A plea for choosing ex ante an ethical theorical position for a relevant response to ethical issues posed by algorithmic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 3rd International Conference on Next Generation Computing Applications (NextComp)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, pp.1-6, 2022, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NextComp55567.2022.9932235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les pas de Jean-Louis Le Moigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schmitt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projectics / Proyéctica / Projectique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024/1 (37), pp.3-221, 2024, Sur les pas de Jean-Louis Le Moigne, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/proj.037.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building Resilient Supply Chains with Information Systems: Key Lessons from Médecins Sans Frontières Logistique During the COVID-19 Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands auteurs aux frontières du management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Frédéric Livian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMS Editions, 540 p., 2022, Collection Grands Auteurs, 9782376875246. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.livia.2022.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cas en management des systèmes d'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Godé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMS Editions Management et Société. 2020, 978-2-37687-409-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management des systèmes d'information: Manuel et applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Godé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vuibert, 2017, 978-2-311-40435-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands auteurs (et grandes idées) aux frontières du management [Marc Bidan]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Denis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04698214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorcellerie, clan et hypo-management [Marc Bidan]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Denis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05253105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graeber : un héritage pour le sens et la raison d’être ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Chakor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Boncori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03883493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graeber (1961-2020), auteur de ‘Bullshit jobs’, HR Square</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Chakor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Boncori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03883491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un an après : un troisième tour à l’ombre du Front national</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fazi André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Patriat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.mtyajsm6h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02462491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId182"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marc Bidan </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur à Nantes Université en Management des Systèmes d'Information (MSI)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Past président de Association Information et Management</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.aim.asso.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du jury national du DSCG (Responsable de l'épreuve 5 de Management des SI)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du jury d'agrégration du CAMES en sc de gestion (Ouagadougou, 2019 & Cotonou, 2021)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ex-membre du CNU 06 (</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">marc.bidan@cnu.education.gouv.fr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> )</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ex-directeur du laboratoire LEMNA (Nantes Université) et membre du LEMNA (axe NTO)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Production scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alternatives africaines en management (Co-redacteur invité du numéro spécial)  Revue Française de Gestion (décembre 2020)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cas en Management des SI (Coordinateur avec Cécile Godé) Editions EMS, Nov 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pourquoi si peu de data center en africaine subsaharienne ? Revue Management et Data Sciences; Numéro Afrique/AIM, septembre 2020 (avec M. Souleymane Koné)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proposition de caractérisation de la logistique humanitaire (Co-auteur Sylvie Michel) Logistique et Management, Oct 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Management des Systèmes d'Information, (Ouvrage coordonné avec Cécile Godé) Edition Vuibert, Sept. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fédération et Intégration des Applications du Système d'Information de Gestion, Revue Système d'Information et Management, Ed. ESKA, Revue Vol. 9, N. 4, 2004, p. 5-25.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blockchain, Bitcoin et Crypto économie, theconversation.com , triptyque de avril à sept 2018  (publications reprises dans la tribune et les échos)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'économie numérique est une industrie lourde , theconversation.com , trityque publié en ligne à partir de Décembre 2015.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quels outils achat pour le sourcing global ? Logistique & Management, Vol 22, N2, décembre 2014 (co auteur : G Oruezabala)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Usages et appropriation des SI mobiles en Afrique de l'Ouest. Colloque Africampus, Ouagadougou, 26 et 27 février 2015 (co auteur : B. Abba Goni)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le SIG en questions, lextenso édition, Gualino, Paris,  Septembre 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Exploring IS and/or SCM ?, Supply Chain Forum International Journal, Vol 13, N.3, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">An empirical study of IS architectures in French SMEs: integration approaches, EJIS, March 2012, p. 287-302, with F Rowe and D Truex</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les technologies latentes ou l'inversion de la logique d'adoption, AIM2018, Nantes (Co-auteurs : Guillaume Bio-Paquerot et Frank Lentz)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">The times they are changing, Euram2011, 1-4 Juin, Tallinn (Estonie)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">...</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qui remplit les salles de concerts ? La nostalgie, pardi !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligence artificielle et logistique humanitaire : une exploration de la littérature.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30e Conférence de l’Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05472438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La plasticité numérique dans la littérature : un concept émergent ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30ème Conférence de l'Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Information et Management, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing digital plasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediterranean Conference on Information Systems (MCIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Théorie de l'agence étendue pour décrypter l'impact des IAG sur les entreprises : exploration de quelques cas d'usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Marsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quinio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29 ° congrès de l'AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montpellier, May 2024, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A proposal for a conceptual framework challenging the complexity of ethical and responsibility issues in algorithms systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerbaix Sylvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Valletta, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04785221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coping with Artificial Intelligence Ethical Dilemma and Ethical Position Choices?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Enterprise Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICEIS, Apr 2024, Angers, France. pp.382-388, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0012726000003690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04785209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IA et éthique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 7th Conference for Information &amp; Communication Technologies for Organization &amp; Society: Ethical and responsible artificial intelligence for sustainable societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICTO, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04302982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la résilience à l'antifragilité : proposition d'un agenda de recherche pour mesurer le sentiment d'antifragilité au sein de MSF logistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIM, May 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05450865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans quelle mesure l’approche de la complexité médiatisée par Edgar Morin peut-elle être adaptée à l’analyse des biais et déviances algorithmiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de l'Association Information et Management AIM 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Information et Management, May 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’éthique, de la complexité, des algorithmes et de plusieurs concepts qu’il convient de tisser ensemble : une lecture basée sur les travaux de Edgar Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fautrero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème Conférence de l'AIM (Association Information et Management)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIM, Jun 2022, Carry - le - Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le couplage Résilience/Auto-Eco-Réorganisation de la chaîne logistique de MSF Log face à une crise sanitaire mondiale au prisme de la complexité d’E. Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de l’Association Information et Management AIM 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Carry-le-Rouet Aix-Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’éthique, de la complexité, des algorithmes et de plusieurs concepts qu’il convient de « tisser ensemble » : une lecture basée sur les travaux de E. Morin.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de l’Association Information et Management AIM 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Carry-le -Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A plea for choosing ex ante an ethical theorical position for a relevant response to ethical issues posed by algorithmic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 3rd International Conference on Next Generation Computing Applications (NextComp)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Flic-en-Flac, Mauritius. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NextComp55567.2022.9932235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La redevabilité algorithmique au prisme des trois principes clés de l’approche de la complexité d'Edgar Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Project &amp; Logistics, Digitalization of Supply Chains and Projects, PROLOG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résilience de la chaîne logistique humanitaire et agilité du système d’information face à une crise sanitaire : cas de Médecins sans Frontière Logistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de l’Association Information et Management AIM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Nice (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l’analyse de la mise en œuvre des normes IFRS dans le secteur public : l’application des normes IPSAS par l’ONU.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dherment Férère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque CNRIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02484582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation numérique et logistique humanitaire : le paradoxe de la gestion de l'incertitude et de l'urgence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de l'AIM, Association Information et Management, 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, NANTES, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03026494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pôle de compétitivité à vocation mondiale et travail collaboratif local : vers une redéfinition des frontières du cluster ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Berger-Douce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude du CREPA " L'E-RH : quelles frontières pour l'entreprise ? ", Université Paris Dauphine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00761148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en perspective du &amp;quot; Pôle de Compétitivité &amp;quot; comme pilote de projets innovants dans le cadre de relations &amp;quot; coopétitives &amp;quot; non automatiquement pérennes pour un secteur, une période et un territoire donnés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Berger-Douce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Francophone du Management de Projet (AFITEP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Paris, France. 19p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie des territoires fonctionnels et applicatifs. Le cas du re-engineering de la gestion des ressources humaines d'un groupe logistique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Filippi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AIM 2005 de TOULOUSE (septembre), 15 pages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00094517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie des territoires fonctionnels et applicatifs. Le cas du re-engineering de la gestion des ressources humaines d'un groupe logistique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Filippi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Toulouse, France. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00078456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does ERP Provide a Cross-Functional View of the Firm?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolande Marciniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIS International Conference on Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Las Vegas (Nevada ), United States. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La territorialisation européenne de la souveraineté numérique : vers une autonomie stratégique par coopétition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Bouaynaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cloarec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-19. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.59876/a-8jv2-9kyc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05368822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le marché de la nostalgie musicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ondes courtes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05422901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique est une industrie de plus en plus lourde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Ferreboeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Marrauld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reflets de la Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77, pp.151-154. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/refdp/202477151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Tourist Experience of the Majorelle Garden Using VADER-Based Sentiment Analysis and the Latent Dirichlet Allocation Algorithm: The Case of TripAdvisor Reviews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellah Saoualih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larbi Safaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Bouhatous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalia Perkumienė</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (15), pp.6378. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su16156378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital is an increasingly heavy industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Ferreboeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Marrauld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reflets de la Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77, pp.151-154. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/refdp/2024s151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questionnement éthique des systèmes algorithmiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (50), pp.105 - 116. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.050.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supply Chain Unicorn Hunt: The Elusive Quest for HR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Hoareau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Ageron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 128 (2), pp.60-79. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/grhu.128.0060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensions and sub-dimensions of emergency supply chain resilience: a case study of Médecins Sans Frontières Logistique during the COVID-19 pandemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supply Chain Management: An International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, DSCG, 28 (5), pp.126. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/SCM-07-2022-0278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dirigeants de collectivités territoriales françaises confrontés à la gestion opérationnelle des cybermenaces : une approche typologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Février</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lasmoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.114.0057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ChatGPT, étudiants et enseignants-chercheurs : sont-ils vraiment félins pour l’autre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Godé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Fabrice Lebraty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; Data Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36863/mds.a.23595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04066813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la résilience d’une chaîne logistique humanitaire en temps de crise sanitaire majeure : conceptualisation à partir du cas MSF Logistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N°132 (6), pp.91 - 111. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.132.0091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05438604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme à l’ère des technologies numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larbi Safaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Oruezabala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (2), </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1084554ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring destination's negative e-reputation using aspect based sentiment analysis approach: Case of Marrakech destination on TripAdvisor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Twil Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bidan Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bencharef Omar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaloun Soulaimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safaa Larbi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourism management perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (15), pp.100892. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tmp.2021.100892⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition de caractérisation de la logistique humanitaire à la lumière de MSF Log : un fort couplage du système d’information et de la supply chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistique &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (3), pp.156-167. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/12507970.2018.1496802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03256525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An empirical study of IS architectures in French SMEs: integration approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duane Truex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (3), pp.287-302. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/ejis.2012.12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une exploration qualitative du rôle des opérateurs du Cloud Computing dans l’acheminement des données des PME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Bouaynaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 93 (3), pp.65-83. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.093.0065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03819939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative open training with serious games: Relations, culture, knowledge, innovation, and desire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oihab Allal-Chérif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation &amp; Knowledge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2 (1), pp.31-38. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jik.2016.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust and e-government acceptance: The case of Tunisian on-line tax filing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majdi Mellouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Bentahar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Journal of Information Systems Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19 (3), pp.197-212</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02511025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Afrique, continent de la téléphonie mobile, ou comment l’économie numérique tisse sa toile en 2G</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechir Malloumi Abba Goni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fairphone ou les balbutiements de la téléphonie éthique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using serious games to manage knowledge and competencies: The seven-step development process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oihab Allal-Chérif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Makhlouf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Systems Frontiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (6), pp.1153-1163. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10796-016-9649-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03421985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pôles de compétitivité comme leviers cognitifs de création de valeur: cas de I-TRANS et MER PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dherment-Férère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 25 (5), pp.245 - 266. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.025.0245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la stratégie de déploiement des PGI sur la vision transversale de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolande Marciniak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 168-169 (9-10), pp.267-285. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.168-169.267-285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une mise en perspective du couplage cybersécurité/gestion de crise au travers du stress lié à une attaque wiper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Dugoin-Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le risque cyber. Cyberattaques, cyberdéfense, cybersécurité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS éditions, 2025, 9782386302466</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05413939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle résilience logistique face à une crise sanitaire majeure. Le cas emblématique d’une ONG humanitaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manager les résiliences.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Management et Sociétés - EMS, pp.223-230, 2025, 978-2-38630-274-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation. De l’importance de repenser la transmission du dialogue homme/machine au travers de l’apprentissage artificiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation. Edition EMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS Editions, pp.222-232, 2024, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.marti.2024.01.0222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques pédagogiques innovantes. Chapitre 23. Enseignants-chercheurs et ChatGPT4 : un chapitre récursif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Fabrice Lebraty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques pédagogiques innovantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS Editions, pp.333-345, 2024, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.cheva.2024.02.0333⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cas en logistique et Supply Chain Management. Cas 14. K-Line : Vers une prestation logistique de récupération de déchets industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Oruezabala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cas en logistique et Supply Chain Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS Editions, pp.217-234, 2023, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.lavas.2023.01.0217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 7. Du contexte à la contextualisation ou leçons autour d’une assiette de pâtes ouagalaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogues et perspectives autour de l'œuvre d'Yves-Frédéric Livian. Afrique, approche critique et management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS Editions, pp.100-105, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une prestation logistique de récupération de déchets industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Oruezabala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cas en logistique et supply chain management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS, pp.229‑246, 2023, Essais et leçons, 978-2-37687-805-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob Dylan. De l’effectuation « so easy to look at, so hard to define » (Chapitre XVIII)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yves-Frédéric Livian; Marc Bidan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands auteurs aux frontières du management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.226-238, 2022, 978-2-37687-523-9. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.livia.2022.01.0226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03791005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Frédéric Livian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Yves-Frédéric Livian; Marc Bidan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands auteurs aux frontières du management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.4-11, 2022, Collection : Grands auteurs, 978-2-37687-523-9. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.livia.2022.01.0004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graeber. Quand les larbins, rafistoleurs et autres sbires cherchent du sens au non-sens de leur travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Boncori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Chakor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Livian, Y-F. &amp; Bidan, M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands auteurs aux frontières du management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Management et Société, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03762725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies et CNU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Fabrice Lebraty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lesca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La disputatio au cœur du management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Provence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.203-222, 2022, Travail &amp; Gouvernance, 9791032003916. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pup.57364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03977677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produire du savoir et de l'action. Chapitre 16. Une introduction aux méthodologies quantitatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Produire du savoir et de l'action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS Editions, pp.183-195, 2020, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.peret.2020.01.0183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05115002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XXVI. Erik Brynjolfsson – Ou la délicate course contre la « machine »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Walsh, Michel Kalika, Carine Dominguez-Péry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands auteurs en systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMS Editions, pp.517-526, 2018, Grands auteurs, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.walsh.2018.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3. Progiciels de gestion intégrés et flexibilités: vers des systèmes fortement couplés?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolande Marciniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rachel Beaujolin-Bellet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flexibilités et performances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.73--90, 2004, 9782707143235. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dec.beauj.2004.01.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coping with Artificial Intelligence Dilemna and Ethical Position Choices?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerbaix Sylvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Enterprise Information Systems - ICEIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 380-386, 2024, 978-989-758-692-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04783957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building Resilient Supply Chains with Information Systems: Key Lessons from Médecins Sans Frontières Logistique During the COVID-19 Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th International Conference on Enterprise Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SCITEPRESS - Science and Technology Publications, pp.263-270, 2023, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0012038000003467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A plea for choosing ex ante an ethical theorical position for a relevant response to ethical issues posed by algorithmic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 3rd International Conference on Next Generation Computing Applications (NextComp)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, pp.1-6, 2022, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NextComp55567.2022.9932235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les pas de Jean-Louis Le Moigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schmitt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projectics / Proyéctica / Projectique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024/1 (37), pp.3-221, 2024, Sur les pas de Jean-Louis Le Moigne, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/proj.037.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building Resilient Supply Chains with Information Systems: Key Lessons from Médecins Sans Frontières Logistique During the COVID-19 Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Gerbaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands auteurs (et grandes idées) aux frontières du management [Marc Bidan]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Denis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04698214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorcellerie, clan et hypo-management [Marc Bidan]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Denis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05253105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands auteurs aux frontières du management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Frédéric Livian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMS Editions, 540 p., 2022, Collection Grands Auteurs, 9782376875246. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.livia.2022.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cas en management des systèmes d'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Godé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMS Editions Management et Société. 2020, 978-2-37687-409-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management des systèmes d'information: Manuel et applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Godé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vuibert, 2017, 978-2-311-40435-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graeber : un héritage pour le sens et la raison d’être ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Chakor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Boncori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03883493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Graeber (1961-2020), auteur de ‘Bullshit jobs’, HR Square</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Chakor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Boncori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03883491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un an après : un troisième tour à l’ombre du Front national</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fazi André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Patriat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.mtyajsm6h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02462491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId182"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aim.asso.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marc.bidan@cnu.education.gouv.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476109v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Le Goff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bidan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Michel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496170v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gerbaix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499455v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472438v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785221v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerbaix Sylvie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785209v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012726000003690" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04742234v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Marsal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Quinio" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302982v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450865v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787051v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787495v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654151v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fautrero" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787485v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953936v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NextComp55567.2022.9932235" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787508v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787502v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484582v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bidan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dherment F&#233;r&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026494v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761148v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berger-Douce" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751988v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00078456v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Filippi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161788v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane El Amrani" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolande Marciniak" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Rowe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00094517v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Filippi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Bouaynaya" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cloarec" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-8jv2-9kyc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422901v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712797v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Ferreboeuf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Marrauld" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rodhain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/202477151" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769299v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Saoualih" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Safaa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Bouhatous" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Perkumien&#279;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su16156378" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04811226v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/2024s151" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04283032v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Hoareau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Ageron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.128.0060" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140370v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.050.0105" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087034v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SCM-07-2022-0278" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04283076v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my F&#233;vrier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lasmoles" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.114.0057" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04066813v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile God&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fabrice Lebraty" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36863/mds.a.23595" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438604v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.132.0091" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114901v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Oruezabala" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1084554ar" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114912v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Twil Ali" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bidan Marc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bencharef Omar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaloun Soulaimane" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safaa Larbi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tmp.2021.100892" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256525v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2018.1496802" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763732v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oihab Allal-Ch&#233;rif" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jik.2016.06.003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823089v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duane Truex" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/ejis.2012.12" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03819939v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.093.0065" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03714089v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421985v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Makhlouf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10796-016-9649-7" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511025v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Mellouli" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Bentahar" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03709988v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bechir Malloumi Abba Goni" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03016255v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dherment-F&#233;r&#232;re" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.025.0245" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949156v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy-Maronnat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.168-169.267-285" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-VV3RF2V2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05413939v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Lucas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dugoin-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499469v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114964v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.marti.2024.01.0222" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114951v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.cheva.2024.02.0333" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04288774v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04304604v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114991v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Oruezabala" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.lavas.2023.01.0217" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-03790999v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Fr&#233;d&#233;ric Livian" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/livres-2/collections/grands-auteurs/ouvrage/634-les-grands-auteurs-aux-fronti%C3%A8res-du-management.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.livia.2022.01.0004" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03791005v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.livia.2022.01.0226" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762725v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gaillard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Boncori" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Chakor" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977677v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lemoine" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lesca" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pup/57364" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.57364" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115002v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.peret.2020.01.0183" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753338v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.walsh.2018.01" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949153v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/flexibilites-et-performances--9782707143235-page-73.htm?contenu=article" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.beauj.2004.01.0073" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783957v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787401v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012038000003467" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787454v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560380v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schmitt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/proj.037.0003" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412598v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04283193v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.livia.2022.01" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940045v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579906v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04698214v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05253105v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883493v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883491v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02462491v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Olivier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fazi Andr&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Patriat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Costa" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.mtyajsm6h" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aim.asso.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marc.bidan@cnu.education.gouv.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476109v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Le Goff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bidan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Michel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472438v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gerbaix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496170v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499455v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04742234v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Marsal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Quinio" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785221v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerbaix Sylvie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785209v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012726000003690" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302982v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450865v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787051v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654151v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fautrero" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787495v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787485v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953936v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NextComp55567.2022.9932235" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787502v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787508v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484582v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bidan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dherment F&#233;r&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026494v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761148v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berger-Douce" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751988v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00094517v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Filippi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00078456v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Filippi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161788v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane El Amrani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolande Marciniak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Rowe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Bouaynaya" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cloarec" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-8jv2-9kyc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422901v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712797v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Ferreboeuf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Marrauld" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rodhain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/202477151" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769299v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Saoualih" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Safaa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Bouhatous" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Perkumien&#279;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su16156378" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04811226v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/2024s151" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140370v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.050.0105" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04283032v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Hoareau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Ageron" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.128.0060" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087034v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SCM-07-2022-0278" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04283076v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my F&#233;vrier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lasmoles" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.114.0057" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04066813v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile God&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fabrice Lebraty" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36863/mds.a.23595" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438604v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.132.0091" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114901v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Oruezabala" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1084554ar" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114912v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Twil Ali" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bidan Marc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bencharef Omar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaloun Soulaimane" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safaa Larbi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tmp.2021.100892" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256525v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12507970.2018.1496802" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823089v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duane Truex" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/ejis.2012.12" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03819939v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.093.0065" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763732v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oihab Allal-Ch&#233;rif" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jik.2016.06.003" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511025v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Mellouli" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Bentahar" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03709988v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bechir Malloumi Abba Goni" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03714089v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421985v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Makhlouf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10796-016-9649-7" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03016255v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dherment-F&#233;r&#232;re" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.025.0245" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949156v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy-Maronnat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.168-169.267-285" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-VV3RF2V2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05413939v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Lucas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dugoin-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499469v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114964v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.marti.2024.01.0222" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114951v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.cheva.2024.02.0333" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114991v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Oruezabala" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.lavas.2023.01.0217" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04304604v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04288774v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03791005v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/livres-2/collections/grands-auteurs/ouvrage/634-les-grands-auteurs-aux-fronti%C3%A8res-du-management.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.livia.2022.01.0226" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-03790999v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Fr&#233;d&#233;ric Livian" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.livia.2022.01.0004" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762725v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gaillard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Boncori" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Chakor" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977677v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lemoine" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lesca" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pup/57364" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.57364" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115002v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.peret.2020.01.0183" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753338v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.walsh.2018.01" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949153v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/flexibilites-et-performances--9782707143235-page-73.htm?contenu=article" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.beauj.2004.01.0073" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783957v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787401v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012038000003467" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787454v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560380v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schmitt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/proj.037.0003" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412598v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04698214v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05253105v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04283193v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.livia.2022.01" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940045v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579906v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883493v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883491v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02462491v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Olivier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fazi Andr&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Patriat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Costa" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.mtyajsm6h" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>