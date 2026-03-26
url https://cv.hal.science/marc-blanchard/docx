--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -100,334 +100,334 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HERFD-XAS evidence for an octahedrally coordinated CoSn-polysulfide precursor as a probe for the mechanism of pyrite formation</w:t>
+                <w:t xml:space="preserve">Equilibrium isotope fractionation in carbonate minerals: Role of Mg-Ca distribution and thermal effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qianyu Deng</w:t>
+                <w:t xml:space="preserve">Paola Patron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Le Pape</w:t>
+                <w:t xml:space="preserve">Carolina Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Aufort</w:t>
+                <w:t xml:space="preserve">Alin M Elena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Baptiste</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carlos Pinilla</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 401, pp.104-121. </w:t>
+              <w:t xml:space="preserve">, 2025, 394, pp.53-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2025.06.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2025.01.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05222719v1</w:t>
+                <w:t xml:space="preserve">hal-05017963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equilibrium isotope fractionation in carbonate minerals: Role of Mg-Ca distribution and thermal effects</w:t>
+                <w:t xml:space="preserve">HERFD-XAS evidence for an octahedrally coordinated CoSn-polysulfide precursor as a probe for the mechanism of pyrite formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paola Patron</w:t>
+                <w:t xml:space="preserve">Qianyu Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Martinez</w:t>
+                <w:t xml:space="preserve">Pierre Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alin M Elena</w:t>
+                <w:t xml:space="preserve">Julie Aufort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Pinilla</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benoit Baptiste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 394, pp.53-69. </w:t>
+              <w:t xml:space="preserve">, 2025, 401, pp.104-121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2025.01.031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2025.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017963v1</w:t>
+                <w:t xml:space="preserve">hal-05222719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into the acquisition of kinetic iron isotope signatures of pyrite precipitated through the polysulfide pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Poitrasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -530,51 +530,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Siron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Aufort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -673,51 +673,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Desmaele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gleb S Pokrovski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Pinilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merlin Méheut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -794,51 +794,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segolene Rabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Pinilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Poitrasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1160,295 +1160,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04190737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melt percolation, concentration and dyking in the Hawaiian mantle plume and overriding lithosphere: links to the evolution of lava composition along the volcanic chain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Extent, Nature, and Origin of K and Rb Depletions and Isotopic Fractionations in Earth, the Moon, and Other Planetary Bodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dauphas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azam Soltanmohammadi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michel Grégoire</w:t>
+                <w:t xml:space="preserve">Nicole X. Nie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice J Fontaine</w:t>
+                <w:t xml:space="preserve">Zhe J. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Paul Bédard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Blanchard</w:t>
+                <w:t xml:space="preserve">Hao Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Petrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 63 (1), pp.1-24. </w:t>
+              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/petrology/egab101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/PSJ/ac2e09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03479591v1</w:t>
+                <w:t xml:space="preserve">insu-03661489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Extent, Nature, and Origin of K and Rb Depletions and Isotopic Fractionations in Earth, the Moon, and Other Planetary Bodies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Melt percolation, concentration and dyking in the Hawaiian mantle plume and overriding lithosphere: links to the evolution of lava composition along the volcanic chain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole X. Nie</w:t>
+                <w:t xml:space="preserve">Azam Soltanmohammadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice J Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Paul Bédard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hao Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 3, </w:t>
+              <w:t xml:space="preserve">Journal of Petrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 63 (1), pp.1-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/PSJ/ac2e09⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/petrology/egab101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03661489v1</w:t>
+                <w:t xml:space="preserve">hal-03479591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms and rates of pyrite formation from hydrothermal fluid revealed by iron isotopes</w:t>
               </w:r>
@@ -1564,51 +1564,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of trace level As or Ni on pyrite formation kinetics at low temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Baya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Baptiste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1679,325 +1679,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03164649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A stable isotope toolbox for water and inorganic carbon cycle studies</w:t>
+                <w:t xml:space="preserve">Clues from ab initio calculations on titanium isotopic fractionation in tholeiitic and calc-alkaline magma series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Hillaire-Marcel</w:t>
+                <w:t xml:space="preserve">Sarah M Aarons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dauphas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sang-Tae Kim</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sergey Assonov</w:t>
+                <w:t xml:space="preserve">Nicole Xike X Nie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Earth &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43017-021-00209-0⟩</w:t>
+              <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (9), pp.2466-2480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsearthspacechem.1c00172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03359746v1</w:t>
+                <w:t xml:space="preserve">hal-03368964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clues from ab initio calculations on titanium isotopic fractionation in tholeiitic and calc-alkaline magma series</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A stable isotope toolbox for water and inorganic carbon cycle studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Hillaire-Marcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sang-Tae Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaëlle Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah M Aarons</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hao Zeng</w:t>
+                <w:t xml:space="preserve">Prosenjit Ghosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole Xike X Nie</w:t>
+                <w:t xml:space="preserve">Sergey Assonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 5 (9), pp.2466-2480. </w:t>
+              <w:t xml:space="preserve">Nature Reviews Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsearthspacechem.1c00172⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43017-021-00209-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03368964v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03359746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First-principles investigation of equilibrium iron isotope fractionation in Fe1-xSx alloys at Earth's core formation conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Pinilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldemar de Moya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2081,295 +2081,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03371089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and theoretical modelling of kinetic and equilibrium Ba isotope fractionation during calcite and aragonite precipitation</w:t>
+                <w:t xml:space="preserve">First-principles modeling of X-ray absorption spectra enlightens the processes of scandium sequestration by iron oxides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasileios Mavromatis</w:t>
+                <w:t xml:space="preserve">Mathieu Chassé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kirsten van Zuilen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Blanchard</w:t>
+                <w:t xml:space="preserve">Delphine Cabaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark van Zuilen</w:t>
+                <w:t xml:space="preserve">Amélie Juhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Dietzel</w:t>
+                <w:t xml:space="preserve">Delphine Vantelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 269, pp.566-580. </w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 105 (7), pp.1099-1103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2019.11.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2138/am-2020-7308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02995152v1</w:t>
+                <w:t xml:space="preserve">hal-02945509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First-principles modeling of X-ray absorption spectra enlightens the processes of scandium sequestration by iron oxides</w:t>
+                <w:t xml:space="preserve">Experimental and theoretical modelling of kinetic and equilibrium Ba isotope fractionation during calcite and aragonite precipitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Chassé</w:t>
+                <w:t xml:space="preserve">Vasileios Mavromatis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirsten van Zuilen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Juhin</w:t>
+                <w:t xml:space="preserve">Mark van Zuilen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Vantelon</w:t>
+                <w:t xml:space="preserve">Martin Dietzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 105 (7), pp.1099-1103. </w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 269, pp.566-580. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2138/am-2020-7308⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2019.11.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02945509v1</w:t>
+                <w:t xml:space="preserve">hal-02995152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and theoretical infrared spectra of OH defects in quartz</w:t>
               </w:r>
@@ -2855,559 +2855,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02175624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New constraints on Xe incorporation mechanisms in olivine from first-principles calculations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Crépisson</w:t>
+                <w:t xml:space="preserve">Local environment of arsenic in sulfide minerals: insights from high-resolution X-ray spectroscopies, and first-principles calculations at the As K-edge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Juhin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michele Lazzeri</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rueff Jean-Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoj Ducher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2017.10.028⟩</w:t>
+              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33 (12), pp.2070-2082. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8ja00272j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01653380v1</w:t>
+                <w:t xml:space="preserve">hal-02107588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kr environment in feldspathic glass and melt: A high pressure, high temperature X-ray absorption study</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Infrared spectroscopic study of the synthetic Mg–Ni talc series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jessica Hudspeth</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Meheut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Delon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Micoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2018.07.008⟩</w:t>
+              <w:t xml:space="preserve">Physics and Chemistry of Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45 (9), pp.843-854. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00269-018-0966-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01867322v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02107565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infrared spectroscopic study of the synthetic Mg–Ni talc series</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Kr environment in feldspathic glass and melt: A high pressure, high temperature X-ray absorption study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Crépisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystèle Sanloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pierre Micoud</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Hudspeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics and Chemistry of Minerals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00269-018-0966-x⟩</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 493, pp.525-531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2018.07.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02107565v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01867322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local environment of arsenic in sulfide minerals: insights from high-resolution X-ray spectroscopies, and first-principles calculations at the As K-edge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Le Pape</w:t>
+                <w:t xml:space="preserve">New constraints on Xe incorporation mechanisms in olivine from first-principles calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Crépisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manoj Ducher</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michele Lazzeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Balan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystèle Sanloup</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 33 (12), pp.2070-2082. </w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 222, pp.146-155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c8ja00272j⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2017.10.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02107588v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01653380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical isotopic fractionation between structural boron in carbonates and aqueous boric acid and borate ion</w:t>
               </w:r>
@@ -3419,51 +3419,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Noireaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasileios Mavromatis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Saldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3527,51 +3527,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equilibrium isotopic fractionation between aqueous Zn and minerals from first-principles calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoj Ducher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3735,51 +3735,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van der Waals contribution to the relative stability of aqueous Zn(2+) coordination states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoj Ducher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Pietrucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3895,51 +3895,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Lazzeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jannick Ingrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4250,51 +4250,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Site-specific equilibrium isotopic fractionation of oxygen, carbon and calcium in apatite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Aufort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Ségalen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4397,51 +4397,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infrared spectroscopic study of sulfate-bearing calcite from deep-sea bamboo coral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Aufort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Pouillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4652,51 +4652,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsenic incorporation in pyrite at ambient temperature at both tetrahedral S-I and octahedral Fe+II sites: evidence from EXAFS-DFT analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4786,51 +4786,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equilibrium zinc isotope fractionation in Zn-bearing minerals from first-principles calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoj Ducher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4890,103 +4890,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the local environment of substitutional Al3+ in goethite using X-ray absorption spectroscopy and first-principles calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoj Ducher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Vantelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruidy Nemausat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Cabaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics and Chemistry of Minerals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 43 (3), pp.217-227. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5137,51 +5137,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equilibrium magnesium isotope fractionation between aqueous Mg2+ and carbonate minerals: Insights from path integral molecular dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Pinilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5411,943 +5411,943 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical study of the local charge compensation and spectroscopic properties of B‑type carbonate defects in apatite</w:t>
+                <w:t xml:space="preserve">Determination of phthalates and their by-products in tissues of roach (Rutilus rutilus) from the Orge river (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haohao Yi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christel Gervais</w:t>
+                <w:t xml:space="preserve">Anne Sophie Valton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Segalen</w:t>
+                <w:t xml:space="preserve">Cendrine Serre-Dargnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Chevreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics and Chemistry of Minerals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00269-013-0654-9⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (22), pp.12723-12730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-014-3213-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01010568v1</w:t>
+                <w:t xml:space="preserve">hal-05354268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of hydrogen defects linked to boron substitution in synthetic forsterite and natural olivine</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution of interstitial OH groups to the incorporation of water in forsterite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Balan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Lazzeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jannick Ingrin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2138/am-2014-5049⟩</w:t>
+              <w:t xml:space="preserve">Phys Chem Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 41, pp.105-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00269-013-0628-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01093338v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01010567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First-principles modeling of sulfate incorporation and 34S/32S isotopic fractionation in different calcium carbonates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Balan</w:t>
+                <w:t xml:space="preserve">Determination of phthalates and their by-products in tissues of roach (Rutilus rutilus) from the Orge river (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Sophie Valton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Serre-Dargnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Chevreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2014.03.004⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (22), pp.12723-12730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-014-3213-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01010570v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05431433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infrared spectroscopic properties of goethite: anharmonic broadening, long‑range electrostatic effects and Al substitution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First-principles modeling of sulfate incorporation and 34S/32S isotopic fractionation in different calcium carbonates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Balan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Pinilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Lazzeri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys Chem Minerals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00269-013-0648-7⟩</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 374-375, pp.84-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2014.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00981612v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01010570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of phthalates and their by-products in tissues of roach (Rutilus rutilus) from the Orge river (France)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Infrared spectroscopic properties of goethite: anharmonic broadening, long‑range electrostatic effects and Al substitution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Chevreuil</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Balan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Giura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keevin Béneut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haohao Yi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-014-3213-0⟩</w:t>
+              <w:t xml:space="preserve">Phys Chem Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 41, pp.289-302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00269-013-0648-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05354268v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of phthalates and their by-products in tissues of roach (Rutilus rutilus) from the Orge river (France)</w:t>
+                <w:t xml:space="preserve">Identification of hydrogen defects linked to boron substitution in synthetic forsterite and natural olivine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Sophie Valton</w:t>
+                <w:t xml:space="preserve">J. Ingrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cendrine Serre-Dargnat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Blanchard</w:t>
+                <w:t xml:space="preserve">I. Kovacs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Alliot</w:t>
+                <w:t xml:space="preserve">E. Deloule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Chevreuil</w:t>
+                <w:t xml:space="preserve">E. Balan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 21 (22), pp.12723-12730. </w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 99 (10), pp.2138-2141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-014-3213-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2138/am-2014-5049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05431433v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01093338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of interstitial OH groups to the incorporation of water in forsterite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Theoretical study of the local charge compensation and spectroscopic properties of B‑type carbonate defects in apatite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haohao Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Segalen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys Chem Minerals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 41, pp.105-114. </w:t>
+              <w:t xml:space="preserve">Physics and Chemistry of Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 41, pp.347-359. </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00269-013-0628-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00269-013-0654-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01010567v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01010568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clumped fluoride-hydroxyl defects in forsterite:Implications for the upper-mantle</w:t>
               </w:r>
@@ -6597,51 +6597,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equilibrium fractionation of H and O isotopes in water from path integral molecular dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Pinilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6871,187 +6871,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01096956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infrared signatures of OH-defects in wadsleyite: A first-principles study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First-principles study of OH defects in zircon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Balan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haohao Yii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hélène Bureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Phys Chem Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 40, pp.547-554. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00269-013-0591-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2138/am.2013.4468⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00981446v1</w:t>
+                <w:t xml:space="preserve">hal-01010565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A carbonate-fluoride defect model for carbonate-rich fluorapatite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haohao Yi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7135,143 +7121,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00823261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First-principles study of OH defects in zircon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Infrared signatures of OH-defects in wadsleyite: A first-principles study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Roberge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Blanchard</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fiquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys Chem Minerals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00269-013-0591-7⟩</w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 98, pp.2132-2143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2138/am.2013.4468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01010565v1</w:t>
+                <w:t xml:space="preserve">hal-00981446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical study of OH-defects in pure enstatite</w:t>
               </w:r>
@@ -7283,51 +7283,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haohao Yi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jannick Ingrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7380,290 +7380,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01010563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First-principles investigation of equilibrium isotopic fractionation of O- and Si-isotopes between refractory solids and gases in the solar nebula</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First-principles simulation of arsenate adsorption on the (11̄2) surface of hematite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Lazzeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Balan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Javoy</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Michele Lazzeri</w:t>
+                <w:t xml:space="preserve">Ismaila Dabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86, pp.182</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00668201v1</w:t>
+                <w:t xml:space="preserve">hal-00745480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First-principles simulation of arsenate adsorption on the (11̄2) surface of hematite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First-principles investigation of equilibrium isotopic fractionation of O- and Si-isotopes between refractory solids and gases in the solar nebula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Javoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Balan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Méheut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Lazzeri</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ismaila Dabo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 319, pp.118-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2011.12.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00745480v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and theoretical study of the vibrational properties of diaspore (a-AlOOH)</w:t>
               </w:r>
@@ -7675,51 +7675,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Lazzeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8110,51 +8110,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Segalen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8389,51 +8389,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Lazzeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8615,786 +8615,786 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00420992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iron isotope fractionation between pyrite (FeS2), hematite (Fe2O3) and siderite (FeCO3): A first-principles density functional theory study</w:t>
+                <w:t xml:space="preserve">Incorporation of water in iron-free ringwoodite: A first-principles study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Balan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Wright</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2009.07.034⟩</w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 94, pp.83-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2138/am.2009.3020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00420994v1</w:t>
+                <w:t xml:space="preserve">hal-00420984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incorporation of water in iron-free ringwoodite: A first-principles study</w:t>
+                <w:t xml:space="preserve">Iron isotope fractionation between pyrite (FeS2), hematite (Fe2O3) and siderite (FeCO3): A first-principles density functional theory study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Poitrasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merlin Meheut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Lazzeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Mauri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 73, pp.6565-6578. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2009.07.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2138/am.2009.3020⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00420984v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00420994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface modes in the infrared spectrum of hydrous minerals: the OH stretching modes of bayerite</w:t>
+                <w:t xml:space="preserve">Theoretical infrared absorption coefficient of OH groups in minerals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keith Refson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Delattre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Lazzeri</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys Chem Minerals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, pp.1. </w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 93, pp.950-953. </w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00269-008-0221-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2138/am.2008.2889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00333470v1</w:t>
+                <w:t xml:space="preserve">hal-00333465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical infrared absorption coefficient of OH groups in minerals</w:t>
+                <w:t xml:space="preserve">Surface modes in the infrared spectrum of hydrous minerals: the OH stretching modes of bayerite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hochepied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Lazzeri</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Phys Chem Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00269-008-0221-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2138/am.2008.2889⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00333465v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00333470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First-principles calculation of the infrared spectrum of hematite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A computer simulation study of the effect of pressure on Mg diffusion in forsterite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric B'Ejina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Etienne Balan</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Wright</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. David Price</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2138/am.2008.2813⟩</w:t>
+              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 172 (1-2), pp.13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pepi.2008.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00333556v1</w:t>
+                <w:t xml:space="preserve">hal-00532144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A computer simulation study of the effect of pressure on Mg diffusion in forsterite</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First-principles calculation of the infrared spectrum of hematite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">G. David Price</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Lazzeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Mauri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pepi.2008.04.008⟩</w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 93, pp.1019-1027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2138/am.2008.2813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00532144v1</w:t>
+                <w:t xml:space="preserve">hal-00333556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsenic incorporation into FeS2 pyrite and its influence on dissolution: A DFT study</w:t>
               </w:r>
@@ -9779,51 +9779,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation Mechanisms of Trace Metal-Bearing Sulfide Minerals in Acidic and Saline Environments.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ona-Nguema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10350,51 +10350,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222719v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianyu Deng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Pape" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aufort" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Blanchard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Baptiste" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.06.003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017963v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Patron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Martinez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin M Elena" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Pinilla" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.01.031" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386336v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poitrasson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guilbaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baya" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2025.119729" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263290v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Siron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blanchard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Williams" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vitale Brovarone" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB030567" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744419v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Desmaele" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb S Pokrovski" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin M&#233;heut" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2024.122202" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864317v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Rabin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gr&#233;goire" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2022.11.017" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044631v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy W Heard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dauphas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac L Hinz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jena E Johnson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.2c00313" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190737v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Brazier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-D&#233;sir&#233;e Schmitt" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Schott" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2023.08.013" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479591v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azam Soltanmohammadi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice J Fontaine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Paul B&#233;dard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/petrology/egab101" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661489v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole X. Nie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe J. Zhang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Zeng" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ac2e09" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238980v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Saunier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2021.03.006" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164649v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Baptiste" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brest" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Landrot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2021.01.042" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359746v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Hillaire-Marcel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Tae Kim" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Landais" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prosenjit Ghosh" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Assonov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-021-00209-0" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368964v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah M Aarons" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Xike X Nie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.1c00172" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371089v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldemar de Moya" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roskosz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.117059" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995152v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios Mavromatis" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten van Zuilen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark van Zuilen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dietzel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.11.007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02945509v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chass&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cabaret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Juhin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vantelon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2020-7308" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994712v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael C Jollands" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Balan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-32-311-2020" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107610v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cr&#233;pisson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sanloup" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Hudspeth" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Glazyrin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GC007779" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326016v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cr&#233;on" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Sanloup" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Al&#233;on" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2019.07.032" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175624v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb S. Pokrovski" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria M. Kokh" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Proux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis F Hazemann" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bazarkina" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2019.04.024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01653380v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Lazzeri" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2017.10.028" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01867322v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cormier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2018.07.008" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107565v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin Meheut" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Delon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Poirier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Micoud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-018-0966-x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107588v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rueff Jean-Pascal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoj Ducher" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ja00272j" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01628373v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Noireaux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Saldi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Montouillout" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2017.10.017" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107534v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2018.02.040" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108218v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin A Schauble" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/rmg.2017.82.2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01542837v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pietrucci" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferlat" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Paulatto" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.7b00455" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01613308v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannick Ingrin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/ejm/2017/0029-2599" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107418v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Kovacs" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony C. Withers" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2017-5777" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935181v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jim&#233;nez-Ruiz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ferrage" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fernandez-Castanon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Delville" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b11836" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01598388v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c S&#233;galen" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Gervais" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2017.09.020" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107464v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pouill&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dabos" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/ejm/2017/0029-2611" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01371923v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2016.07.026" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01401681v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Brest" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Boulliard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Ikogou" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b03502" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01376665v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2016.09.016" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262097v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruidy Nemausat" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-015-0788-z" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222566v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Boulard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander F. Goncharov" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy L. Mao" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JB011901" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222600v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suresh K. Natarajan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vuilleumier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2015.04.008" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JNJVFJ20-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323393v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Laporte" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Finocchi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp02097b" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010568v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haohao Yi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Segalen" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-013-0654-9" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093338v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ingrin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kovacs" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Deloule" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Balan" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2014-5049" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010570v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2014.03.004" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CNL5KS26-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981612v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Giura" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keevin B&#233;neut" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-013-0648-7" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354268v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Valton" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Serre-Dargnat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alliot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chevreuil" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3213-0" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431433v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010567v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-013-0628-y" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959948v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bureau" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.01.020" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981620v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Crepisson" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Bureau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0935-1221/2014/0026-2366" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010571v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2014.03.027" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70JBHJHS-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01096956v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dauphas" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.Y. Hu" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roskosz" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Alp" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2014.12.006" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981446v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Roberge" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fiquet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2013.4468" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823261v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fayon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2013.4445" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010565v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haohao Yii" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-013-0591-7" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D4CM9HVM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010563v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-012-0544-6" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JZZDZKKP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668201v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Javoy" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.12.029" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6KV031K5-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00745480v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismaila Dabo" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668196v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Delattre" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guillaumet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-011-0464-x" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2HTT2W3V-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643638v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0935-1221/2011/0023-2090" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606500v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fritsch" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Allard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2010.10.006" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V63VQ48L-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643649v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Roche" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-010-0388-x" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DN05VGQK-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643665v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642496v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2010.04.018" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-50V4LM6W-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420992v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bejina" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Wright" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. David Price" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2008.04.008" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V9F1CJ3P-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420994v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Mauri" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2009.07.034" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q12DC9FJ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420984v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2009.3020" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333470v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hochepied" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-008-0221-y" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9B5DVVVG-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333465v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Refson" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2008.2889" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333556v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2008.2813" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00532144v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric B'Ejina" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642487v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alfredsson" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Brodholt" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richard A. Catlow" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2006.09.021" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642482v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian D. Gale" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp072468v" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-CP6XGTVF-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374033v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb Pokrovski" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Testemale" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338851v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ona-Nguema" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Juillot" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l V" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770835v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119473206.ch14" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017963v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Patron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Martinez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin M Elena" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Blanchard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Pinilla" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.01.031" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222719v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianyu Deng" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Pape" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aufort" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Baptiste" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.06.003" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386336v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poitrasson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guilbaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baya" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2025.119729" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263290v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Siron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blanchard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Williams" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vitale Brovarone" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB030567" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744419v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Desmaele" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb S Pokrovski" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin M&#233;heut" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2024.122202" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864317v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Rabin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gr&#233;goire" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2022.11.017" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044631v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy W Heard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dauphas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac L Hinz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jena E Johnson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.2c00313" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190737v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Brazier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-D&#233;sir&#233;e Schmitt" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Schott" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2023.08.013" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661489v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole X. Nie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe J. Zhang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Zeng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ac2e09" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479591v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azam Soltanmohammadi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice J Fontaine" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Paul B&#233;dard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/petrology/egab101" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238980v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Saunier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2021.03.006" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164649v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Baptiste" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brest" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Landrot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2021.01.042" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368964v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah M Aarons" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Xike X Nie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.1c00172" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359746v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Hillaire-Marcel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Tae Kim" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Landais" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prosenjit Ghosh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Assonov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-021-00209-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371089v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldemar de Moya" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roskosz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.117059" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02945509v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chass&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cabaret" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Juhin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vantelon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2020-7308" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995152v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios Mavromatis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten van Zuilen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark van Zuilen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dietzel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.11.007" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994712v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael C Jollands" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Balan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-32-311-2020" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107610v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cr&#233;pisson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sanloup" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Hudspeth" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Glazyrin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GC007779" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326016v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cr&#233;on" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Sanloup" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Al&#233;on" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2019.07.032" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175624v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb S. Pokrovski" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria M. Kokh" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Proux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis F Hazemann" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bazarkina" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2019.04.024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107588v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rueff Jean-Pascal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoj Ducher" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ja00272j" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107565v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin Meheut" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Delon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Poirier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Micoud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-018-0966-x" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01867322v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cormier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2018.07.008" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01653380v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Lazzeri" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2017.10.028" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01628373v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Noireaux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Saldi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Montouillout" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2017.10.017" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107534v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2018.02.040" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108218v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin A Schauble" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/rmg.2017.82.2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01542837v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pietrucci" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferlat" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Paulatto" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.7b00455" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01613308v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannick Ingrin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/ejm/2017/0029-2599" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107418v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Kovacs" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony C. Withers" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2017-5777" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935181v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jim&#233;nez-Ruiz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ferrage" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fernandez-Castanon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Delville" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b11836" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01598388v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c S&#233;galen" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Gervais" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2017.09.020" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107464v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pouill&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dabos" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/ejm/2017/0029-2611" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01371923v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2016.07.026" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01401681v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Brest" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Boulliard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Ikogou" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b03502" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01376665v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2016.09.016" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262097v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruidy Nemausat" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-015-0788-z" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222566v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Boulard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander F. Goncharov" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy L. Mao" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JB011901" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222600v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suresh K. Natarajan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vuilleumier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2015.04.008" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JNJVFJ20-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323393v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Laporte" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Finocchi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp02097b" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354268v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Valton" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Serre-Dargnat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alliot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chevreuil" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3213-0" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010567v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-013-0628-y" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431433v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010570v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2014.03.004" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CNL5KS26-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981612v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Giura" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keevin B&#233;neut" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haohao Yi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-013-0648-7" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093338v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ingrin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kovacs" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Deloule" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Balan" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2014-5049" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010568v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Segalen" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-013-0654-9" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959948v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bureau" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.01.020" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981620v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Crepisson" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Bureau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0935-1221/2014/0026-2366" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010571v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2014.03.027" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70JBHJHS-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01096956v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dauphas" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.Y. Hu" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roskosz" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Alp" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2014.12.006" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010565v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haohao Yii" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-013-0591-7" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D4CM9HVM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823261v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fayon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2013.4445" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981446v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Roberge" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fiquet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2013.4468" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010563v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-012-0544-6" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JZZDZKKP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00745480v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismaila Dabo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668201v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Javoy" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.12.029" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6KV031K5-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668196v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Delattre" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guillaumet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-011-0464-x" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2HTT2W3V-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643638v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0935-1221/2011/0023-2090" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606500v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fritsch" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Allard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2010.10.006" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V63VQ48L-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643649v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Roche" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-010-0388-x" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DN05VGQK-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643665v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642496v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2010.04.018" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-50V4LM6W-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420992v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bejina" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Wright" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. David Price" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2008.04.008" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V9F1CJ3P-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420984v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2009.3020" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420994v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Mauri" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2009.07.034" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q12DC9FJ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333465v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Refson" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2008.2889" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333470v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hochepied" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00269-008-0221-y" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9B5DVVVG-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00532144v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric B'Ejina" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333556v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2008.2813" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642487v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alfredsson" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Brodholt" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richard A. Catlow" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2006.09.021" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642482v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian D. Gale" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp072468v" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-CP6XGTVF-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374033v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb Pokrovski" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Testemale" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338851v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ona-Nguema" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Juillot" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l V" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770835v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119473206.ch14" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>