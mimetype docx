--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -221,455 +221,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05534960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple habitat graphs: how connectivity brings forth landscape ecological processes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing the strategic role of urban green spaces for habitat connectivity in multi-family residential plots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Thomas Boutreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vuidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Paul Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Vuidel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Girardet</w:t>
+                <w:t xml:space="preserve">Pauline Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10980-024-01947-4⟩</w:t>
+              <w:t xml:space="preserve">Urban Forestry &amp; Urban Greening</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 99, pp.128471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ufug.2024.128471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04682438v1</w:t>
+                <w:t xml:space="preserve">hal-04693393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addressing the sustainable urbanism paradox: tipping points for the operational reconciliation of dense and green morphologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Boutreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Boutreux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Bourgeois</w:t>
+                <w:t xml:space="preserve">Fabien Commeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">npj Urban Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 4 (1), pp.38. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s42949-024-00176-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04662947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the strategic role of urban green spaces for habitat connectivity in multi-family residential plots</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Multiple habitat graphs: how connectivity brings forth landscape ecological processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clauzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vuidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Piot</w:t>
+                <w:t xml:space="preserve">Xavier Girardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Forestry &amp; Urban Greening</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 99, pp.128471. </w:t>
+              <w:t xml:space="preserve">Landscape Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39, pp.168. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ufug.2024.128471⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10980-024-01947-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04693393v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04682438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does dispersal shape the genetic patterns of animal populations in European cities? A simulation approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Tannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -677,51 +677,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐Christophe Foltête</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vuidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peer Community Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 4, pp.e40. </w:t>
@@ -863,90 +863,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphab: an application for modeling and managing ecological habitat networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vuidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Paul Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clauzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -991,252 +991,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03153458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling landscape graph modeling and biological data: a review</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling in the Context of an Environmental Mobilisation: A Graph-Based Approach for Assessing the Landscape Ecological Impacts of a Highway Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 35, pp.1035-1052. </w:t>
+              <w:t xml:space="preserve">Ekológia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 39 (1), pp.88-100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10980-020-00998-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2478/eko-2020-0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02524370v1</w:t>
+                <w:t xml:space="preserve">hal-02503445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling in the Context of an Environmental Mobilisation: A Graph-Based Approach for Assessing the Landscape Ecological Impacts of a Highway Project</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupling landscape graph modeling and biological data: a review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clauzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Girardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ekológia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 39 (1), pp.88-100. </w:t>
+              <w:t xml:space="preserve">Landscape Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 35, pp.1035-1052. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2478/eko-2020-0007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10980-020-00998-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02503445v1</w:t>
+                <w:t xml:space="preserve">halshs-02524370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesurer et spatialiser la connectivité pour modéliser les changements des systèmes environnementaux. Approches comparées en écologie du paysage et en géomorphologie</w:t>
               </w:r>
@@ -1365,51 +1365,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Land Use Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 52, pp.76-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1583,90 +1583,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Et si on végétalisait les parcelles des habitats collectifs lyonnais ? Évaluation de l’impact potentiel de politiques de végétalisation sur la connectivité écologique des habitats des espèces animales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boutreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vuidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seizièmes Rencontres de Théo Quant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ThéMA - Théoriser et Modéliser pour Aménager (UMR 6049), Feb 2024, Besancon, France, France</w:t>
@@ -1689,338 +1689,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04461121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the strategic importance of vegetated areas in multi-dwelling units to restore ecological connectivity in the French metropolitan area of Lyon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Co-construire un indice de résilience territorial à l’échelle du massif des Alpes face au changement climatique : enjeux conceptuels, méthodologiques et opérationnels.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Texier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Bourdeau-Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IALE 2022 European Landscape Ecology Congress. Making the future, learning from the past.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">Quinzièmes Rencontres de ThéoQuant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03725806v1</w:t>
+                <w:t xml:space="preserve">halshs-03627204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-construire un indice de résilience territorial à l’échelle du massif des Alpes face au changement climatique : enjeux conceptuels, méthodologiques et opérationnels.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pauline Texier</w:t>
+                <w:t xml:space="preserve">Dénouer le compromis de l’urbanisme écologique en conciliant densification et végétalisation, une stratégie opérationnelle de maîtrise foncière de l’artificialisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Boutreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lise Bourdeau-Lepage</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quinzièmes Rencontres de ThéoQuant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, Besançon, France</w:t>
+              <w:t xml:space="preserve">Qu'est-ce qu'artificialiser veut dire ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03627204v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03627218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dénouer le compromis de l’urbanisme écologique en conciliant densification et végétalisation, une stratégie opérationnelle de maîtrise foncière de l’artificialisation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Assessing the strategic importance of vegetated areas in multi-dwelling units to restore ecological connectivity in the French metropolitan area of Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boutreux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Qu'est-ce qu'artificialiser veut dire ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">IALE 2022 European Landscape Ecology Congress. Making the future, learning from the past.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03627218v1</w:t>
+                <w:t xml:space="preserve">hal-03725806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Et maintenant, on construit où avec vos réseaux écologiques ?</w:t>
               </w:r>
@@ -2075,51 +2075,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminants paysagers et urbains des communautés végétales des espaces végétalisés du foncier privé collectif dans la métropole de Lyon.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boutreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2170,51 +2170,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle contribution des espaces verts privés à la conservation de la biodiversité, dans l'aire urbaine de la métropole de Lyon ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boutreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2259,260 +2259,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03627257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la modélisation à la communication : évaluer l'impact écologique d'un projet autoroutier pour débattre entre scientifiques, aménageurs et grand public</w:t>
+                <w:t xml:space="preserve">Évaluation de l’impact écologique du projet d’autoroute A45 entre Lyon et Saint-Étienne : utiliser des résultats cartographiques pour ouvrir le débat entre scientifiques, aménageurs et grand public.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Judicaelle Dietrich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quatorzièmes Rencontres de ThéoQuant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Besançon, France</w:t>
+              <w:t xml:space="preserve">Journée jeunes chercheurs "Infrastructures, écologie et paysage, sociétés et territoires"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02065949v1</w:t>
+                <w:t xml:space="preserve">hal-02065953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment évaluer l'impact écologique d'un projet autoroutier à l'aide d'un outil de modélisation ?</w:t>
+                <w:t xml:space="preserve">De la modélisation à la communication : évaluer l'impact écologique d'un projet autoroutier pour débattre entre scientifiques, aménageurs et grand public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judicaelle Dietrich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Woodnet : modes de représentation des infrastructures vertes. Convergence des points de vue scientifiques et juridiques.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Rennes, France</w:t>
+              <w:t xml:space="preserve">Quatorzièmes Rencontres de ThéoQuant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02065964v1</w:t>
+                <w:t xml:space="preserve">hal-02065949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de l’impact écologique du projet d’autoroute A45 entre Lyon et Saint-Étienne : utiliser des résultats cartographiques pour ouvrir le débat entre scientifiques, aménageurs et grand public.</w:t>
+                <w:t xml:space="preserve">Comment évaluer l'impact écologique d'un projet autoroutier à l'aide d'un outil de modélisation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée jeunes chercheurs "Infrastructures, écologie et paysage, sociétés et territoires"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire Woodnet : modes de représentation des infrastructures vertes. Convergence des points de vue scientifiques et juridiques.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02065953v1</w:t>
+                <w:t xml:space="preserve">hal-02065964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A graph-based approach for assessing landscape ecological impacts of a highway project: from modelling to public reception</w:t>
               </w:r>
@@ -2826,51 +2826,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Tannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Douzièmes Rencontres de Théo Quant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2895,77 +2895,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réseaux écologiques et gestion environnementale : proposition d'un cadre méthodologique pour la mise en oeuvre des graphes paysagers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clauzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Girardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierline Tournant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3042,51 +3042,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Tannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st Congress of the Society for Urban Ecology: Progress in urban ecology and ecological challenges in urban development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society for Urban Ecology, Jul 2013, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3137,51 +3137,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Tannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Onzièmes Rencontres de Théo Quant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2013, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3350,103 +3350,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réponses des pollinisateurs aux formes bâties du suburbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Marie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vuidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sophie Carré; Philippe Clergeau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Morphologie urbaine et biodiversité</w:t>
@@ -4298,103 +4298,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BAUM – Biodiversité, aménagement urbain et morphologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Marie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vuidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PUCA (Plan Urbanisme Construction Architecture); OFB, Office Français de la Biodiversité. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -4416,90 +4416,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formes urbaines, connectivité des habitats et diversité génétique des aires urbaines européennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Tannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vuidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4900,51 +4900,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534960v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Bellet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lengagne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bourgeois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682438v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Savary" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clauzel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Folt&#234;te" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vuidel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Girardet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-024-01947-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662947v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boutreux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Commeaux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kaufmann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42949-024-00176-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693393v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Piot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2024.128471" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534137v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Tannier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Christophe Folt&#234;te" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.407" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725754v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Sahraoui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicaelle Dietrich" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13549839.2022.2100881" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153458v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpa.2021.100065" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02524370v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-020-00998-7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503445v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/eko-2020-0007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721552v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Cossart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.11895" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250399v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Houot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2015.12.002" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504893v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dumonteil" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461121v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725806v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627204v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Texier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Maillefert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Arnaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bourdeau-Lepage" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627218v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627210v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627223v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627257v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric S&#233;gur" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065949v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065964v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065953v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066004v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719952v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565296v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568446v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155447v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815015v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierline Tournant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568434v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080602v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039617v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Codina" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Mazagol" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262786v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Ropars" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Marie Martin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-apogee.com/ecologies-urbaines/726-morphologie-urbaine-et-biodiversite.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818360v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817172v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045832v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judica&#235;lle Dietrich" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627170v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Bailly" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bonthoux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lagurgue" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627188v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077080v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504457v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fr&#233;mond" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909923v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enali De Biaggi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gauthiez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cunty" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521377v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936492v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garnier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01368998v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015BESA1029" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04515749v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534960v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Bellet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lengagne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bourgeois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693393v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boutreux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vuidel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Savary" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Piot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2024.128471" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662947v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Commeaux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kaufmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42949-024-00176-7" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682438v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clauzel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Folt&#234;te" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Girardet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-024-01947-4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534137v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Tannier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Christophe Folt&#234;te" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.407" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725754v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Sahraoui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicaelle Dietrich" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13549839.2022.2100881" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153458v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpa.2021.100065" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503445v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/eko-2020-0007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02524370v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-020-00998-7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721552v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Cossart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.11895" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250399v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Houot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2015.12.002" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504893v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dumonteil" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461121v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627204v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Texier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Maillefert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Arnaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bourdeau-Lepage" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627218v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725806v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627210v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627223v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627257v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric S&#233;gur" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065953v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065949v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065964v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066004v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719952v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565296v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568446v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155447v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815015v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierline Tournant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568434v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080602v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039617v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Codina" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Mazagol" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262786v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Ropars" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Marie Martin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-apogee.com/ecologies-urbaines/726-morphologie-urbaine-et-biodiversite.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818360v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817172v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045832v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judica&#235;lle Dietrich" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627170v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Bailly" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bonthoux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lagurgue" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627188v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077080v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504457v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fr&#233;mond" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909923v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enali De Biaggi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gauthiez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cunty" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521377v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936492v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garnier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01368998v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015BESA1029" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04515749v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>