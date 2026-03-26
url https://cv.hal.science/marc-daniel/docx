--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -3665,204 +3665,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opérateurs de morphologie mathématique et exploitation des courbures discrètes pour la détection de tumeurs dans un modèle rénal</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Important Challenges in Geometric Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Groupe de Travail en Modélisation Géométrique, GTMG 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">Conférence RAIT 2014 Â« Research and Applications in Information Technology Â»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Danang, Vietnam</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01311372v1</w:t>
+                <w:t xml:space="preserve">hal-01488241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Important Challenges in Geometric Modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Opérateurs de morphologie mathématique et exploitation des courbures discrètes pour la détection de tumeurs dans un modèle rénal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Leonardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence RAIT 2014 Â« Research and Applications in Information Technology Â»</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Danang, Vietnam</w:t>
+              <w:t xml:space="preserve">Journées du Groupe de Travail en Modélisation Géométrique, GTMG 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01488241v1</w:t>
+                <w:t xml:space="preserve">hal-01311372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kidney 3D dynamic modeling and tumor tracking for therapeutic transcutaneous treatment</w:t>
               </w:r>
@@ -4407,649 +4407,649 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesh connection with RBF local interpolation and wavelet transform</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cang Phan Anh</w:t>
+                <w:t xml:space="preserve">Geometric modeling of pelvic organs with thickness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuo-Wei Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Joli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the third symposium on information and communication technology, SoICT 2012</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">3-Dimensional Image Processing (3DIP) and Applications II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for Imaging Science and Technology, Jan 2012, Burlingame, CA, United States. pp.82900I, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.907463⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01311439v1</w:t>
+                <w:t xml:space="preserve">hal-01176126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesh connection with RBF local interpolation and wavelet transform</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Raffin</w:t>
+                <w:t xml:space="preserve">A Morphing Approach for Kidney Dynamic Modeling - From 3D Reconstruction to Motion Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Leonardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Third International Symposium on Information and Communication Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, New York, NY, USA, Unknown Region. pp.81--90</w:t>
+              <w:t xml:space="preserve">20th International Conference in Central Europe on Computer Graphics, Visualization and Computer Vision, WSCG 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Plzen, Czech Republic. pp.179-187</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01311440v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01311434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete Geometric Modeling of Thick Pelvic Organs with a Medial Axis</w:t>
+                <w:t xml:space="preserve">Modélisation géométrique d'organes pelviens par une approche offset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Vision and Graphics: Proc. ICCVG 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Warsaw, Poland. pp.14-21</w:t>
+              <w:t xml:space="preserve">Journée du GTMG 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Strasbourg, France. pp.19-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01311441v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01311374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric modeling of pelvic organs with thickness</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zhuo-Wei Chen</w:t>
+                <w:t xml:space="preserve">Mesh connection with RBF local interpolation and wavelet transform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cang Phan Anh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3-Dimensional Image Processing (3DIP) and Applications II</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the third symposium on information and communication technology, SoICT 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Ha Long, Vietnam. pp.81-90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.907463⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01176126v1</w:t>
+                <w:t xml:space="preserve">hal-01311439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Morphing Approach for Kidney Dynamic Modeling - From 3D Reconstruction to Motion Simulation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Vidal</w:t>
+                <w:t xml:space="preserve">Mesh connection with RBF local interpolation and wavelet transform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cang Phan Anh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Conference in Central Europe on Computer Graphics, Visualization and Computer Vision, WSCG 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Plzen, Czech Republic. pp.179-187</w:t>
+              <w:t xml:space="preserve">Proceedings of the Third International Symposium on Information and Communication Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, New York, NY, USA, Unknown Region. pp.81--90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01311434v1</w:t>
+                <w:t xml:space="preserve">hal-01311440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation géométrique d'organes pelviens par une approche offset</w:t>
+                <w:t xml:space="preserve">Discrete Geometric Modeling of Thick Pelvic Organs with a Medial Axis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du GTMG 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Strasbourg, France. pp.19-28</w:t>
+              <w:t xml:space="preserve">Computer Vision and Graphics: Proc. ICCVG 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Warsaw, Poland. pp.14-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01311374v1</w:t>
+                <w:t xml:space="preserve">hal-01311441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometric modeling of pelvic organs with a discrete offset approach</w:t>
               </w:r>
@@ -5625,217 +5625,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de surfaces épaisses d'organes pelviens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Bay</w:t>
+                <w:t xml:space="preserve">ISO 19107 new implementation and proposal in GeoAPI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de l'AFIG 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Bidart, France. pp.45-53</w:t>
+              <w:t xml:space="preserve">Boulder (Colorado) Technical Committee Meetings (OGC 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Unknown, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01311377v1</w:t>
+                <w:t xml:space="preserve">hal-01488273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ISO 19107 new implementation and proposal in GeoAPI</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Axel Francois</w:t>
+                <w:t xml:space="preserve">Modélisation de surfaces épaisses d'organes pelviens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Boulder (Colorado) Technical Committee Meetings (OGC 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Unknown, Région indéterminée</w:t>
+              <w:t xml:space="preserve">Journées de l'AFIG 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Bidart, France. pp.45-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01488273v1</w:t>
+                <w:t xml:space="preserve">hal-01311377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Reconstruction from CT-Scan Volume Dataset - Application to Kidney Modeling</w:t>
               </w:r>
@@ -6243,256 +6243,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric modeling of pelvic organs</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romain Raffin</w:t>
+                <w:t xml:space="preserve">Deformation Exchange between Adjacent Physical Code Geometries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Duplex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc-Emmanuel Bellemare</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Perdu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd Annual International Conference of the IEEE Engineering in Medicine and Biology Society, EMBC2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Aug 2011, Boston (MA), United States. pp.4329-4332</w:t>
+              <w:t xml:space="preserve">The 19-th International Conference in Central Europe on Computer Graphics, Visualization and Computer Vision'2011 (WSCG'2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Plzen, Czech Republic. pp.21--24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01311444v1</w:t>
+                <w:t xml:space="preserve">hal-01311442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deformation Exchange between Adjacent Physical Code Geometries</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Gesquière</w:t>
+                <w:t xml:space="preserve">Geometric modeling of pelvic organs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Chambelland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabien Perdu</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Emmanuel Bellemare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 19-th International Conference in Central Europe on Computer Graphics, Visualization and Computer Vision'2011 (WSCG'2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Plzen, Czech Republic. pp.21--24</w:t>
+              <w:t xml:space="preserve">33rd Annual International Conference of the IEEE Engineering in Medicine and Biology Society, EMBC2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Aug 2011, Boston (MA), United States. pp.4329-4332</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01311442v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01311444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using geometry to help converting a discrete mesh to parametric surface via subdivision</w:t>
               </w:r>
@@ -6662,420 +6662,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing the Recognition of Medication Intake using a Stereo Camera</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Sequeira</w:t>
+                <w:t xml:space="preserve">Geometric data structures and analysis in GIS: ISO 19107 case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Francois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the Third International Conference on Communications and Electronics (ICCE 2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">5th International 3D GeoInfo Conference 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01311449v1</w:t>
+                <w:t xml:space="preserve">hal-01317585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric data structures and analysis in GIS: ISO 19107 case study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Raffin</w:t>
+                <w:t xml:space="preserve">Modélisation Géométrique : l’héritage de Pierre Bézier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International 3D GeoInfo Conference 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">Colloque International : Pierre Bézier Et Les Machines-Outils (&amp; Machine Tools)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01317585v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01317578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation Géométrique : l’héritage de Pierre Bézier</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Brun</w:t>
+                <w:t xml:space="preserve">Transfer of mesh deformations between physical codes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Duplex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gesquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Perdu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International : Pierre Bézier Et Les Machines-Outils (&amp; Machine Tools)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">Curves and Surfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01317578v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01311447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer of mesh deformations between physical codes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Duplex</w:t>
+                <w:t xml:space="preserve">Enhancing the Recognition of Medication Intake using a Stereo Camera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Hung Huynh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sequeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Perdu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Curves and Surfaces</w:t>
+              <w:t xml:space="preserve">the Third International Conference on Communications and Electronics (ICCE 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01311447v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01311449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Echange de déformations entre des codes de calcul utilisant des géométries différentes</w:t>
               </w:r>
@@ -7411,51 +7411,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu. Hung Huynh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sequeira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIe Colloque GRETSI - Traitement du Signal et des Images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Dijon, France. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7474,351 +7474,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real time detection, tracking and recognition of medication intake</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Sequeira</w:t>
+                <w:t xml:space="preserve">Déformations géométriques et prise en compte des incertitudes pour les dispositifs expérimentaux du futur Réacteur Jules Horowitz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Duplex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gesquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perdu Fabien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Academy of Science, Engineering and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Unknown, Unknown Region. pp.280-287</w:t>
+              <w:t xml:space="preserve">Journées du Groupe de Travail Modélisation Géométrique (GTMG 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Unknown, Région indéterminée. pp.13--22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01311453v1</w:t>
+                <w:t xml:space="preserve">hal-01311381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Improvement for Reservoir Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Bac</w:t>
+                <w:t xml:space="preserve">Real time detection, tracking and recognition of medication intake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Hung Huynh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sequeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">van Tran Nam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MAMERN 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Unknown, Unknown Region. pp.163--167</w:t>
+              <w:t xml:space="preserve">World Academy of Science, Engineering and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Unknown, Unknown Region. pp.280-287</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01311451v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01311453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déformations géométriques et prise en compte des incertitudes pour les dispositifs expérimentaux du futur Réacteur Jules Horowitz</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Duplex</w:t>
+                <w:t xml:space="preserve">Surface Improvement for Reservoir Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perdu Fabien</w:t>
+                <w:t xml:space="preserve">Rainaud J.F.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Tran Nam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Groupe de Travail Modélisation Géométrique (GTMG 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Unknown, Région indéterminée. pp.13--22</w:t>
+              <w:t xml:space="preserve">MAMERN 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Unknown, Unknown Region. pp.163--167</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01311381v1</w:t>
+                <w:t xml:space="preserve">hal-01311451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B-spline surface reconstruction by inverse subdivisions</w:t>
               </w:r>
@@ -8001,247 +8001,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multistep approach to restoration of locally undersampled meshes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">van Tran Nam</w:t>
+                <w:t xml:space="preserve">Remote Sensing and Modeling Contribution to Ecosystem Control in Burkina Faso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salihou Salihou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loya Youssouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Some Longin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Some Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GMP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Langzhou, China</w:t>
+              <w:t xml:space="preserve">Digital Earth Summit on Geoinformatics 2008: Tools for Global Change Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01381807v1</w:t>
+                <w:t xml:space="preserve">hal-01311474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remote Sensing and Modeling Contribution to Ecosystem Control in Burkina Faso</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Some Blaise</w:t>
+                <w:t xml:space="preserve">A multistep approach to restoration of locally undersampled meshes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Tran Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Earth Summit on Geoinformatics 2008: Tools for Global Change Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">GMP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Langzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01311474v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01381807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A hybrid simplification algorithm for triangular meshes</w:t>
               </w:r>
@@ -8493,390 +8493,390 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An iterative method for rational pole curve fitting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Chambelland</w:t>
+                <w:t xml:space="preserve">Using 3D Spline Differentiation to Compute Quantitative Optical Flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Barron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WSCG 2006 conference proceedings</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Third Canadian Conference on Computer and Robot Vision, CRV 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIPPRS, Jun 2006, Québec, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CRV.2006.84⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01311457v1</w:t>
+                <w:t xml:space="preserve">hal-01311458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une méthode hybride de simplification de maillages triangulaires</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Bac</w:t>
+                <w:t xml:space="preserve">An iterative method for rational pole curve fitting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Chambelland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GTMG 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Unknown, Région indéterminée</w:t>
+              <w:t xml:space="preserve">WSCG 2006 conference proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Plzen, Czech Republic. pp.39--46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01311383v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01311457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Declarative System to Design Preliminary Surfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël La Greca</w:t>
+                <w:t xml:space="preserve">Une méthode hybride de simplification de maillages triangulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Tran Nam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WSCG'2006 Full Papers proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Unknown, Unknown Region. pp.17--24</w:t>
+              <w:t xml:space="preserve">GTMG 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Unknown, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01311456v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01311383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using 3D Spline Differentiation to Compute Quantitative Optical Flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">John Barron</w:t>
+                <w:t xml:space="preserve">A Declarative System to Design Preliminary Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël La Greca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Third Canadian Conference on Computer and Robot Vision, CRV 2006</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WSCG'2006 Full Papers proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Unknown, Unknown Region. pp.17--24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CRV.2006.84⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01311458v1</w:t>
+                <w:t xml:space="preserve">hal-01311456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled Local Deformation of NURBS Surfaces to Satisfy Several Punctual Constraints</w:t>
               </w:r>
@@ -9311,51 +9311,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Chambelland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAD/GRAPHICS 2005 conference proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Hong-Kong, China. pp.22--27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9652,51 +9652,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduction de la complexité et amélioration de la qualité des courbes à pôles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Chambelland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11132,51 +11132,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation géométrique : l'héritage de Pierre Bézier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12197,173 +12197,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01316003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Declarative Modeling of fair shapes: An additional approach to curve and surface computations</w:t>
+                <w:t xml:space="preserve">Data Fitting with B-splines Curves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">J. Hoschek and P. Kaklis. </w:t>
+              <w:t xml:space="preserve">J. Teixeira and J. Rix </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Course on FAIRSHAPE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, B.G. Teuber, pp.77-85, 1996</w:t>
+              <w:t xml:space="preserve">Modelling and Graphics in Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Verlag, pp.91-104, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01316002v1</w:t>
+                <w:t xml:space="preserve">hal-01316000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data Fitting with B-splines Curves</w:t>
+                <w:t xml:space="preserve">Declarative Modeling of fair shapes: An additional approach to curve and surface computations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">J. Teixeira and J. Rix </w:t>
+              <w:t xml:space="preserve">J. Hoschek and P. Kaklis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modelling and Graphics in Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Springer Verlag, pp.91-104, 1996</w:t>
+              <w:t xml:space="preserve">Advanced Course on FAIRSHAPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, B.G. Teuber, pp.77-85, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01316000v1</w:t>
+                <w:t xml:space="preserve">hal-01316002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A surface-surface intersection algorithm with a fast clipping technique</w:t>
               </w:r>
@@ -13105,51 +13105,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876368v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pernot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Michelucci" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Daniel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebti Foufou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10472-018-9599-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01281352v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Decriteau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3722/cadaps.2013.xxx-yyy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01281351v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gouaty" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Lincing" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2016.02.002" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01281355v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Leonardi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vidal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mari" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-014-0978-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01414925v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Gattet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Devogelaere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raffin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprsarchives-XL-5-W4-299-2015" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01281353v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ha Nguyen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Desbenoit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12494" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1KJW40Q8-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288294v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Duplex" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Grandotto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Perdu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gesqui&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01482880v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01482883v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288306v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310422v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288295v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Francois" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118989v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cheutet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Hahmann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l La Greca" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude L&#233;on" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218654307000993" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288297v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilbert E." TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saux E." TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288298v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bac" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Maltret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288299v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Maculet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288300v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288301v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310424v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rossignol" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310417v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310414v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01281358v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Daubisse" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0167-8396(89)90015-0" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-42VT2V9M-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310427v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502301v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac Chinh Tran" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Meunier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15625/vap.2021.0069" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437846v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rainaud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bac" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perrin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Untereiner" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202112530" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130616v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Olofsson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques A. de Guise" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01281357v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Cang Phan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414268v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/udmv.20161414" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311426v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14733/cadconfP.2015.107-112" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311371v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311425v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cang Phan Anh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311428v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Sinh Nguyen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311427v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang-Ha Nguyen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311372v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488241v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311429v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Souteyrand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311373v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Frandon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311431v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311433v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Kudelski" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tran Nam" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Viseur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311430v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311439v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311440v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311441v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176126v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuo-Wei Chen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joli" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.907463" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311434v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311374v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311437v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raffin," TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488258v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311435v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagannath Aryal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488256v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311438v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311375v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Chambelland" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311377v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488273v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311443v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2461217.2461239" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311445v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311376v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311446v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311444v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Emmanuel Bellemare" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311442v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311448v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoi Nguyen Tan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311450v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311449v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Hung Huynh" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sequeira" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317585v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317578v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Brun" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311447v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311379v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311378v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311380v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317572v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu. Hung Huynh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311453v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311451v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainaud J.F." TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311381v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perdu Fabien" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311452v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Cung" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311454v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Mustafa" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381807v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311474v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salihou Salihou" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loya Youssouf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Some Longin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Some Blaise" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311455v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316248v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonaccorsi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Di Salvo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311461v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311457v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311383v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311456v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311458v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Barron" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CRV.2006.84" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311460v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311384v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311459v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Aggery" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne d'Aletto" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Doderlein" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311385v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Perrin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311462v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311386v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311463v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilbert Eric" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saux Eric" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311464v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311387v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311466v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311465v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guilbert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Saux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311467v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311468v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malgras" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311470v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311469v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Bennis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316178v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lucas" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316179v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316177v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316176v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Nicolas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316175v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316174v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Kobus" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Sayettat" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316173v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desbordes" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316172v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318916v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390462v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46909-6_9" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288311v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288312v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288313v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288314v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288315v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316010v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288316v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossignol V." TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288317v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bennis F." TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316005v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bousquet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316006v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevgeny Kuzmin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316004v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316003v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316002v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316000v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315997v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315995v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274089v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488782v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488865v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488874v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876368v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pernot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Michelucci" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Daniel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebti Foufou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10472-018-9599-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01281352v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Decriteau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3722/cadaps.2013.xxx-yyy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01281351v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gouaty" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Lincing" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2016.02.002" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01281355v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Leonardi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vidal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mari" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-014-0978-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01414925v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Gattet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Devogelaere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raffin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprsarchives-XL-5-W4-299-2015" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01281353v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ha Nguyen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Desbenoit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12494" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1KJW40Q8-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288294v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Duplex" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Grandotto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Perdu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gesqui&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01482880v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01482883v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288306v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310422v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288295v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Francois" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118989v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cheutet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Hahmann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l La Greca" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude L&#233;on" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218654307000993" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288297v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilbert E." TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saux E." TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288298v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bac" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Maltret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288299v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Maculet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288300v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288301v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310424v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rossignol" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310417v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310414v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01281358v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Daubisse" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0167-8396(89)90015-0" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-42VT2V9M-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310427v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502301v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac Chinh Tran" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Meunier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15625/vap.2021.0069" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437846v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rainaud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bac" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perrin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Untereiner" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202112530" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130616v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Olofsson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques A. de Guise" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01281357v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Cang Phan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414268v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/udmv.20161414" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311426v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14733/cadconfP.2015.107-112" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311371v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311425v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cang Phan Anh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311428v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Sinh Nguyen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311427v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang-Ha Nguyen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488241v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311372v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311429v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Souteyrand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311373v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Frandon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311431v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311433v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Kudelski" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tran Nam" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Viseur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311430v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176126v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuo-Wei Chen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joli" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.907463" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311434v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311374v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311439v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311440v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311441v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311437v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raffin," TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488258v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311435v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagannath Aryal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488256v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311438v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311375v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Chambelland" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488273v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311377v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311443v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2461217.2461239" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311445v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311376v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311446v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311442v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311444v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Emmanuel Bellemare" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311448v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoi Nguyen Tan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311450v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317585v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317578v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Brun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311447v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311449v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Hung Huynh" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sequeira" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311379v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311378v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311380v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317572v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu. Hung Huynh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311381v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perdu Fabien" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311453v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311451v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainaud J.F." TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311452v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Cung" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311454v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Mustafa" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311474v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salihou Salihou" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loya Youssouf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Some Longin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Some Blaise" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381807v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311455v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316248v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonaccorsi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Di Salvo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311461v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311458v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Barron" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CRV.2006.84" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311457v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311383v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311456v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311460v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311384v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311459v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Aggery" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne d'Aletto" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Doderlein" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311385v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Perrin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311462v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311386v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311463v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilbert Eric" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saux Eric" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311464v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311387v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311466v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311465v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guilbert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Saux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311467v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311468v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malgras" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311470v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311469v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Bennis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316178v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lucas" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316179v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316177v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316176v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Nicolas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316175v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316174v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Kobus" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Sayettat" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316173v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desbordes" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316172v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318916v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390462v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46909-6_9" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288311v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288312v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288313v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288314v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288315v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316010v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288316v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossignol V." TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288317v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bennis F." TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316005v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bousquet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316006v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevgeny Kuzmin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316004v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316003v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316000v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316002v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315997v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315995v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274089v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488782v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488865v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488874v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>