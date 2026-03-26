--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -903,265 +903,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmissible long-term neuroprotective and pro-cognitive effects of 1–42 beta-amyloid with A2T icelandic mutation in an Alzheimer’s disease mouse model</w:t>
+                <w:t xml:space="preserve">Étude comparative des réseaux cérébraux en IRM fonctionnelle au repos chez l’humain, le microcèbe et la souris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Célestine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Muriel Jacquier-Sarlin</w:t>
+                <w:t xml:space="preserve">Alice Fermigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dhenain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Borel</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clément M Garin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41380-024-02611-8⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 177, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bavf.2024.71070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04775933v1</w:t>
+                <w:t xml:space="preserve">hal-04775915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude comparative des réseaux cérébraux en IRM fonctionnelle au repos chez l’humain, le microcèbe et la souris</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transmissible long-term neuroprotective and pro-cognitive effects of 1–42 beta-amyloid with A2T icelandic mutation in an Alzheimer’s disease mouse model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Célestine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Jacquier-Sarlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Fermigier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Dhenain</w:t>
+                <w:t xml:space="preserve">Eve Borel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément M Garin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabien Lante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 177, </w:t>
+              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/bavf.2024.71070⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41380-024-02611-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04775915v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organisation et bilan d'activité des comités d'éthiques en expérimentation animale (CEEA) : Enseignements sur des pistes d'évolution</w:t>
               </w:r>
@@ -1232,386 +1232,386 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04775948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mean amplitude of low frequency fluctuations measured by fMRI at 11.7 T in the aging brain of mouse lemur primate</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A consensus protocol for functional connectivity analysis in the rat brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanes Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Desrosiers-Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Anckaerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Angeles-Valdez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi Ayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-33482-8⟩</w:t>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (4), pp.673-681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41593-023-01286-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04270477v1</w:t>
+                <w:t xml:space="preserve">hal-04268925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long term worsening of amyloid pathology, cerebral function, and cognition after a single inoculation of beta-amyloid seeds with Osaka mutation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mean amplitude of low frequency fluctuations measured by fMRI at 11.7 T in the aging brain of mouse lemur primate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Borel</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clément M Garin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dhenain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-023-01559-0⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.7970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-33482-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04270472v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A consensus protocol for functional connectivity analysis in the rat brain</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fadi Ayad</w:t>
+                <w:t xml:space="preserve">Long term worsening of amyloid pathology, cerebral function, and cognition after a single inoculation of beta-amyloid seeds with Osaka mutation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Célestine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Jacquier-Sarlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Borel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Perot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 26 (4), pp.673-681. </w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (1), pp.66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41593-023-01286-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40478-023-01559-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04268925v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intrahippocampal inoculation of Aβ1–42 peptide in rat as a model of Alzheimer’s disease identified MicroRNA-146a-5p as blood marker with anti-inflammatory function in astrocyte cells</w:t>
               </w:r>
@@ -1731,103 +1731,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Author Correction: A consensus protocol for functional connectivity analysis in the rat brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanes Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Desrosiers-Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Anckaerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Angeles-Valdez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadi Ayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 26 (6), pp.1127-1128. </w:t>
@@ -1976,567 +1976,567 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal multimodal MRI characterization of a knock-in mouse model of Huntington’s disease reveals early gray and white matter alterations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pathological changes induced by Alzheimer’s brain inoculation in amyloid-beta plaque-bearing mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Lam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Pérot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marina Célestine</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Hérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Palombo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Dhenain</w:t>
+                <w:t xml:space="preserve">Susana Boluda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Humbert</w:t>
+                <w:t xml:space="preserve">Sabiha Eddarkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (1), pp.112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/hmg/ddac036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40478-022-01410-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03787296v1</w:t>
+                <w:t xml:space="preserve">hal-04270497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pathological changes induced by Alzheimer’s brain inoculation in amyloid-beta plaque-bearing mice</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Longitudinal multimodal MRI characterization of a knock-in mouse model of Huntington’s disease reveals early gray and white matter alterations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Hérard</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Pérot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Célestine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susana Boluda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fanny Petit</w:t>
+                <w:t xml:space="preserve">Marco Palombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dhenain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabiha Eddarkaoui</w:t>
+                <w:t xml:space="preserve">Sandrine Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10 (1), pp.112. </w:t>
+              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40478-022-01410-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/hmg/ddac036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04270497v1</w:t>
+                <w:t xml:space="preserve">hal-03787296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole brain mapping of glutamate distribution in adult and old primates at 11.7T</w:t>
+                <w:t xml:space="preserve">An evolutionary gap in primate default mode network organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nachiket Nadkarni</w:t>
+                <w:t xml:space="preserve">Yuki Hori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Pépin</w:t>
+                <w:t xml:space="preserve">Stefan Everling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Flament</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christopher Whitlow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Finnegan Calabro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2022.118984⟩</w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 39 (2), pp.110669. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2022.110669⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03787303v1</w:t>
+                <w:t xml:space="preserve">hal-03787304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An evolutionary gap in primate default mode network organization</w:t>
+                <w:t xml:space="preserve">Whole brain mapping of glutamate distribution in adult and old primates at 11.7T</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Everling</w:t>
+                <w:t xml:space="preserve">Nachiket Nadkarni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Whitlow</w:t>
+                <w:t xml:space="preserve">Jérémy Pépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finnegan Calabro</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julien Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dhenain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 39 (2), pp.110669. </w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 251, pp.118984. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2022.110669⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2022.118984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03787304v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transmission iatrogène des protéines β-amyloïde et tau : importance clinique et pour la recherche biomédicale sur la maladie d’Alzheimer</w:t>
               </w:r>
@@ -2626,77 +2626,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Hérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Boluda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabiha Eddarkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (1), pp.165. </w:t>
@@ -2773,51 +2773,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Barret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Tourais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Pérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Thenadey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2868,51 +2868,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resting state functional atlas and cerebral networks in mouse lemur primates at 11.7 Tesla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément M Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nachiket A Nadkarni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3357,51 +3357,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horea-Ioan Ioanas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Marks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément M Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dhenain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3459,822 +3459,822 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03053204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animal Functional Magnetic Resonance Imaging: Trends and Path Toward Standardization</w:t>
+                <w:t xml:space="preserve">La pandémie démontre la nécessité d’associer les compétences vétérinaires à celles des médecins et des scientifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Mandino</w:t>
+                <w:t xml:space="preserve">Jean-Luc Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domenic H Cerri</w:t>
+                <w:t xml:space="preserve">Benoit Assémat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement M Garin</w:t>
+                <w:t xml:space="preserve">Bernard Chevassus-Au-Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dhenain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milou Straathof</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Geralda a F van Tilborg</w:t>
+                <w:t xml:space="preserve">Loic Dombreval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroinformatics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Monde.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03053221v1</w:t>
+                <w:t xml:space="preserve">hal-03092543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of chronic masitinib treatment in APPPS1dE9 transgenic mice modeling Alzheimer’s disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Induction of amyloid-β deposits from serially transmitted, histologically silent, Aβ seeds issued from human brains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Herard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Gary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tengfei Li</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Aurélia Cès</w:t>
+                <w:t xml:space="preserve">Martine Guillermier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Boluda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/jad-200466⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40478-020-01081-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03035522v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03052986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La pandémie démontre la nécessité d’associer les compétences vétérinaires à celles des médecins et des scientifiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Animal Functional Magnetic Resonance Imaging: Trends and Path Toward Standardization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Mandino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domenic H Cerri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement M Garin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milou Straathof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Angot</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Loic Dombreval</w:t>
+                <w:t xml:space="preserve">Geralda a F van Tilborg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Monde.fr</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Neuroinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fninf.2019.00078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03092543v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03053221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induction of amyloid-β deposits from serially transmitted, histologically silent, Aβ seeds issued from human brains</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of chronic masitinib treatment in APPPS1dE9 transgenic mice modeling Alzheimer’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tengfei Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Herard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fanny Petit</w:t>
+                <w:t xml:space="preserve">Yah-Se Abada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Gary</w:t>
+                <w:t xml:space="preserve">Céline Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Guillermier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Susana Boluda</w:t>
+                <w:t xml:space="preserve">Aurélia Cès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 8 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 76 (4), pp.1339-1345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40478-020-01081-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/jad-200466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03052986v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03035522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Alzheimer’s disease‐related β‐amyloid peptide conformations in transgenic mouse models of β‐amyloidosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marina Célestine</w:t>
+                <w:t xml:space="preserve">Iatrogenic transmission of Alzheimer's disease: Evidence based on experimental inoculation of Alzheimer's brains into a primate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dhenain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Lam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Gary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Jacquier‐sarlin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eve Borel</w:t>
+                <w:t xml:space="preserve">Anne‐sophie Herard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne‐sophie Herard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Buisson</w:t>
+                <w:t xml:space="preserve">James Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 16 (S2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/alz.043415⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/alz.042957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03453388v1</w:t>
+                <w:t xml:space="preserve">hal-03453400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iatrogenic transmission of Alzheimer's disease: Evidence based on experimental inoculation of Alzheimer's brains into a primate</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
+                <w:t xml:space="preserve">Effect of Alzheimer’s disease‐related β‐amyloid peptide conformations in transgenic mouse models of β‐amyloidosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Célestine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Jacquier‐sarlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Borel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne‐sophie Herard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">James Koch</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 16 (S2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/alz.042957⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/alz.043415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03453400v1</w:t>
+                <w:t xml:space="preserve">hal-03453388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation du nombre de cas de covid-19 en France et dans différents pays: homogénéisation basée sur la mortalité</w:t>
               </w:r>
@@ -4351,64 +4351,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogeneity of Alzheimer’s disease: Insight from a novel mouse model of amyloid and tau lesions based on the inoculation of human brain preparations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Boluda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne‐sophie Herard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4498,51 +4498,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Celestine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nachiket A Nadkarni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément M Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Bougacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4596,347 +4596,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03053195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Common functional networks in the mouse brain revealed by multi-centre resting-state fMRI analysis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gülebru Ayranci</w:t>
+                <w:t xml:space="preserve">A 3D population-based brain atlas of the mouse lemur primate with examples of applications in aging studies and comparative anatomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nachiket Nadkarni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Bougacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément M Garin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dhenain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Picq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 205, pp.116278. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2019.116278⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 185, pp.85-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2018.10.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03053226v1</w:t>
+                <w:t xml:space="preserve">hal-02388426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 3D population-based brain atlas of the mouse lemur primate with examples of applications in aging studies and comparative anatomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nachiket Nadkarni</w:t>
+                <w:t xml:space="preserve">Common functional networks in the mouse brain revealed by multi-centre resting-state fMRI analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanes Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Canella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Anckaerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gülebru Ayranci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Bougacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 185, pp.85-95. </w:t>
+              <w:t xml:space="preserve">, 2019, 205, pp.116278. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2018.10.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2019.116278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02388426v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03053226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encephalopathy induced by Alzheimer brain inoculation in a non-human primate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Gary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Herard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James E Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5402,64 +5402,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma Amyloid Is Associated with White Matter and Subcortical Alterations and Is Modulated by Age and Seasonal Rhythms in Mouse Lemur Primates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Gary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Herard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Hanss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5519,77 +5519,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital templates and brain atlas dataset for the mouse lemur primate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nachiket Nadkarni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Bougacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément M Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dhenain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5675,51 +5675,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Vandenberghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Souedet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Herard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Ayral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6090,51 +6090,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Vandesquille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly Herbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément M Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandro Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6198,51 +6198,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemically-defined camelid antibody bioconjugate for the magnetic resonance imaging of Alzheimer's disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Vandesquille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tengfei Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Po</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6319,51 +6319,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection of similar single domain antibodies from two immune VHH libraries obtained from two alpacas by using different selection methods.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tengfei Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Vandesquille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6587,51 +6587,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camelid single-domain antibodies: A versatile tool for in vivo imaging of extracellular and intracellular brain targets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tengfei Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Vandesquille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6881,51 +6881,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu D. Santin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Vandenberghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Herard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pradier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7002,51 +7002,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-throughput 3D whole-brain quantitative histopathology in rodents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Vandenberghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Herard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Souedet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7251,295 +7251,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02291865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CYP46A1 inhibition, brain cholesterol accumulation and neurodegeneration pave the way for Alzheimer’s disease</w:t>
+                <w:t xml:space="preserve">Age-associated evolution of plasmatic amyloid in mouse lemur primates: relationship with intracellular amyloid deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Ayciriex</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fathia Djelti</w:t>
+                <w:t xml:space="preserve">Maggie Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérome Braudeau</w:t>
+                <w:t xml:space="preserve">Cécile Cardoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olène Dorieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eloise Hudry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Dhenain</w:t>
+                <w:t xml:space="preserve">Carole Malgorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Epelbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/brain/awv166⟩</w:t>
+              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 36 (1), pp.149-156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2014.07.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01779044v1</w:t>
+                <w:t xml:space="preserve">mnhn-02291873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age-associated evolution of plasmatic amyloid in mouse lemur primates: relationship with intracellular amyloid deposition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CYP46A1 inhibition, brain cholesterol accumulation and neurodegeneration pave the way for Alzheimer’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Cardoso</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olène Dorieux</w:t>
+                <w:t xml:space="preserve">Sophie Ayciriex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fathia Djelti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Malgorn</w:t>
+                <w:t xml:space="preserve">Jérome Braudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Epelbaum</w:t>
+                <w:t xml:space="preserve">Eloise Hudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dhenain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 36 (1), pp.149-156. </w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 138 (8), pp.2383 - 2398. </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2014.07.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/brain/awv166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02291873v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01779044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jumping Stand Apparatus Reveals Rapidly Specific Age-Related Cognitive Impairments in Mouse Lemur Primates</w:t>
               </w:r>
@@ -7551,51 +7551,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Picq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Gary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8199,51 +8199,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increased regional cerebral glucose uptake in an APP/PS1 model of Alzheimer's disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Poisnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Herard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine El Tannir El Tayara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8601,51 +8601,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection by voxel-wise statistical analysis of significant changes in regional cerebral glucose uptake in an APP/PS1 transgenic mouse model of Alzheimer's disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albertine Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Herard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Delatour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8864,51 +8864,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Vivo Imaging Biomarkers in Mouse Models of Alzheimer's Disease: Are We Lost in Translation or Breaking Through?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Delatour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Epelbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Petiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11130,51 +11130,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yael Balbastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Souedet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Herard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dhenain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11229,51 +11229,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automated indexation of metabolic changes in Alzheimer's mice using a voxel-wise approach combined to an MRI-based 3D digital atlas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Lebenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Herard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albertine Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11519,51 +11519,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505606v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bouchoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Cash" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chansigaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dhenain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morm&#232;de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371674v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pifferi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Terrien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Marchal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dal-Pan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia Djelti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-07387-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401853v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Houz&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lam" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Petit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ha&#239;k" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-025-01792-w" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401857v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Bougacha" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Roquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Landeau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Saul" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Naveau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcae459" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050512v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Celestine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jacquier-Sarlin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Buisson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2025055" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04938607v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie de Longprez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Gaillard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Decraene" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Perot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Keime" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaf042" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775933v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina C&#233;lestine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Borel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lante" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-024-02611-8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775915v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fermigier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment M Garin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bavf.2024.71070" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775948v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bavf.2024.71096" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270477v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-33482-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270472v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-023-01559-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268925v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanes Grandjean" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Desrosiers-Gregoire" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Anckaerts" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Angeles-Valdez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Ayad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-023-01286-8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215705v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Aquino" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vidian de Concini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gosset" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12050694" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04917769v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-023-01328-1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270485v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hamon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Claude" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Deregnaucourt" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bavf.2023.71037" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787296v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste P&#233;rot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Palombo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Humbert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddac036" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270497v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie H&#233;rard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Boluda" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabiha Eddarkaoui" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-022-01410-y" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787303v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Garin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachiket Nadkarni" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my P&#233;pin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Flament" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2022.118984" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787304v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Hori" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Everling" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Whitlow" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finnegan Calabro" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.110669" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447469v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2021.04.018" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03388548v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-021-01266-8" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447631v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Baligand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barret" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Tourais" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Thenadey" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11050263" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447245v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachiket A Nadkarni" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Ch&#233;telat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Picq" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.117589" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447644v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bavf.2021.70941" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053279v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment M. Garin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachiket A. Nadkarni" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053187v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ridremont" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Laude" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dupouy Camet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/70849" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053204v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horea-Ioan Ioanas" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Marks" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Fatih Yanik" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2020.00005" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053221v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Mandino" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenic H Cerri" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement M Garin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milou Straathof" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geralda a F van Tilborg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2019.00078" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035522v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tengfei Li" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yah-Se Abada" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boucher" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia C&#232;s" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/jad-200466" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092543v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Angot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ass&#233;mat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chevassus-Au-Louis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Dombreval" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052986v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Herard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gary" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guillermier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-020-01081-7" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453388v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jacquier&#8208;sarlin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Herard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.043415" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453400v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Koch" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.042957" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053239v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/70840" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453405v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Duyckaerts" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.043370" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053195v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2020.00024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053226v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Canella" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;lebru Ayranci" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116278" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388426v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.10.010" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391937v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E Koch" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0771-x" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108451v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Perret" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Epelbaum" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-019-0348-z" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02265305v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dormont" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noam Ben-Eliezer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Burgos" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colliot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio de Vico Fallani" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2019.01.001" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912059v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Marchal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-018-0024-8" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155747v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Hanss" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2018.00035" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392003v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.10.067" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155742v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vandenberghe" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Souedet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Ayral" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Letronne" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2018.00754" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074082v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Ceyz&#233;riat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Ben Haim" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Denizot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Pommier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Matos" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-018-0606-1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392054v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Tang" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Valenzuela" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Chow" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Leung" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/3476476" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02073814v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dudeffant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Vandesquille" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Herbert" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Alves" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-05285-1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01671738v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Po" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ganneau" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenormand" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19420862.2017.1342914" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01580563v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bay" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delatour" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.imlet.2017.07.001" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155738v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Laumet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chapuis" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Demiautte" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2016.06.002" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01375692v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fani Koukouli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihsen Youssef" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2016.09.019" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01752020v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hardy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/aging.101148" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155734v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu D. Santin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pradier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cohen" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2016.00055" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155737v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmahdi Sadouni" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep20958" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02291865v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ol&#232;ne Dorieux" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian-Alexandre Castellano" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Croteau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Masson" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M058933" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779044v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayciriex" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Braudeau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Hudry" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awv166" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02291873v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggie Roy" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cardoso" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Malgorn" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Epelbaum" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2014.07.017" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01799408v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villain" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146238" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01977714v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Joseph-Mathurin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Trouche" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allal Boutajangout" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Kraska" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2013.05.013" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01407046v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bertrand" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pasquier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Petiet" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wiggins" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0056593.g002" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02292103v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Aujard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Volk" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2010.09.009" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439340v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santin" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Wiggins" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2011.03.009" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4K3HNM4F-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155726v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Poisnel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine El Tannir El Tayara" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourrin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2011.09.026" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02292134v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olene Dorieux" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2009.05.018" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360495v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Faure" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Verret" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bozon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ly" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2009.03.009" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155709v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertine Dubois" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Delatour" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hantraye" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bonvento" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2010.02.074" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03236874v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delatour" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10334-009-0194-y" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5K4HR52R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03234673v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4061/2010/604853" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320356v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Di Wu" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Gu&#233;gan" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2007.05.018" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694187v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pain" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirac Gurden" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Routier" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lefebvre" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/53/19/008" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00345465v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320530v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teboul" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmonem Feki" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2007.4353614" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320379v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75759-7_116" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02290623v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Escartin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Pierre" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Colin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Brouillet" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delzescaux" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0174-07.2007" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320367v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.21266" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320496v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Quintana" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Guerquin-Kern" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jemt.20403" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172844v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Walczak" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.20810" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DZMRD7QK-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03236868v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2005.04.011" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172850v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Cudennec" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2005.10.013" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401880v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Dupuis" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolie Garcia" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hel&#232;ne Hirbec" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447220v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Abdeljaoued-Tej" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570346v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053181v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academie-sciences.hal.science/hal-04863478v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cossart" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Meunier" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Louvard" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Ewbank" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pujol" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62686/47" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02007994v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mestre-Franc&#233;s" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Trouche" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Fontes" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lautier" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Devau" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155732v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Balbastre" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155722v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lebenberg" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2010.5628043" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505606v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bouchoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Cash" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chansigaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dhenain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morm&#232;de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371674v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pifferi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Terrien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Marchal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dal-Pan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia Djelti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-07387-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401853v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Houz&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lam" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Petit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ha&#239;k" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-025-01792-w" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401857v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Bougacha" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Roquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Landeau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Saul" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Naveau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcae459" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050512v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Celestine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jacquier-Sarlin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Buisson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2025055" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04938607v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie de Longprez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Gaillard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Decraene" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Perot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Keime" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaf042" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775915v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fermigier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment M Garin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bavf.2024.71070" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775933v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina C&#233;lestine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Borel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lante" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-024-02611-8" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775948v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bavf.2024.71096" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268925v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanes Grandjean" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Desrosiers-Gregoire" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Anckaerts" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Angeles-Valdez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Ayad" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-023-01286-8" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270477v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-33482-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270472v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-023-01559-0" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215705v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Aquino" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vidian de Concini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gosset" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12050694" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04917769v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-023-01328-1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270485v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hamon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Claude" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Deregnaucourt" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bavf.2023.71037" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270497v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie H&#233;rard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Boluda" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabiha Eddarkaoui" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-022-01410-y" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787296v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste P&#233;rot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Palombo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Humbert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddac036" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787304v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Garin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Hori" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Everling" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Whitlow" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finnegan Calabro" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.110669" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787303v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachiket Nadkarni" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my P&#233;pin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Flament" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2022.118984" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447469v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2021.04.018" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03388548v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-021-01266-8" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447631v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Baligand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barret" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Tourais" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Thenadey" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11050263" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447245v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachiket A Nadkarni" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Ch&#233;telat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Picq" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.117589" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447644v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bavf.2021.70941" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053279v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment M. Garin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachiket A. Nadkarni" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053187v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ridremont" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Laude" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dupouy Camet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/70849" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053204v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horea-Ioan Ioanas" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Marks" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Fatih Yanik" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2020.00005" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092543v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Angot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ass&#233;mat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chevassus-Au-Louis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Dombreval" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052986v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Herard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gary" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guillermier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-020-01081-7" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053221v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Mandino" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenic H Cerri" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement M Garin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milou Straathof" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geralda a F van Tilborg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2019.00078" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035522v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tengfei Li" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yah-Se Abada" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boucher" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia C&#232;s" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/jad-200466" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453400v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Herard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Koch" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.042957" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453388v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jacquier&#8208;sarlin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.043415" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053239v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/70840" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453405v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Duyckaerts" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.043370" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053195v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2020.00024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388426v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.10.010" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053226v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Canella" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;lebru Ayranci" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116278" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391937v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E Koch" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0771-x" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108451v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Perret" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Epelbaum" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-019-0348-z" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02265305v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dormont" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noam Ben-Eliezer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Burgos" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colliot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio de Vico Fallani" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurad.2019.01.001" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912059v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Marchal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-018-0024-8" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155747v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Hanss" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2018.00035" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392003v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.10.067" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155742v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vandenberghe" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Souedet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Ayral" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Letronne" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2018.00754" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074082v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Ceyz&#233;riat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Ben Haim" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Denizot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Pommier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Matos" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-018-0606-1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392054v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Tang" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Valenzuela" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Chow" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Leung" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/3476476" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02073814v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dudeffant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Vandesquille" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Herbert" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Alves" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-05285-1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01671738v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Po" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ganneau" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenormand" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19420862.2017.1342914" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01580563v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bay" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delatour" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.imlet.2017.07.001" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155738v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Laumet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chapuis" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Demiautte" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2016.06.002" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01375692v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fani Koukouli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihsen Youssef" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2016.09.019" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01752020v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hardy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/aging.101148" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155734v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu D. Santin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pradier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cohen" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2016.00055" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155737v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmahdi Sadouni" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep20958" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02291865v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ol&#232;ne Dorieux" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian-Alexandre Castellano" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Croteau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Masson" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M058933" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02291873v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggie Roy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cardoso" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Malgorn" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Epelbaum" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2014.07.017" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779044v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayciriex" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Braudeau" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Hudry" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awv166" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01799408v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villain" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146238" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01977714v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Joseph-Mathurin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Trouche" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allal Boutajangout" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Kraska" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2013.05.013" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01407046v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bertrand" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pasquier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Petiet" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wiggins" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0056593.g002" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02292103v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Aujard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Volk" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2010.09.009" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439340v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santin" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Wiggins" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2011.03.009" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4K3HNM4F-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155726v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Poisnel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine El Tannir El Tayara" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourrin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2011.09.026" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02292134v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olene Dorieux" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2009.05.018" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360495v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Faure" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Verret" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bozon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ly" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2009.03.009" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155709v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertine Dubois" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Delatour" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hantraye" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bonvento" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2010.02.074" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03236874v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delatour" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10334-009-0194-y" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5K4HR52R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03234673v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4061/2010/604853" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320356v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Di Wu" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Gu&#233;gan" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2007.05.018" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694187v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pain" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirac Gurden" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Routier" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lefebvre" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/53/19/008" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00345465v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320530v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teboul" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmonem Feki" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2007.4353614" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320379v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75759-7_116" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02290623v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Escartin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Pierre" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Colin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Brouillet" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delzescaux" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0174-07.2007" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320367v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.21266" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320496v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Quintana" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Guerquin-Kern" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jemt.20403" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172844v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Walczak" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.20810" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DZMRD7QK-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03236868v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2005.04.011" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172850v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Cudennec" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2005.10.013" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401880v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Dupuis" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolie Garcia" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hel&#232;ne Hirbec" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447220v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Abdeljaoued-Tej" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570346v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053181v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academie-sciences.hal.science/hal-04863478v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cossart" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Meunier" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Louvard" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Ewbank" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pujol" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62686/47" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02007994v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mestre-Franc&#233;s" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Trouche" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Fontes" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lautier" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Devau" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155732v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Balbastre" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155722v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lebenberg" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2010.5628043" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>