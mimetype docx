--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1903,312 +1903,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04958127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les conflits interpersonnels : réalités et enjeux au sein d’une entreprise adaptée »</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les outils numérique de suivi des temps des collaborateurs en cabinet d'expertise comptable : état des lieux et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samba Deme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Fahmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaz Le Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Ges’Handi, Handicap et management : d’un impensé vers un enjeu sociétal ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Orléans, France</w:t>
+              <w:t xml:space="preserve">Séminaire Marsouin 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Lanester, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04102779v1</w:t>
+                <w:t xml:space="preserve">hal-04221617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La transformation numérique des cabinets d’expertise comptable et l’évolution du travail et des compétences des collaborateurs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les conflits interpersonnels : réalités et enjeux au sein d’une entreprise adaptée »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie codo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Youssef Fahmi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRH : défis, territoires &amp; acteurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AGRH, Oct 2023, Ajaccio, France</w:t>
+              <w:t xml:space="preserve">Workshop Ges’Handi, Handicap et management : d’un impensé vers un enjeu sociétal ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04958157v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04102779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les outils numérique de suivi des temps des collaborateurs en cabinet d'expertise comptable : état des lieux et perspectives</w:t>
+                <w:t xml:space="preserve">La transformation numérique des cabinets d’expertise comptable et l’évolution du travail et des compétences des collaborateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Fahmi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nikolaz Le Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Marsouin 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Lanester, France</w:t>
+              <w:t xml:space="preserve">GRH : défis, territoires &amp; acteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGRH, Oct 2023, Ajaccio, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221617v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04958157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La GPEC de réseau : état des mieux et perspectives sur un petit territoire ultra marin, colloque &amp;quot;Enjeux de société et GRH insulaire</w:t>
               </w:r>
@@ -2542,178 +2542,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03915464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le suivi renforcé des télétravailleurs en recourant aux services d’une plateforme de bien-être au travail</w:t>
+                <w:t xml:space="preserve">État de santé, absentéisme et présentéisme des soignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nikolaz Le Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de recherche RIPCO 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Semaine Data-SHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Plateforme universitaire de données de Bretagne, Dec 2021, Vannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03533570v1</w:t>
+                <w:t xml:space="preserve">hal-04132446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">État de santé, absentéisme et présentéisme des soignants</w:t>
+                <w:t xml:space="preserve">Le suivi renforcé des télétravailleurs en recourant aux services d’une plateforme de bien-être au travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaz Le Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semaine Data-SHS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Plateforme universitaire de données de Bretagne, Dec 2021, Vannes, France</w:t>
+              <w:t xml:space="preserve">Journée de recherche RIPCO 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04132446v1</w:t>
+                <w:t xml:space="preserve">hal-03533570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude exploratoire des plateformes de bien-être et d'engagement au travail : quelle influence sur l’accompagnement des télétravailleurs ?</w:t>
               </w:r>
@@ -4716,200 +4716,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02525229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentéisme et management</w:t>
+                <w:t xml:space="preserve">Le présentéisme et ses leviers émotionnels comme problématique managériale : une étude par entretiens semi-directifs auprès du personnel soignant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Berthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liaisons sociales magazine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n°38 (1), pp.25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rimhe.038.0025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04043689v1</w:t>
+                <w:t xml:space="preserve">hal-03406419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le présentéisme et ses leviers émotionnels comme problématique managériale : une étude par entretiens semi-directifs auprès du personnel soignant</w:t>
+                <w:t xml:space="preserve">Présentéisme et management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Berthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Liaisons sociales magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n°215</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rimhe.038.0025⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03406419v1</w:t>
+                <w:t xml:space="preserve">hal-04043689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“You have got a friend” The value of perceived proximity for teleworking success in dispersed teams</w:t>
               </w:r>
@@ -5006,326 +5006,326 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02442562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles formes de régulation pour une mise en place réussie du télétravail dans la fonction publique territoriale ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Ruiller</w:t>
+                <w:t xml:space="preserve">Effets de la prise en charge des personnes démentes sur le travail aide-soignant en EHPAD. Une approche par la théorie de la régulation sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Douguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politiques et Management public</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/pmp.35.2018.0001⟩</w:t>
+              <w:t xml:space="preserve">Management &amp; Avenir Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (4), p. 35-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mavs.004.0035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02442649v1</w:t>
+                <w:t xml:space="preserve">hal-02023943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sources de conflit travail-famille et d’enrichissement chez les professionnels de soins dans le secteur hospitalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samba Déme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lubica Hikkerova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gestion et management public</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 7/n°1 (3), pp.9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/gmp.071.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03406421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la prise en charge des personnes démentes sur le travail aide-soignant en EHPAD. Une approche par la théorie de la régulation sociale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucie Lebrun</w:t>
+                <w:t xml:space="preserve">Quelles formes de régulation pour une mise en place réussie du télétravail dans la fonction publique territoriale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Ruiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Douguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management &amp; Avenir Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 2 (4), p. 35-54. </w:t>
+              <w:t xml:space="preserve">Politiques et Management public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 35 (1-2), pp.5-26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/mavs.004.0035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/pmp.35.2018.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02023943v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02442649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effective Healthcare Departments : What Makes A Team ? »</w:t>
               </w:r>
@@ -5413,782 +5413,782 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01943641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Styles de management, climat social et climat éthique : une approche contextuelle</w:t>
+                <w:t xml:space="preserve">Temps et Pénibilité au Travail : Repérage des risques et des actions proposées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Barel</w:t>
+                <w:t xml:space="preserve">Gwénaëlle Poilpot - Rocaboy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Frémeaux</w:t>
+                <w:t xml:space="preserve">Nathalie Dedessus Le Moustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chevance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01636891v1</w:t>
+                <w:t xml:space="preserve">halshs-01636925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temps et Pénibilité au Travail : Repérage des risques et des actions proposées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gwénaëlle Poilpot - Rocaboy</w:t>
+                <w:t xml:space="preserve">Styles de management, climat social et climat éthique : une approche contextuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Barel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Chevance</w:t>
+                <w:t xml:space="preserve">Sandrine Frémeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 105 (3), pp.19-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/grhu.105.0019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01636925v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Styles de management, climat social et climat éthique : une approche contextuelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
+                <w:t xml:space="preserve">Styles de management, climat social et climat éthique : une approche contextuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Barel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Frémeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 105 (3), pp.19-37. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/grhu.105.0019⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01682350v1</w:t>
+                <w:t xml:space="preserve">halshs-01636891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment maintenir le sentiment de proximité à distance ? Le cas des équipes dispersées par le télétravail</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Ruiller</w:t>
+                <w:t xml:space="preserve">Dimensions du temps de travail et pénibilité : Repérage des risques et des actions proposées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaëlle Poilpot-Rocaboy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Chédotel</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Dedessus Le Moustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chevance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 27 (3), pp.3-28. </w:t>
+              <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 103 (1), pp.3-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rimhe.027.0003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/grhu.103.0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01615082v1</w:t>
+                <w:t xml:space="preserve">halshs-01595874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimension du temps de travail et pénibilité : repérage des risques et des actions proposées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gwenaelle Poilpot-Rocaboy</w:t>
+                <w:t xml:space="preserve">Comment maintenir le sentiment de proximité à distance ? Le cas des équipes dispersées par le télétravail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Ruiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Chevance</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chédotel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (3), pp.3-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rimhe.027.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01676146v1</w:t>
+                <w:t xml:space="preserve">halshs-01615082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimensions du temps de travail et pénibilité : Repérage des risques et des actions proposées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gwénaëlle Poilpot-Rocaboy</w:t>
+                <w:t xml:space="preserve">Dimension du temps de travail et pénibilité : repérage des risques et des actions proposées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaelle Poilpot-Rocaboy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Dedessus-Le-Moustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Chevance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 103 (1), pp.3-19. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01595874v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le syndrome de la &amp;quot;femme parfaite&amp;quot;. Et si le sentiment de culpabilité générait l’inégalité professionnelle entre les femmes et les hommes dans les entreprises françaises ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le bon fonctionnement des services de soins : ce qui fait équipe ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gwénaëlle Poilpot-Rocaboy</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Douguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Fahmi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 22 (54), pp.187-206</w:t>
+              <w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 20, p.45-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01242704v1</w:t>
+                <w:t xml:space="preserve">hal-01277881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le syndrome de la « femme parfaite »</w:t>
+                <w:t xml:space="preserve">Le syndrome de la &amp;quot;femme parfaite&amp;quot;. Et si le sentiment de culpabilité générait l’inégalité professionnelle entre les femmes et les hommes dans les entreprises françaises ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Berthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
@@ -6197,173 +6197,173 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaëlle Poilpot-Rocaboy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, XXII (54), pp.187. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2016, 22 (54), pp.187-206</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03406431v1</w:t>
+                <w:t xml:space="preserve">halshs-01242704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bon fonctionnement des services de soins : ce qui fait équipe ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le syndrome de la « femme parfaite »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Youssef Fahmi</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaëlle Poilpot-Rocaboy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, XXII (54), pp.187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rips1.054.0187⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01277881v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03406431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bon fonctionnement des services de soins : ce qui fait équipe?</w:t>
               </w:r>
@@ -6776,196 +6776,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04065566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Être cadre de santé de proximité à l'hôpital », quels rôles à tenir ?</w:t>
+                <w:t xml:space="preserve">Étude diachronique de la variabilité et des facteurs de l'absentéisme maladie et de présentéisme : le cas du personnel de production d'une entreprise du secteur du luxe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Ruiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, N° 87 (1), pp.42-58. </w:t>
+              <w:t xml:space="preserve">, 2013, 89 (3), pp.19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/grhu.087.0042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/grhu.089.0019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04065501v1</w:t>
+                <w:t xml:space="preserve">hal-03405569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude diachronique de la variabilité et des facteurs de l'absentéisme maladie et de présentéisme : le cas du personnel de production d'une entreprise du secteur du luxe</w:t>
+                <w:t xml:space="preserve">« Être cadre de santé de proximité à l'hôpital », quels rôles à tenir ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Ruiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 89 (3), pp.19. </w:t>
+              <w:t xml:space="preserve">, 2013, N° 87 (1), pp.42-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/grhu.089.0019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/grhu.087.0042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03405569v1</w:t>
+                <w:t xml:space="preserve">hal-04065501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etre cadre de santé de proximité à l'hôpital, quels rôles à tenir ?</w:t>
               </w:r>
@@ -8077,51 +8077,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="54584A59"/>
+    <w:nsid w:val="9A09DE70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8308,51 +8308,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-dumas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0553-0134" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-8953-2017" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267405v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaz Le Vaillant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344480v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samba D&#233;me" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962954v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Niotou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819182v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Bouville" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958039v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Fahmi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958063v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114306v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Ollier-Malaterre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Pitavy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114293v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114296v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257909v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beaucourt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Poilpot-Rocaboy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257905v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010180v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010182v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010178v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Campoy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968024v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie codo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Berthe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521565v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bossard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Argence" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620207v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594637v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958127v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102779v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958157v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221617v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samba Deme" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04065545v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Troyat-Niotou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065725v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958007v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915464v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Dickason" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533570v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132446v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533553v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276800v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137062v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903189v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Douguet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hontebeyrie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276840v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00090732v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010396v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00078361v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00080291v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Campoy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00095403v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joyeau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00080289v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253321v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Belaid" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/grhu.135.0003" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692072v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599919v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995040v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074504v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295477v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074471v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065565v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2021.02.004" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771736v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mavs.008.0073" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352798v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dedessus-Le Moustier Dedessus-Le-Moustier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425537v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525229v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043689v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406419v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.038.0025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02442562v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ruiller" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice van Der Heijden" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ch&#233;dotel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/TPM-11-2017-0069" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02442649v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.35.2018.0001" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406421v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubica Hikkerova" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.071.0009" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023943v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lebrun" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mavs.004.0035" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943641v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Benlaid" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01636891v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Barel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Fr&#233;meaux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01636925v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Poilpot - Rocaboy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dedessus Le Moustier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chevance" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://audencia.hal.science/hal-01682350v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.105.0019" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01615082v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.027.0003" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01676146v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Poilpot-Rocaboy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dedessus-Le-Moustier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01595874v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.103.0003" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01242704v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406431v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.054.0187" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277881v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01636935v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406434v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.32.107-128" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01141286v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.074.0071" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065499v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065566v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2014.09.012" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065501v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.087.0042" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405569v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.089.0019" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771872v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958875v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mu&#241;oz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958081v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2012.01.005" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02111890v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958874v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010176v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00095396v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010169v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959050v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fahmi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Philippe Martin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00492218v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04065557v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-dumas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0553-0134" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-8953-2017" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267405v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaz Le Vaillant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344480v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samba D&#233;me" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962954v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Niotou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819182v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Bouville" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958039v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Fahmi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958063v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114306v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Ollier-Malaterre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Pitavy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114293v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114296v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257909v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beaucourt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Poilpot-Rocaboy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257905v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010180v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010182v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010178v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Campoy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968024v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie codo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Berthe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521565v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bossard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Argence" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620207v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594637v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958127v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221617v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samba Deme" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102779v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958157v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04065545v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Troyat-Niotou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065725v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958007v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915464v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Dickason" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132446v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533570v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533553v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276800v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137062v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903189v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Douguet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hontebeyrie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276840v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00090732v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010396v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00078361v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00080291v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Campoy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00095403v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joyeau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00080289v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253321v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Belaid" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/grhu.135.0003" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692072v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599919v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995040v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074504v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295477v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074471v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065565v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2021.02.004" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771736v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mavs.008.0073" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352798v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dedessus-Le Moustier Dedessus-Le-Moustier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425537v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525229v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406419v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.038.0025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043689v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02442562v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ruiller" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice van Der Heijden" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ch&#233;dotel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/TPM-11-2017-0069" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023943v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lebrun" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mavs.004.0035" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406421v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubica Hikkerova" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.071.0009" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02442649v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.35.2018.0001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943641v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Benlaid" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01636925v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Poilpot - Rocaboy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dedessus Le Moustier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chevance" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://audencia.hal.science/hal-01682350v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Barel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Fr&#233;meaux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.105.0019" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01636891v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01595874v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.103.0003" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01615082v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.027.0003" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01676146v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Poilpot-Rocaboy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dedessus-Le-Moustier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277881v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01242704v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406431v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.054.0187" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01636935v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406434v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.32.107-128" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01141286v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.074.0071" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065499v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065566v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2014.09.012" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405569v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.089.0019" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065501v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.087.0042" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771872v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958875v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mu&#241;oz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958081v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2012.01.005" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02111890v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958874v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010176v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00095396v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010169v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959050v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fahmi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Philippe Martin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00492218v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04065557v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>