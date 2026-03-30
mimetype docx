--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -963,973 +963,961 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00452123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur la complexité du fonctionnement hydrogéologique des aquifères alluviaux des vallées alpines. Exemple du site de Saint-Jean-de-la-Porte (Vallée de l'Isère en Combe de Savoie)</w:t>
+                <w:t xml:space="preserve">Geomorphic impacts of large and rapid mass movements : a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Monique Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Edouard Cossart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Deline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dzikowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gérard Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géologues</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 15 (1), pp.47-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geomorphologie.7495⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00387282v1</w:t>
+                <w:t xml:space="preserve">halsde-00399809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of paleoclimatic events on the functioning of an alpine thermal system (France) : the contribution of hydrodynamic-thermal modeling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Josnin</w:t>
+                <w:t xml:space="preserve">Sur la complexité du fonctionnement hydrogéologique des aquifères alluviaux des vallées alpines. Exemple du site de Saint-Jean-de-la-Porte (Vallée de l'Isère en Combe de Savoie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dominique Gasquet</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Brondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrogeology Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 17, pp.1887-1900</w:t>
+              <w:t xml:space="preserve">Géologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 160, pp.51-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00372037v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00387282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geomorphic impacts of large and rapid mass movements : a review</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philip Deline</w:t>
+                <w:t xml:space="preserve">The influence of paleoclimatic events on the functioning of an alpine thermal system (France) : the contribution of hydrodynamic-thermal modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Gallino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Josnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cornaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gasquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Hydrogeology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 17, pp.1887-1900</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halsde-00399809v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00372037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les réseaux de drainage glaciaires et les milieux karstiques : analogies morphologiques et modélisation hydrologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Jobard</w:t>
+                <w:t xml:space="preserve">The influence of extraction rate on the reduced sulphur content of Aix-les-Bains' thermal spring waters : Consequences for resource-quality monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Gallino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bulloz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Naffrechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gasquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Karstologia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 23 (6), pp.1367-1382. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2007.11.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00347551v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00282253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of extraction rate on the reduced sulphur content of Aix-les-Bains' thermal spring waters : Consequences for resource-quality monitoring</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">E. Naffrechoux</w:t>
+                <w:t xml:space="preserve">Les réseaux de drainage glaciaires et les milieux karstiques : analogies morphologiques et modélisation hydrologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Jobard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Gasquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Karstologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 51, pp.45-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2007.11.014⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">halsde-00282253v1</w:t>
+                <w:t xml:space="preserve">halsde-00347551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of glacial flow and drainage during the ablation period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Jobard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 330, pp.663-671. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2006.04.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2006.04.031⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00116647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Échanges nappe/rivière en vallée alpine : quantification et modélisation (Vallée d'Aoste, Italie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Triganon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dzikowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Triganon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Dzikowski</w:t>
+                <w:t xml:space="preserve">J.P. Novel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Novel</w:t>
+                <w:t xml:space="preserve">M. Dray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G.M. Zuppi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian journal of earth sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 40, pp.775-786</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00119736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle du remplissage détritique tardiglaciaire à holocène d'une haute vallée alpine par les dynamiques de versant : l'exemple de la moyenne Maurienne (Savoie).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Nicoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Crouzet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gérard Nicoud</w:t>
+                <w:t xml:space="preserve">Serge Fudral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rampnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 10 (1), pp.37-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00736927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1939,556 +1927,556 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrothermalisme alpin, un état thermique transitoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entretiens Jacques Cartier n°15 - Les ressources en eau et en énergie souterraines face au changement climatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Le Bourget du lac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01882442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport de l’hydrochimie à l’étude des mélanges complexes des remontées thermominérales en vallée alpine : exemple de Salins-les-Thermes (Savoie, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Characteristics of hydrothermal discharge areas in alpine valley : example of the amagmatic hydrothermal system of Salins les Thermes (France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Doublet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gasquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24e RST Pau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Pau, France</w:t>
+              <w:t xml:space="preserve">41e congrès internationale AIH « eaux souterraines : Défis et Stratégies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01882449v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01882445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of hydrothermal discharge areas in alpine valley : example of the amagmatic hydrothermal system of Salins les Thermes (France).</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Apport de l’hydrochimie à l’étude des mélanges complexes des remontées thermominérales en vallée alpine : exemple de Salins-les-Thermes (Savoie, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Doublet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gasquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41e congrès internationale AIH « eaux souterraines : Défis et Stratégies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">24e RST Pau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01882445v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01882449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep thermal disturbances related to the sub-surface groundwater flow (Western Alps, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoire Mommessin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dzikowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregoire Mommessin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Dzikowski</w:t>
+                <w:t xml:space="preserve">Gilles Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Monin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th EGU General Assembly, Wien</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00950432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'impact des activités forestières sur la qualité de l'eau en milieu karstique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque final du projet franco-suisse ALPEAU.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Evian, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00950441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ressources en eau du Chablais : contraintes et richesses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque l'eau ici et ailleurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Thonon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00950444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de la matière organique chromophorique comme indicateur d'impact des activités sylvicoles sur la qualité des eaux des sources karstiques de moyenne montagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Tissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2547,152 +2535,178 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ère Réunion Annuelle des Géochimistes Organiciens Français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Orleans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00950438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of fluorescent organic matter to characterize the impact of forestry on karst water quality.</w:t>
+                <w:t xml:space="preserve">Méthodologie pour l'identification et la caractérisation de la matière organique dans les eaux souterraines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Tissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Hoblea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Karstological School " Classical Karst", Underground Protection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Postojna, Slovenia. 86p</w:t>
+              <w:t xml:space="preserve">9th Conference on Limestone Hydrogeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Besançon, France. pp.471-474</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00863863v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00623101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la quantification des impacts anthropiques à la discrimination des sources de perturbation de la qualité des eaux captées en milieu karstique : études alpines</w:t>
               </w:r>
@@ -2780,191 +2794,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00964670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie pour l'identification et la caractérisation de la matière organique dans les eaux souterraines</w:t>
+                <w:t xml:space="preserve">Contribution of fluorescent organic matter to characterize the impact of forestry on karst water quality.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Tissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Hoblea</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Conference on Limestone Hydrogeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Besançon, France. pp.471-474</w:t>
+              <w:t xml:space="preserve">19th International Karstological School " Classical Karst", Underground Protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Postojna, Slovenia. 86p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00623101v1</w:t>
+                <w:t xml:space="preserve">halsde-00863863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi en continu de la matière organique fluorescente aux émergences karstiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Tissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2992,263 +2980,263 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Conference on Limestone Hydrogeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Besançon, France. pp.467-470</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00623132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La matière organique indicateur des activités sylvicoles en milieu karstique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Tissier</w:t>
+                <w:t xml:space="preserve">Vers une nouvelle méthode de quantification de l'ablation glaciaire estivale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Jobard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23 ème Réunion des Sciences de la Terre (RST)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Réunion de la section Glaciologie-Nivologie de la Société Hydrotechnique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00540253v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00470868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une nouvelle méthode de quantification de l'ablation glaciaire estivale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Jobard</w:t>
+                <w:t xml:space="preserve">La matière organique indicateur des activités sylvicoles en milieu karstique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Tissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hoblea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion de la section Glaciologie-Nivologie de la Société Hydrotechnique de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Grenoble, France</w:t>
+              <w:t xml:space="preserve">23 ème Réunion des Sciences de la Terre (RST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00470868v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00540253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche multidisciplinaire du fonctionnement de l'aquifère minéral d'Aix-les-Bains : apports de la géologie, de la géochimie et de l'hydrodynamisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Gallino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3277,73 +3265,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Hydrothermalisme en domaine continental, Séance spécialisée de la Société Géologique de France " Hydrothermalisme en domaine continental "/ Organisée par le laboratoire EDYTEM (CNRS UMR5204)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Le Bourget-du-Lac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00369952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle des périodes glaciaires dans la mise en place des systèmes hydrothermaux de montagne : exemple du système thermal de la Léchère (Savoie, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Thiébaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3385,280 +3373,280 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrothermalise en domaine continental, Séance spécialisée de la Société Géologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Le Bourget-du-Lac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00369943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctionnement hydrodynamique des aquifères de vallées alpines et relation nappe-rivière (exemple de la Vallée d'Aoste - Italie) - Savoie - France</w:t>
+                <w:t xml:space="preserve">Hydrothermalisme actuel associé aux grands contacts structuraux alpins - exemple de sites hydrothermaux d'Aix les Bains et de la Léchère - Savoie - France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAI n°MA/148/06 Hydrogéologie appliquée aux aquifères de Montagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Marrakech, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00369967v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00369961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrothermalisme actuel associé aux grands contacts structuraux alpins - exemple de sites hydrothermaux d'Aix les Bains et de la Léchère - Savoie - France</w:t>
+                <w:t xml:space="preserve">Evolution du réseau de drainage des glaciers au cours de la période d'ablation - exemple du Glacier du Baounet - Savoie - France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAI n°MA/148/06 Hydrogéologie appliquée aux aquifères de Montagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Marrakech, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00369961v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00369964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution du réseau de drainage des glaciers au cours de la période d'ablation - exemple du Glacier du Baounet - Savoie - France</w:t>
+                <w:t xml:space="preserve">Fonctionnement hydrodynamique des aquifères de vallées alpines et relation nappe-rivière (exemple de la Vallée d'Aoste - Italie) - Savoie - France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAI n°MA/148/06 Hydrogéologie appliquée aux aquifères de Montagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Marrakech, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00369964v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00369967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les eaux thermales de la Léchère (vallée de Tarentaise, Savoie) : un exemple de système hydrothermal continental amagmatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Thiébaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3687,73 +3675,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème réunion sciences de la terre, Symposium Hydrothermalisme et interactions eau-roche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Dijon, France. pp.126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00147473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des débits d'exploitation sur les concentrations en sulfures des eaux thermales d'Aix-les-Bains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Gallino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3782,73 +3770,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème réunion sciences de la terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Dijon, France. pp.121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00147476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le monitoring du glacier du Baounet de 2002 à 2004 et les premiers résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Jobard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3864,73 +3852,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion de la Section Glaciologie Nivologie de la Société Hydrotechnique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00126279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les évolutions du réseau de drainage glaciaire au cours de la saison d'ablation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Jobard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3946,73 +3934,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Quaternaire des vallées alpines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00375785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonctionnement hydrodynamique des tourbières et typologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4030,51 +4018,51 @@
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">ème</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> journée d'échanges techniques entre les gestionnaires d'espaces naturels de Rhône-Alpes, Vers une stratégie de préservation des tourbières.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2003, France. pp.25-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00117308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4084,328 +4072,328 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi en continu des températures et conductivités des eaux thermales en contexte hyper minéralisé. Monitroring en milieux naturels, retours d’expériences en terrains difficiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dzikowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Malet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bernard Fanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Doublet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gasquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emmanuel Malet; Laurent Astrade. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monitoring en milieu naturel : retours d'expériences en terrains difficiles.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 19, Collection EDYTEM, pp. 129-136, 2017, 978-2-918435-11-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01882439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'objet emblématique Karst : Paysages, mémoires de l'environnement et des hommes, dix années de recherches au laboratoire EDYTEM.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+                <w:t xml:space="preserve">Elisa Boche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Boche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Didier Cailhol</w:t>
+                <w:t xml:space="preserve">Isabelle Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collection EDYTEM, pp. 51-85, 2014, Collection EDYTEM n°16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00982799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'objet emblématique Systèmes Hydrothermaux : De l'hydrothermalisme profond aux eaux thermales, une décennie de convergence scientifique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Doublet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4437,163 +4425,163 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collection EDYTEM, pp. 31-50, 2014, Collection EDYTEM n°16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00982790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karst waters vs. French Water Policy and Directive 2000/60/EC: how to reconcile standardisation and peculiarity?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Hoblea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Tissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ARNAUD-FASSETTA, Gilles, Eric MASSON et Emmanuel REYNARD. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Continental Hydrosystems under Changing Water Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Verlag Dr. Friedrich Pfeil, p. 47-57, 2013, 978-3-89937-157-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00823209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4603,166 +4591,166 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La ligne de partage des eaux (film de Dominique Marchais), Cafés et cinés scientifiques de l'association Science action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Astrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00981716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protection des eaux souterraines en forêt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012, 69p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00950447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4772,114 +4760,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'analyse des systèmes-traçages à débit variable et volume constant : possibilités d'application en milieu karstique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dzikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environnement et Société. Université des Sciences et Technologie de Lille - Lille I, 1991. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00691545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId110"/>
+      <w:footerReference w:type="default" r:id="rId109"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5026,51 +5014,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882126v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dzikowski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Josnin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882436v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jobard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Fisher" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjes-2015-0107" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00782135v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Tissier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hoblea" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2012.12.045" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X23P6CF1-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00782078v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00683537v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.8366" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3L3038W8-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00515985v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Thi&#233;baud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gallino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gasquet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.181.4.295" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00516028v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452123v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Renac" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00387282v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nicoud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Paillet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brondel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372037v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cornaton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00399809v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Fort" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Edouard Cossart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.7495" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-P7PMZJW2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00347551v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00282253v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bulloz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Naffrechoux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2007.11.014" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5M0KTRN-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116647v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2006.04.031" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6W89N8WK-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119736v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Triganon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Novel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dray" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Zuppi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736927v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Fudral" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Rampnoux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882442v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882449v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Doublet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882445v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950432v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Mommessin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles M&#233;nard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Monin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950441v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950444v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950438v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00863863v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00964670v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00623101v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Blondel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00623132v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00540253v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Blondel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470868v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369952v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369943v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369967v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369961v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369964v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147473v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147476v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126279v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00375785v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117308v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882439v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982799v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Boche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982790v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rossi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00823209v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00981716v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Astrade" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950447v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00691545v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882126v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dzikowski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Josnin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882436v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jobard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Fisher" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjes-2015-0107" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00782135v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Tissier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hoblea" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2012.12.045" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X23P6CF1-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00782078v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00683537v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.8366" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3L3038W8-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00515985v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Thi&#233;baud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gallino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gasquet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.181.4.295" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00516028v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452123v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Renac" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00399809v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Fort" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Edouard Cossart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nicoud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.7495" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00387282v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Paillet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brondel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372037v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cornaton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00282253v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bulloz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Naffrechoux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2007.11.014" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5M0KTRN-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00347551v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116647v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2006.04.031" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6W89N8WK-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119736v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Triganon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Novel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dray" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Zuppi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736927v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Fudral" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Rampnoux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882442v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882445v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Doublet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882449v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950432v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Mommessin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles M&#233;nard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Monin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950441v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950444v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950438v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00623101v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Blondel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00964670v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00863863v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00623132v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470868v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00540253v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Blondel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369952v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369943v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369961v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369964v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369967v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147473v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147476v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126279v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00375785v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117308v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882439v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982799v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Boche" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982790v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rossi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00823209v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00981716v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Astrade" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950447v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00691545v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>