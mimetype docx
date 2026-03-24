--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -581,230 +581,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04205559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mas d’Azil : un site façonné par l’eau, la glace et l’homme</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des derniers grands froids à la période tempérée, une grotte occupée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Patrimoine : histoire, culture et création d'Occitanie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, été 2023 (64), pp.44-49</w:t>
+              <w:t xml:space="preserve">, 2023, été 2023 (64), pp.60-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205560v1</w:t>
+                <w:t xml:space="preserve">hal-04205558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des derniers grands froids à la période tempérée, une grotte occupée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mas d’Azil : un site façonné par l’eau, la glace et l’homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Bon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Patrimoine : histoire, culture et création d'Occitanie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, été 2023 (64), pp.60-67</w:t>
+              <w:t xml:space="preserve">, 2023, été 2023 (64), pp.44-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205558v1</w:t>
+                <w:t xml:space="preserve">hal-04205560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte du Mas d'Azil (Ariège, France), histoires anciennes et recherches récentes</w:t>
               </w:r>
@@ -1168,247 +1168,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03205768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influences de la corrosion de condensation et de la corrosion biogénique sur les parois et les dépôts de grotte, l'exemple de la grotte du Mas d'Azil (Ariège, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toulouse avant Toulouse : ce que nous enseigne l'archéologie sur l'occupation des sols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Cailhol</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Gardes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Préhistoire, Art et Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, LXXI, pp.7-28</w:t>
+              <w:t xml:space="preserve">BelvedeR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Le Sol en 3D, mars 2021 (8), pp.32-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03207500v1</w:t>
+                <w:t xml:space="preserve">hal-03204445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toulouse avant Toulouse : ce que nous enseigne l'archéologie sur l'occupation des sols</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influences de la corrosion de condensation et de la corrosion biogénique sur les parois et les dépôts de grotte, l'exemple de la grotte du Mas d'Azil (Ariège, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Cailhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Dandurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BelvedeR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Le Sol en 3D, mars 2021 (8), pp.32-34</w:t>
+              <w:t xml:space="preserve">Préhistoire, Art et Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, LXXI, pp.7-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03204445v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03207500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biogenic corrosion caused by bats in Drotsky's Cave (the Gcwihaba Hills, NW Botswana)</w:t>
               </w:r>
@@ -1904,77 +1904,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Karstologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
@@ -2247,234 +2247,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01069926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’influence des variations climatiques sur les peuplements paléolithiques entre Massif central et Pyrénées</w:t>
+                <w:t xml:space="preserve">Montmaurin, les surprises de l'archéologie préventive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dayrens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Helene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Catalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géologues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Géologie et archéologie, 173, pp.20-22</w:t>
+              <w:t xml:space="preserve">Midi-Pyrénées patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 30, pp.10-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03238535v1</w:t>
+                <w:t xml:space="preserve">halshs-02077015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Montmaurin, les surprises de l'archéologie préventive</w:t>
+                <w:t xml:space="preserve">L’influence des variations climatiques sur les peuplements paléolithiques entre Massif central et Pyrénées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Midi-Pyrénées patrimoine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 30, pp.10-13</w:t>
+              <w:t xml:space="preserve">Géologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Géologie et archéologie, 173, pp.20-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02077015v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03238535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En Vignes, une halte de chasse tardiglaciaire à Marsan dans le Gers (France)</w:t>
               </w:r>
@@ -3904,64 +3904,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How aerology and biocorrosion processes influence the morphologies of the galleries and the conservation of the archaeological remains in Mas d’Azil cave (Ariège, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4042,77 +4042,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biocorrosion et art pariétal : une exclusion mutuelle à l’origine de vides archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bourges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Dandurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4273,152 +4273,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la géoarchéologie à la karstologie, le site du Castet à Montmaurin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Cailhol</w:t>
+                <w:t xml:space="preserve">Des collections J.-J. Pouech aux fouilles récentes au Mas d’Azil : nouveaux regards sur l’outillage lithique magdalénien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Bündgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dayrens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paysages pour l'Homme, hommage à Paul Ambert</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marie Laroche; Laurent Bruxelles; Philippe Galant; Martine Ambert, Oct 2019, Cabrières, France. pp.145-153</w:t>
+              <w:t xml:space="preserve">L'abbé Pouech et les débuts de la Préhistoire en Ariège. Retour sur les collections d'un précurseur appaméen méconnu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Pamiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02532419v1</w:t>
+                <w:t xml:space="preserve">hal-04910190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une archéologie des vides et des pleins : l’Aurignacien au pied des Pyrénées</w:t>
               </w:r>
@@ -4523,152 +4523,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03914902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des collections J.-J. Pouech aux fouilles récentes au Mas d’Azil : nouveaux regards sur l’outillage lithique magdalénien</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
+                <w:t xml:space="preserve">De la géoarchéologie à la karstologie, le site du Castet à Montmaurin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Cailhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blanche Bündgen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+                <w:t xml:space="preserve">Fabien Callède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dayrens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'abbé Pouech et les débuts de la Préhistoire en Ariège. Retour sur les collections d'un précurseur appaméen méconnu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Pamiers, France</w:t>
+              <w:t xml:space="preserve">Paysages pour l'Homme, hommage à Paul Ambert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie Laroche; Laurent Bruxelles; Philippe Galant; Martine Ambert, Oct 2019, Cabrières, France. pp.145-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04910190v1</w:t>
+                <w:t xml:space="preserve">hal-02532419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurignacians in the Mas d’Azil Cave (Ariège, Pyrénées, France)</w:t>
               </w:r>
@@ -4950,273 +4950,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02051797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel Paléolithique ancien en Quercy ?</w:t>
+                <w:t xml:space="preserve">Le Paléolitique moyen du Quercy : comportements techno-économiques et variabilité des productions lithiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Turq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">David Colonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modalités d’occupation et exploitation des milieux au Paléolithique dans le Sud-Ouest de la France : l’exemple du Quercy. Actes de la session C67, XVème Congrès de l’UISPP, Lisbonne, septembre 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2006, Lisbonne, Portugal. pp.197-212</w:t>
+              <w:t xml:space="preserve">, Sep 2006, Lisbonne, Portugal. pp.231-270</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01833929v1</w:t>
+                <w:t xml:space="preserve">hal-01833944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Paléolitique moyen du Quercy : comportements techno-économiques et variabilité des productions lithiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quel Paléolithique ancien en Quercy ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Colonge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Jaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Faivre</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">Vincent Mourre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Turq</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modalités d’occupation et exploitation des milieux au Paléolithique dans le Sud-Ouest de la France : l’exemple du Quercy. Actes de la session C67, XVème Congrès de l’UISPP, Lisbonne, septembre 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2006, Lisbonne, Portugal. pp.231-270</w:t>
+              <w:t xml:space="preserve">, Sep 2006, Lisbonne, Portugal. pp.197-212</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01833944v1</w:t>
+                <w:t xml:space="preserve">hal-01833929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Quercy pleistocène : région à peuplement continu depuis 0,3 Ma ? archéo-stratigraphies et datations radiométriques</w:t>
               </w:r>
@@ -5254,51 +5254,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modalités d’occupation et exploitation des milieux au Paléolithique dans le Sud-Ouest de la France : l’exemple du Quercy. Actes de la session C67, XVème Congrès de l’UISPP, Lisbonne, septembre 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Lisbonne, Portugal. pp.67-106</w:t>
@@ -6416,51 +6416,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Bos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Bündgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lire le sol en archéologie : pratiques de terrain et regards croisés / Reading the soil in archaeology: field practice and interdisciplinary perspectives</w:t>
@@ -6554,51 +6554,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Bundgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th AFEQ - CNF INQUA international</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Strasbourg, France</w:t>
@@ -7405,77 +7405,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Bosses 1, Lamagdelaine (Lot) : un gisement paléolithique moyen antérieur à l'avant-dernier Interglaciaire sur la moyenne terrasse du Lot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Colonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mourre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Société Préhistorique Française, Travaux 7, 158 p, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7519,260 +7519,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vides et pleins archéologiques au cours du Paléolithique supérieur (MIS 3-MIS 2) dans la grotte du Mas d’Azil (Ariège) : nouvelles données chronologiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un hiatus peut en cacher un autre : l’apport des archives au récit de la reconnaissance de l’Azilien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Comelongue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques. Actes du 29e Congrès préhistorique de France, 31 mai-4 juin 2021, Toulouse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Session Les espaces vides : preuves d’absences ou absences de preuves ?, Société préhistorique française, pp.65-84, 2024</w:t>
+              <w:t xml:space="preserve">Actes de la journée départementale de l’archéologie en Ariège 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Préhistorique Ariège-Pyrénées, pp.8-39, 2024, Actes de la journée départementale de l’archéologie en Ariège</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537187v1</w:t>
+                <w:t xml:space="preserve">hal-04840244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un hiatus peut en cacher un autre : l’apport des archives au récit de la reconnaissance de l’Azilien</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vides et pleins archéologiques au cours du Paléolithique supérieur (MIS 3-MIS 2) dans la grotte du Mas d’Azil (Ariège) : nouvelles données chronologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de la journée départementale de l’archéologie en Ariège 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Préhistorique Ariège-Pyrénées, pp.8-39, 2024, Actes de la journée départementale de l’archéologie en Ariège</w:t>
+              <w:t xml:space="preserve">Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques. Actes du 29e Congrès préhistorique de France, 31 mai-4 juin 2021, Toulouse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Session Les espaces vides : preuves d’absences ou absences de preuves ?, Société préhistorique française, pp.65-84, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04840244v1</w:t>
+                <w:t xml:space="preserve">hal-04537187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte du Mas d’Azil de Rive droite en Rive gauche : chronique de 10 années de recherches (2011-2021)</w:t>
               </w:r>
@@ -7879,51 +7879,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mas d’Azil, des œuvres pariétales face aux chauves-souris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8711,77 +8711,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le débitage sur enclume aux Bosses (Lamagdelaine, Lot, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mourre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Colonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Amélie Lelouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8832,90 +8832,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espaces du Paléolithique moyen. Témoins d'utilisation de silex allochtones en Quercy (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Jaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mourre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Evin J. (Dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Un siècle de discours scientifique en Préhistoire. Actes du XXVIe Congrès Préhistorique de France, Congrès du Centenaire de la Société préhistorique Française, Avignon, 21-25 septembre 2004. Vol III.</w:t>
@@ -10514,51 +10514,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AF0CFCDD"/>
+    <w:nsid w:val="93375940"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10745,51 +10745,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-jarry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8017-3774" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236697234" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905788v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Stoetzel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lebreton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pallier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2025v24a1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746088v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fourvel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thabard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Duranthon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Dandurand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jarry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205559v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205560v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205558v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201376v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Potin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Comelongue" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ramis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427273v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Anderson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103248" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205768v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Beauvais" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Bundgen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lacombe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207500v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bigot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204445v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gardes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017548v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Justin Stratford" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2018.10.027" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274674v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;luc Locht" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pin&#231;on" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871475v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Camus" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Rabanit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778966v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lejay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2017.14809" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838098v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779624v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pons" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bevilacqua" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lea" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01069926v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carozza" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carozza" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Valette" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Llubes" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Py" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03238535v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02077015v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dayrens" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Helene" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Catalo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778957v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Am&#233;lie Lelouvier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bosc-Zanardo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chalard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017687v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304858v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edm&#233;e Ladier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lacrampe-Cuyaub&#232;re" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577213v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaramila Tch&#233;r&#233;missinoff" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marsac" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Berthet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Viarouge" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910102v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jaubert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kervazo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Brugal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371413v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barbaza" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779679v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Salgues" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371429v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413966v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Diot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2001.2312" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205278v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051479v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hossaert-Mckey" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Valero" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Magda" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Cuguen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/2410738" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876241v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Beauvillier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Piana" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227758v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bellan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Peloux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03928382v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427260v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourges" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003783v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beaudet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Chadelle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02532419v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Call&#232;de" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914902v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910190v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche B&#252;ndgen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980750v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835647v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brenet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bourguignon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051797v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833929v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Colonge" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mourre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Turq" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833944v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Faivre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833973v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Bordes" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Castel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ducasse" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833949v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Martin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760058v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halina Walicka" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wattez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750127v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03149416v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Arramond" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528409v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369311v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Bahain" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Debenham" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Evin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833979v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gall" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Demars" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Martin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120297v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371574v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassina Kot&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kalo Millogo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04350490v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/TVA7-9K96" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917455v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102497v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lans" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04445680v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Garcia" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bouiron" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Boissi&#232;re" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carpentier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tallandier.com/livre/atlas-archeologique-de-la-france/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005196v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Touron." TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pallot-Frossard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Magnien" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pin&#231;on" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kaplan" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175755v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boudartchouk" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delaplace" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moulherat" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grottesarcheologies.com/les-carnets/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175754v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175750v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00202755v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537187v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840244v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266914v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205556v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inee.cnrs.fr/fr/atlas-des-sites-archeologiques-menaces" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371982v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205557v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fritz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tosello" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921637v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Az&#233;ma" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775187v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126466v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Azema" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pup/55129" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.55129" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01819316v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lamotte" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;risson" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lhomme" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/9782705697648" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051835v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00442429v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jaubert" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00442403v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995258v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02868668v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100555v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540263v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Arrighi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon Fran&#231;ois" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100566v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100587v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100604v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ntombi Ngoloyi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100617v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740740v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Landou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Benquet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Merleau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rouquet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00526018v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/J0044535" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284468v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-jarry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8017-3774" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236697234" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905788v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Stoetzel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lebreton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pallier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2025v24a1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746088v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fourvel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thabard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Duranthon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Dandurand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jarry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205559v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205558v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205560v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201376v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Potin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Comelongue" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ramis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427273v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Anderson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103248" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205768v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Beauvais" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Bundgen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Constans" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lacombe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204445v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gardes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207500v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bigot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017548v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Justin Stratford" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2018.10.027" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274674v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;luc Locht" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pin&#231;on" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871475v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Camus" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Rabanit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778966v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lejay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2017.14809" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838098v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779624v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pons" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bevilacqua" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lea" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01069926v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carozza" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carozza" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Valette" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Llubes" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Py" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02077015v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dayrens" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Helene" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Catalo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03238535v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778957v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Am&#233;lie Lelouvier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bosc-Zanardo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chalard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017687v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304858v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edm&#233;e Ladier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lacrampe-Cuyaub&#232;re" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577213v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaramila Tch&#233;r&#233;missinoff" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marsac" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Berthet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Viarouge" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910102v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jaubert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kervazo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Brugal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371413v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barbaza" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779679v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Salgues" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371429v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413966v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Diot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2001.2312" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205278v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051479v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hossaert-Mckey" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Valero" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Magda" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Cuguen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/2410738" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876241v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Beauvillier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Piana" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227758v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bellan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Peloux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03928382v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427260v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourges" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003783v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beaudet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Chadelle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910190v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche B&#252;ndgen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914902v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02532419v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Call&#232;de" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980750v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835647v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brenet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bourguignon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051797v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833944v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Faivre" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Turq" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Colonge" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833929v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mourre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833973v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Bordes" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Castel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ducasse" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833949v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Martin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760058v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halina Walicka" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wattez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750127v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03149416v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Arramond" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528409v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369311v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Bahain" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Debenham" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Evin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833979v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gall" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Demars" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Martin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120297v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371574v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassina Kot&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kalo Millogo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04350490v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/TVA7-9K96" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917455v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102497v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lans" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04445680v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Garcia" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bouiron" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Boissi&#232;re" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carpentier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tallandier.com/livre/atlas-archeologique-de-la-france/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005196v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Touron." TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pallot-Frossard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Magnien" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pin&#231;on" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kaplan" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175755v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boudartchouk" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delaplace" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moulherat" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grottesarcheologies.com/les-carnets/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175754v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175750v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00202755v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840244v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537187v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266914v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205556v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inee.cnrs.fr/fr/atlas-des-sites-archeologiques-menaces" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371982v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205557v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fritz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tosello" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921637v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Az&#233;ma" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775187v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126466v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Azema" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pup/55129" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.55129" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01819316v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lamotte" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;risson" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lhomme" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/9782705697648" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051835v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00442429v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jaubert" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00442403v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995258v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02868668v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100555v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540263v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Arrighi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon Fran&#231;ois" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100566v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100587v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100604v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ntombi Ngoloyi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100617v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740740v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Landou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Benquet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Merleau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rouquet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00526018v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/J0044535" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284468v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>