--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -449,4504 +449,4573 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (62)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (63)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De &amp;quot;Das Haus der Temperamente&amp;quot; (1837) à &amp;quot;La maison des tempéraments&amp;quot; (2025) de Johann Nestroy : l’espace scénique, l’espace du traducteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtres du monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, Theatrum Mundi, 36, p. 223-236</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05543836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Le mot en soi n’est pas stupide, mais il est souvent utilisé bêtement. » Place et fonctions des classiques allemands dans l’œuvre de Johann Nestroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Theatrum Mundi, 35, pp.281-301</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04978012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajeunir Raimund ? La traduction française de &amp;lt;i&amp;gt;Der Barometermacher auf der Zauberinsel&amp;lt;/i&amp;gt; (1823 / 2024)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Theatrum Mundi, 35, pp.303-315</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04978028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;i&amp;gt;Les Souffrances de Werther&amp;lt;/i&amp;gt; (1806/1807) de Kringsteiner, parodie des &amp;lt;i&amp;gt;Souffrances du jeune Werther&amp;lt;/i&amp;gt; ? Un exemple de réception de Goethe en Autriche au début du XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Theatrum Mundi, 34, pp.331-341</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04529872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avant propos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl Zieger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Germanica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Ödön von Horvath: écriture dramatique, réécritures, traductions, 2023/2 (73), pp.7-11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/germanica.20408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04453476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ödön von Horváth et la tradition du &amp;quot;Volksstück</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Germanica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Ödön von Horváth : écriture dramatique, réécritures, traductions, 2 (73), pp.13-27. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/germanica.20224⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/germanica.20224⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04384478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl Kraus et la France, Karl Kraus en France : bibliographie commentée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, L’arrière-scène du théâtre : simulation et dissimulation, 32, pp.323-359</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03653179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Mitterer et le Volksstück</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches Germaniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Varia, 52, pp.97-108. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rg.8918⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rg.8918⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03925948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présence et absence de Friedrich Hebbel en Autriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Présence et absence au théâtre, 31, pp.211-243</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03219470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les adaptations et mises en scène récentes de Johann Nestroy en France (2002-2016)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Présence et absence au théâtre, 31, pp.427-438</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03219514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu du 2e volume de la nouvelle édition historico-critique des oeuvres de Ferdinand Raimund</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laut Hein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nestroyana : Blätter der Internationalen Nestroy-Gesellschaft</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.101-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03229718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Hanse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Le catastrophisme environnemental, 52 (1), pp.3-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/allemagne.2161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02968436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les retraductions de &amp;quot;Schachnovelle&amp;quot; de Stefan Zweig en 2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Le Née</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Cagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Grimm-Hamen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les traducteurs, passeurs culturels entre la France et l’Autriche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.245-258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03013419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shakespeare parodié : l’exemple des parodies viennoises au XIXe siècle (Kringsteiner, Perinet, Meisl)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Hommage à Maurice Abiteboul pour les trente ans de Théâtres du Monde, Cahier hors-série (4), pp.145-156</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02956450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Permanence et variations du bouffon autrichien: Hanswurst dans l'histoire littéraire et culturelle germanophone (Lessing, Goethe, Mozart)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Le bruit et la fureur au théâtre (Haine, violence et guerre), 30, pp.405-424</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02560002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Toute vie est un combat de l’individu avec l’univers. » La guerre des sexes dans &amp;quot;Judith&amp;quot; de Friedrich Hebbel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Le bruit et la fureur au théâtre (Haine, violence et guerre), 30, pp.267-278</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02560000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Der “Wiener Weltweise Johann Nestroy”: Heimito von Doderer über Nestroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nestroyana : Blätter der Internationalen Nestroy-Gesellschaft</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 39 (Heft 1/2), pp.40-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02956261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Culture du rire” contre “bon goût” ? Le débat sur le théâtre à Vienne au XVIIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Bienséance et malséance (Décence et indécence) au théâtre, 29, pp.171-187</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Nestroy als Bearbeiter von englischen und französischen Stücken und Romanen: Ein Beispiel für Kulturtransfer zwischen Frankreich, England und Österreich im 19. Jahrhundert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Moderne Sprachen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 63 (1), pp.69-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02895609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Übersetzen s’ aus Frankreich a Stuk …”: Johann Nestroy ins Französische übersetzen und neu übersetzen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Moderne Sprachen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 63 (1), pp.87-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02895611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le théâtre de Franz Grillparzer, entre classicisme allemand et théâtre populaire viennois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Bienséance et malséance (Décence et indécence) au théâtre, 29, pp.189-216</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306222v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le théâtre autrichien au risque de la traduction : Nestroy, Kraus, Jelinek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Le théâtre au risque de la traduction, 28, pp.253-271</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La traduction, &amp;quot;translation d’émotions&amp;quot;. Entretien avec Laurence Sendrowicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Le théâtre au risque de la traduction, 28, pp.51-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02956249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grillparzer in Frankreich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jahrbuch der Grillparzer-Gesellschaft</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Franz Grillparzer – Tradition und Innovation / De La Toison d’or à L’Or du Rhin. Mythe, drame et histoire dans le théâtre allemand au XIXe siècle, 3. Folge (Band 27), pp.182-196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Nestroy, adaptateur de pièces et de romans populaires anglais et français : un exemple de transfert culturel entre la France, l’Angleterre et l’Autriche au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Le théâtre des romanciers (XIXe-XXIe siècles). Adaptations et réécritures, expérimentations et contestation, Cahier hors-série n° 3, pp.107-122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Grillparzer en France : place dans l’histoire littéraire, mises en scène, traductions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Le théâtre au risque de la traduction, 28, pp.389-413</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306214v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le théâtre de Ludwig Anzengruber : entre Volksstück « éducatif » et naturalisme ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le texte et l'idée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 32, pp.141-168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306216v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Un théâtre “qui ne fait de mal à personne” ? Pour une relecture des &amp;quot;Bourgeois à Vienne&amp;quot; (1813) et des &amp;quot;Étrangers à Vienne&amp;quot; (1814) d’Adolf Bäuerle</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die gute alte Zeit und das gute alte Wien gehören zueinander wie ein Paar Eheleute.&amp;quot; (Heinrich Laube) Alt-Wien in der österreichischen Literatur von 1850 bis 1930: Die Stadt, die niemals war?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Literatur für Leser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Literarisches Wien / Literary Vienna, 40 (3), pp.205-218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/LFL032017k_205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02956438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Kraus, de la Sorbonne à la Comédie-Française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, L'étranger (l'autre) au théâtre, 27, pp.115-128</w:t>
+              <w:t xml:space="preserve">, 2017, L'étranger (l'autre) au théâtre, 27, pp.207-215</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...98 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Karl Kraus, de la Sorbonne à la Comédie-Française</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un théâtre “qui ne fait de mal à personne” ? Pour une relecture des &amp;quot;Bourgeois à Vienne&amp;quot; (1813) et des &amp;quot;Étrangers à Vienne&amp;quot; (1814) d’Adolf Bäuerle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, L'étranger (l'autre) au théâtre, 27, pp.207-215</w:t>
+              <w:t xml:space="preserve">, 2017, L'étranger (l'autre) au théâtre, 27, pp.115-128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parodie de l’excès sanglant des tragédies (1600-1660)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrica Zanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, pp.71-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03168352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeux onomastiques dans l'oeuvre de Johann Nestroy: l'exemple de &amp;quot;Liberté à Krähwinkel&amp;quot; (1848)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes et travaux d’Eur’ORBEM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 1, pp.227-241</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeux onomastiques dans l'oeuvre de Johann Nestroy l'exemple de Liberté à KrähwinkeL (1848)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes et travaux d’Eur’ORBEM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Proverbes et stéréotypes : forme, formes et contextes 1 (1), pp.227-241</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01422819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Raimund en France, Raimund et la France : bibliographie commentée</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : Théâtre et philosophie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Théâtre et philosophie, 26, pp.319-326</w:t>
+              <w:t xml:space="preserve">, 2016, Théâtre et philosophie, 26, pp.11-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Théâtre et philosophie : l’exemple du théâtre populaire viennois de Stranitzky à Nestroy</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01503488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dialectique du haut et du bas dans les &amp;quot;Lettres de Franzensbad&amp;quot; (&amp;quot;Aus Franzensbad&amp;quot;, 1858) de Marie von Ebner-Eschenbach : de la satire littéraire à la satire sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le texte et l'idée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 30, pp.141-156</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raimund en France, Raimund et la France : bibliographie commentée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Théâtre et philosophie, 26, pp.165-178</w:t>
+              <w:t xml:space="preserve">, 2016, Théâtre et philosophie, 26, pp.319-326</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Introduction : Théâtre et philosophie</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théâtre et philosophie : l’exemple du théâtre populaire viennois de Stranitzky à Nestroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Théâtre et philosophie, 26, pp.11-22</w:t>
+              <w:t xml:space="preserve">, 2016, Théâtre et philosophie, 26, pp.165-178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La dialectique du haut et du bas dans les &amp;quot;Lettres de Franzensbad&amp;quot; (&amp;quot;Aus Franzensbad&amp;quot;, 1858) de Marie von Ebner-Eschenbach : de la satire littéraire à la satire sociale</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trois éclairages sur l’amour et le mariage dans le théâtre (populaire) autrichien des XVIIIe et XIXe siècles : Kurz, Raimund, Nestroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtres du Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, De l'amour au théâtre, 25, pp.147-159</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trois éclairages sur l’amour et le mariage dans le théâtre (populaire) autrichien des XVIIIe et XIXe siècles : Kurz, Raimund, Nestroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtres du Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01362924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le théâtre, fête et exutoire ? Le répertoire des théâtres des faubourgs de Vienne pendant le congrès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Austriaca : Cahiers universitaires d'information sur l'Autriche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Perceptions du congrès de Vienne: répercussions d'un événement européen (XIXe-XXIe siècle), 79, pp.199-219</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nestroy und Courteline: Unerwartete Affinitäten?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nestroyana : Blätter der Internationalen Nestroy-Gesellschaft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01362934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nestroy und Courteline: Unerwartete Affinitäten?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nestroyana : Blätter der Internationalen Nestroy-Gesellschaft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 35 (Heft 1/2), pp.27-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305817v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La temporalité dans &amp;quot;Woyzeck&amp;quot; de Georg Büchner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtres du Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Théâtre et temporalité, 24, pp.113-122</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La temporalité dans Woyzeck de Georg Büchner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtres du Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01361792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kraus en France. Du « patriote autrichien » au critique des médias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01361780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kraus en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Karl Kraus / Alfred Kubin, 1021, pp.125-149</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Figures du mal dans le théâtre de Ferdinand Raimund (1790-1836)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtres du Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Le mal et le malheur au théâtre, 23, pp.137-152</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Von &amp;quot;Der Verschwender&amp;quot; (1834) zu &amp;quot;Le Prodigue&amp;quot; (1992): Ein Beispiel Raimund’schen Überlebens in Frankreich</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nestroyana : Blätter der Internationalen Nestroy-Gesellschaft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 33 (1/2), pp.55-71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02956137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nestroy en France, Nestroy et la France : bibliographie commentée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Austriaca : Cahiers universitaires d'information sur l'Autriche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Les relations de Johann Nestroy avec la France, 75, pp.229-243</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment traduire Nestroy ? Les transpositions françaises de ses pièces, de &amp;quot;L’Homme déchiré&amp;quot; (J.-L. Besson et H. Schwarzinger, 1985) au &amp;quot;Talisman&amp;quot; (V. Bauzou, 2012)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Austriaca : Cahiers universitaires d'information sur l'Autriche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Les relations de Johann Nestroy avec la France, 75, pp.131-153</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Delsarte (1811-1871) : un artiste à (re)découvrir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtres du Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Mythes et croyances au théâtre, 22, pp.445-448</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mythe de Judith revisité par Friedrich Hebbel (&amp;quot;Judith&amp;quot;, 1840) et Johann Nestroy (&amp;quot;Judith et Holopherne&amp;quot;, 1849) : la rencontre entre la tragédie historique allemande et le théâtre populaire viennois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtres du Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Mythes et croyances au théâtre, 22, pp.241-256</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religions et religion dans &amp;quot;Le Divan&amp;quot; (1819) de Goethe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le texte et l'idée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 30, pp.141-156</w:t>
+              <w:t xml:space="preserve">, 2012, 26, pp.125-146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Trois éclairages sur l’amour et le mariage dans le théâtre (populaire) autrichien des XVIIIe et XIXe siècles : Kurz, Raimund, Nestroy</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vrai et le faux dans le théâtre de Johann Nestroy - un essai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">, 2011, Le vrai / le faux au théâtre, 21, pp.143-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Trois éclairages sur l’amour et le mariage dans le théâtre (populaire) autrichien des XVIIIe et XIXe siècles : Kurz, Raimund, Nestroy</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raimund in Frankreich</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nestroyana : Blätter der Internationalen Nestroy-Gesellschaft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 31 (Heft 1/2), pp.58-70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02956113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mensonge et hypocrisie dans les &amp;quot;Légendes de la forêt viennoise&amp;quot; (1931) d'Ödön von Horváth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtres du Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, De l'amour au théâtre, 25, pp.147-159</w:t>
+              <w:t xml:space="preserve">, 2011, Le vrai / le faux au théâtre, 21, pp.169-183</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Nestroy und Courteline: Unerwartete Affinitäten?</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">‚Wahrheitssucher in sprachlichen Angelegenheiten‘ : Elfriede Jelinek et Karl Kraus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Kargl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Germanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 46, pp.11-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/germanica.1045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« En quête de vérité dans la langue » : Elfriede Jelinek et Karl Kraus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Germanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Des femmes en dialogue avec le siècle, 46, pp.125-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/germanica.1055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02956101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nestroy, de la table à la scène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Austriaca : Cahiers universitaires d'information sur l'Autriche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Literarisches - Kulinarisches / Art littéraire - Art culinaire. Hommage à Jutta Périsson-Waldmüller, 70, pp.17-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nestroy in Frankreich. Zur Rezeption seiner Stücke auf den französischen Bühnen vom Anfang des 20. Jahrhunderts bis heute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nestroyana : Blätter der Internationalen Nestroy-Gesellschaft</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">, 2009, 29 (Heft 1/2), pp.87-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le théâtre, fête et exutoire ? Le répertoire des théâtres des faubourgs de Vienne pendant le congrès</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02955534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Kraus et Theodor Herzl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Austriaca : Cahiers universitaires d'information sur l'Autriche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Perceptions du congrès de Vienne: répercussions d'un événement européen (XIXe-XXIe siècle), 79, pp.199-219</w:t>
+              <w:t xml:space="preserve">Cahiers d'Etudes Hongroises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Temps, Espaces, Langages. La Hongrie à la croisée des disciplines, 14 (tome I), pp.379-390</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Nestroy und Courteline: Unerwartete Affinitäten?</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Von einer Lachkultur zur anderen (und retour): Zwei Übersetzungen von Nestroys Talisman ins Französische</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nestroyana : Blätter der Internationalen Nestroy-Gesellschaft</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 35 (Heft 1/2), pp.27-36</w:t>
+              <w:t xml:space="preserve">, 2007, 27 (Heft 1/2), pp.40-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...374 lines deleted...]
-                <w:t xml:space="preserve">Von &amp;quot;Der Verschwender&amp;quot; (1834) zu &amp;quot;Le Prodigue&amp;quot; (1992): Ein Beispiel Raimund’schen Überlebens in Frankreich</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02955533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Das &amp;quot;Dreigestirn&amp;quot; Grillparzer - Nestroy - Raimund im Urteil von Karl Kraus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nestroyana : Blätter der Internationalen Nestroy-Gesellschaft</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 33 (1/2), pp.55-71</w:t>
+              <w:t xml:space="preserve">, 2006, 26 (Heft 1/2), pp.77-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...1065 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02955471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4956,1518 +5025,1518 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le théâtre germanophone de la Goethezeit dans le contexte européen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Feler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Meier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Vecchiato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Feler</w:t>
+                <w:t xml:space="preserve">hal-05375358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Figurations de la dictature dans les arts de la scène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Lacheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Lacheny</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Candoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Albert Meier</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Kargl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">A paraître</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 310 p., 2023, Etudes germaniques, 978-2-7535-8805-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingrid Lacheny</w:t>
+                <w:t xml:space="preserve">hal-04052335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langues et cultures en contact : réflexions linguistiques et traductologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Schwerter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Candoni</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Kargl</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Rentel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Lang. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04519039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langues et cultures en contact. Réflexions linguistiques et traductologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...23 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Rentel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Schwerter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Lang, 8, pp.304, 2022, Studien zur Translation und Interkulturellen Kommunikation in der Romania, 9783631874257, 9783631874264, 9783631830765. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/b19498⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">It's all Greek to me&amp;quot;: Mehrsprachigkeit aus interdisziplinärer Sicht</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Rentel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Schwerter</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marc Lacheny; Nadine Rentel; Stephanie Schwerter. ibidem-Verlag, 2021, 978-3-8382-1486-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03227099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">It’s all Greek to Me. Mehrsprachigkeit aus interdisziplinärer Sicht</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Schwerter</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Rentel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ibidem. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04519040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Französische Österreichbilder - Österreichische Frankreichbilder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Piok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigurd Paul Scheichl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Zieger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank &amp; Timme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 12, pp.276, 2020, Forum : Österreich, Jacques Lajarrige &amp; Helga Mitterbauer, 978-3-7329-0672-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03100469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Errances, discordances, divergences ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Rentel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Stephanie Schwerter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marc Lacheny; Nadine Rentel; Stephanie Schwerter. Peter Lang, 6, pp.351, 2019, Studien zur Translation und Interkulturellen Kommunikation in der Romania, Nadine Rentel; Ramona Schröpf, 978-3-631-77833-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02559882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dekonstruktion der symbolischen Ordnung bei Marlen Haushofer. &amp;quot;Die Wand&amp;quot; und &amp;quot;Die Mansarde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Arlaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lajarrige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Leroy Du Cardonnoy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frank &amp; Timme, 9, 257 p., 2019, (Forum: Österreich), 978-3-7329-0529-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03823385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Errances, discordances, divergences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Schwerter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nadine Rentel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Peter Lang. 2022</w:t>
+              <w:t xml:space="preserve">Peter Lang. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marc Lacheny</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04519049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LES ARCHIVES FAMILIALES DES ÉCRIVAINS.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Hincker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nadine Rentel</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Amselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...23 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Huftier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universtaires de Valenciennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collection PRATIQUES ET REPRÉSENTATIONS | LITTERATURE &amp; HISTOIRE (10), 208 p., 2017, LES ARCHIVES FAMILIALES DES ÉCRIVAINS., 13 9782364240537</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marc Lacheny</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01834210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les archives familiales des écrivains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédérique Amselle; Louis Hincker; Arnaud Huftier; Marc Lacheny. Presses Universitaires de Valenciennes, pp.210, 2017, 978-2-36424-053-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Littérature &amp;quot;d’en haut&amp;quot;, littérature &amp;quot;d’en bas&amp;quot; ? : La dramaturgie canonique allemande et le théâtre viennois de Stranitzky à Nestroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frank &amp; Timme, pp.352, 2015, 978-3-7329-0197-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01511447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les relations de Johann Nestroy avec la France, Actes du symposium international organisé par l’Université de Valenciennes et du Hainaut-Cambrésis, 11-12 octobre 2012, Austriaca, n° 75.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Cagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nadine Rentel</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rouen et du Havre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 75, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03003769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Literarisches – Kulinarisches/ Art littéraire – Art culinaire. Hommage à Jutta Périsson-Waldmüller, Austriaca n ° 70, Rouen, PURH, juin 2010. (études réunies Marc Lacheny et U.W.).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ute Weinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Marc Lacheny; Nadine Rentel; Stephanie Schwerter. ibidem-Verlag, 2021, 978-3-8382-1486-3</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Schwerter</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Au nom de Goethe ! »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Ibidem. 2021</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Laplénie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marc Lacheny; Jean-François Laplénie. L'Harmattan, pp.296, 2009, Les Mondes germaniques, Gérard Laudin; Françoise Rétif, 978-2-296-06900-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...97 lines deleted...]
-              <w:t xml:space="preserve">, 12, pp.276, 2020, Forum : Österreich, Jacques Lajarrige &amp; Helga Mitterbauer, 978-3-7329-0672-7</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une autre vision de l’histoire littéraire et théâtrale : Karl Kraus lecteur de Johann Nestroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Sorbonne Nouvelle. pp.328, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...806 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03423109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6477,1832 +6546,1832 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Friedrich, Hugo; Jauss, Hans Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Colin, Nicole; Defrance, Corine; Pfeil, Ulrich; Umlauf, Joachim. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des relations culturelles franco-allemandes depuis 1945</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.286-287; 335-336, 2023, 978-2-7574-3808-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Schwerter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Rentel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langues et cultures en contact: réflexions linguistiques et traductologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang, pp.17-23, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04521065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le théâtre de Grillparzer, entre classicisme allemand et théâtre populaire viennois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Feler; Raymond Heitz; Roland Krebs. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études sur le monde germanique : littérature, civilisation, arts : choix de conférences (2005-2020) organisées par la Société Goethe de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Königshausen &amp; Neumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.155-169, 2021, 978-3-8260-7364-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Königshausen &amp; Neumann</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03348371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grillparzer, Stifter, Nestroy und Kraus als Antipoden Friedrich Hebbels? Ein Beitrag zu Hebbels (kritischer) Rezeption in Österreich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martin-M. Langner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Drama, Mythos und Geschichte. Zu Mythoskonzeptionen in den Dramen Friedrich Hebbels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weidler Buchverlag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.175-198, 2021, Analysen und Ergebnisse der Hebbelforschung, 978-3-89693-761-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weidler Buchverlag</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.175-198, 2021, Analysen und Ergebnisse der Hebbelforschung, 978-3-89693-761-2</w:t>
+                <w:t xml:space="preserve">hal-03338534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Einleitung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Schwerter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Rentel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">It’s all Greek to Me“. Mehrsprachigkeit aus interdisziplinärer Sicht</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ibidem, pp.IX-XVIII, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La réalité est toujours le plus beau témoignage de la possibilité. » Traduire et retraduire Nestroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Baillet; Nicole Colin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Arche Editeur : le théâtre à une échelle transnationale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Provence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.199-208, 2021, Textuelles. Les textes du théâtre, 979-10-320-0294-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03168897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...94 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goethe et l'Autriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Feler; Raymond Heitz; Roland Krebs. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lectures de Goethe : choix de conférences (2005-2020) organisées par la Société Goethe de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Königshausen &amp; Neumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.323-341, 2021, 978-3-8260-7292-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Königshausen &amp; Neumann</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03348373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlen Haushofer : bibliographie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylvie Arlaud; Marc Lacheny; Jacques Lajarrige; Eric Leroy du Cardonnoy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dekonstruktion der symbolischen Ordnung bei Marlen Haushofer. "Die Wand" und "Die Mansarde"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9, Frank &amp; Timme, pp.239-250, 2019, Forum: Österreich</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02958455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scholl 2017 (Zentrum für Politische Schönheit) : ré-interroger la résistance face à la dictature aujourd’hui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Lacheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Figurations de la dictature dans les arts de la scène"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02370559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Schwerter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Rentel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Errances, discordances, divergences ? Approches interdisciplinaires de l’erreur culturelle en traduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.21-25, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De &amp;quot;Der Verschwender&amp;quot; au &amp;quot;Prodigue&amp;quot;. Traduire Raimund, entre erreurs et licences du traducteur ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stephanie Schwerter; Catherine Gravet; Thomas Barège. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’erreur culturelle en traduction. Lectures littéraires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.125-138, 2019, Traductologie, 978-2-7574-2952-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02956415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...94 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place de Raimund et Nestroy dans l’œuvre de Max Reinhardt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marielle Silhouette. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Max Reinhardt. L’Art et la technique à la conquête de l’espace / Kunst und Technik zur Eroberung des Raumes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Reihe A - Kongressberichte - Band 119, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.301-317, 2017, Jahrbuch für Internationale Germanistik, 978-3-0343-2644-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/978-3-0351-0824-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Lang</w:t>
-[...30 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02306209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Maison d’artistes d’Edenkoben (Allemagne) : réception, médiation, création</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Müller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carole Bisenius-Penin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Résidence d’auteurs, création littéraire et médiations culturelles (2). Territoires et publics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 35, PUN, pp.133-145, 2016, Questions de communication</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02956241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bild, Geste und Theatralität in Vließ-Trilogie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerstin Hausbei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lajarrige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Leroy Du Cardonnoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modernité du mythe et violence de l'altérité: La Toison d'or de Franz Grillparzer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03917388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raimunds Schiller-Rezeption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Feler; Raymond Heitz; Gérard Laudin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dynamik und Dialektik von Hoch- und Trivialliteratur im deutschsprachigen Raum im 18. und 19. Jahrhundert. I. Die Dramenproduktion / Dynamique et dialectique des littératures « noble » et « triviale » dans les pays germanophones aux XVIIIe et XIXe siècles. I. La production dramatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Königshausen &amp; Neumann, pp.273-291, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crise des relations familiales dans le théâtre populaire viennois de Ferdinand Raimund à Johann Nestroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Françoise Le Borgne; Fanny Platelle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Relations familiales entre générations dans le théâtre européen (1750-1850)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 22, Presses universitaires Blaise-Pascal, pp.191-202, 2014, Révolutions et Romantismes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02956193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vienne l'ancienne dans la littérature autrichienne de 1880 à 1930 : la ville qui ne fut jamais ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eric Leroy du Cardonnoy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cités imaginaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions PETRA, pp.21-36, 2013, Littérature comparée / Histoire et Critique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Delsarte (1811-1871) et les comédiens français Rachel et Frédérick Lemaître : réalité et fiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elena Randi; Simona Brunetti. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I movimenti dell’anima. François Delsarte fra teatro e danza</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edizioni di Pagina, pp.115-128, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petite contribution à l’histoire des relations culturelles franco-autrichiennes au XXe siècle : Karl Kraus et les germanistes français de son temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sigurd Paul Scheichl / Karl Zieger. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Österreichisch-französische Kulturbeziehungen 1867-1938 / France – Autriche : leurs relations culturelles de 1867 à 1938</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 78, Innsbruck University Press / Presses Universitaires de Valenciennes, pp.203-221, 2012, Innsbrucker Beiträge zur Kulturwissenschaft</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wechselseitige Diskurse über Burgtheater und Comédie Française von Laube (1849) zu Wildgans (1931)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sigurd Paul Scheichl / Karl Zieger. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Österreichisch-französische Kulturbeziehungen 1867-1938 / France – Autriche : leurs relations culturelles de 1867 à 1938</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 78, Innsbruck University Press / Presses Universitaires de Valenciennes, pp.61-90, 2012, Innsbrucker Beiträge zur Kulturwissenschaft</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le magicien confus&amp;quot; (1832) de Johann Nestroy mis en scène par Peter Gruber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Corona Schmiele. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Passages à l’acte : interprétation, traduction, (ré-)écriture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Indigo, pp.21-36, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préserver dans l’espace culturel du bassin danubien les intérêts de l’esprit&amp;quot; : Nestroy dans &amp;quot;Die Fackel&amp;quot; face à l’avènement du national-socialisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lacheny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marc Lacheny; Jean-François Laplénie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Au nom de Goethe ! » Hommage à Gerald Stieg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.135-144, 2009, Les Mondes germaniques, 978-2-296-06900-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02955537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8312,180 +8381,180 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Book review about Delphine EDY, Explorer l'autre face du réel pour recréer l'oeuvre en scène, Dijon, Les Presses du Réel, 2022.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélisenne Lestringant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélisenne Lestringant</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+                <w:t xml:space="preserve">hal-04959685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les visages successifs de l’extrême droite en Autriche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacheny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, pp.[En ligne]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01738072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId157"/>
+      <w:footerReference w:type="default" r:id="rId158"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8632,51 +8701,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978012v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lacheny" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978028v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529872v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453476v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Zieger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/germanica.20408" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384478v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/germanica.20224" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653179v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925948v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rg.8918" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219470v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219514v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229718v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laut Hein" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02968436v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hanse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/allemagne.2161" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013419v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le N&#233;e" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Cagneau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Grimm-Hamen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956450v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560002v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560000v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956261v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306221v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895609v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895611v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306222v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306213v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956249v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306215v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306217v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306214v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306216v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306207v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956438v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/LFL032017k_205" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306208v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168352v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Zanin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305192v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422819v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306203v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306202v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503488v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306204v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362924v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305820v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362934v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305824v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305817v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361780v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306223v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361792v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305800v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305779v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956137v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305689v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305686v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305695v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305690v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305720v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305675v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956113v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305678v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609881v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Kargl" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/germanica.1045" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956101v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/germanica.1055" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305276v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955534v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305200v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955533v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955471v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05375358v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Feler" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Meier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Vecchiato" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04052335v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Lacheny" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Candoni" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9095/figurations-de-la-dictature-dans-les-arts-de-la-scene" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519039v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Schwerter" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Rentel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670040v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b19498" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227099v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519040v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100469v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Piok" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigurd Paul Scheichl" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frank-timme.de/en/programme/product/franzoesische_oesterreichbilder-oesterreichische_frankreichbilder" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559882v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03823385v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Arlaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lajarrige" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy Du Cardonnoy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519049v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01834210v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hincker" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Amselle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huftier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pu-valenciennes.fr/prat10.htm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954224v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01511447v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003769v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://purh.univ-rouen.fr/node/737" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230456v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ute Weinmann" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954216v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lapl&#233;nie" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423109v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991372v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521065v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348371v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://verlag.koenigshausen-neumann.de/product/9783826073649-etudes-sur-le-monde-germanique/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338534v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weidler-verlag.de/Reihen/Hebbel/HF01/HF01.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168897v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/larche-editeur" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521317v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348373v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://verlag.koenigshausen-neumann.de/product/9783826072925-lectures-de-goethe/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958455v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370559v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956415v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521458v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306209v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/9783034326445/fm_toc.xhtml" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0351-0824-8" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956241v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne M&#252;ller" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917388v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Hausbei" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305812v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956193v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305790v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305753v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305718v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305714v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305287v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955537v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959685v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lisenne Lestringant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01738072v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543836v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lacheny" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978012v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978028v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529872v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453476v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Zieger" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/germanica.20408" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384478v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/germanica.20224" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653179v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925948v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rg.8918" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219470v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219514v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229718v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laut Hein" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02968436v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hanse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/allemagne.2161" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013419v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le N&#233;e" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Cagneau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Grimm-Hamen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956450v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560002v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560000v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956261v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306221v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895609v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895611v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306222v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306213v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956249v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306215v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306217v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306214v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306216v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956438v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/LFL032017k_205" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306208v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306207v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168352v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Zanin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305192v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422819v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503488v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306204v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306203v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306202v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305820v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362924v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305824v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362934v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305817v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306223v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361792v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361780v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305800v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305779v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956137v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305689v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305686v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305695v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305690v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305720v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305675v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956113v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305678v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609881v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Kargl" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/germanica.1045" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956101v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/germanica.1055" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305276v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955534v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305200v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955533v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955471v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05375358v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Feler" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Meier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Vecchiato" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04052335v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Lacheny" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Candoni" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9095/figurations-de-la-dictature-dans-les-arts-de-la-scene" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519039v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Schwerter" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Rentel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670040v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b19498" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227099v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519040v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100469v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Piok" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigurd Paul Scheichl" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frank-timme.de/en/programme/product/franzoesische_oesterreichbilder-oesterreichische_frankreichbilder" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559882v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03823385v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Arlaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lajarrige" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy Du Cardonnoy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519049v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01834210v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hincker" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Amselle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huftier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pu-valenciennes.fr/prat10.htm" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954224v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01511447v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003769v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://purh.univ-rouen.fr/node/737" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230456v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ute Weinmann" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954216v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lapl&#233;nie" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423109v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991372v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521065v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348371v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://verlag.koenigshausen-neumann.de/product/9783826073649-etudes-sur-le-monde-germanique/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338534v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weidler-verlag.de/Reihen/Hebbel/HF01/HF01.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521317v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168897v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/larche-editeur" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348373v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://verlag.koenigshausen-neumann.de/product/9783826072925-lectures-de-goethe/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958455v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370559v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521458v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956415v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306209v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/9783034326445/fm_toc.xhtml" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0351-0824-8" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956241v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne M&#252;ller" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917388v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Hausbei" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305812v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956193v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305790v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305753v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305718v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305714v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305287v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955537v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959685v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lisenne Lestringant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01738072v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>