--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1990,407 +1990,407 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capacitively and Differentially-Fed Shared Tx/Rx Antenna With Shielding Cavity for IBFD Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exemples de travaux pratiques d'électronique en BUT2 GEII sur le conditionnement et l'acquisition de données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Chaya</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">André Pérennec</w:t>
+                <w:t xml:space="preserve">Paul Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Gautier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lana Damaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Girod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE Conference on Antenna Measurements and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Nov 2025, Antibes Juan-Les-Pins, France</w:t>
+              <w:t xml:space="preserve">16ᵉ colloque de l'Enseignement des Technologies et des Sciences de l'Information et des Systèmes (CETSIS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Procédés Matériaux et Énergie Solaire (PROMES-CNRS), le laboratoire Espace-Dev et la faculté des sciences (UFR SEE) de l’Université de Perpignan, Jun 2025, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05450476v1</w:t>
+                <w:t xml:space="preserve">hal-05141560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity Analysis of Self-Interference Cancellation in Differentially-Fed Shared-Patch Antenna Arrays For In-Band Full-Duplex Applications</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Capacitively and Differentially-Fed Shared Tx/Rx Antenna With Shielding Cavity for IBFD Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meriem Nesrine Djama</w:t>
+                <w:t xml:space="preserve">Daniel Chaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafat Lababidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulrich Simpore</w:t>
+                <w:t xml:space="preserve">Roland Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 32nd IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2025 IEEE Conference on Antenna Measurements and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Nov 2025, Antibes Juan-Les-Pins, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411534v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05450476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exemples de travaux pratiques d'électronique en BUT2 GEII sur le conditionnement et l'acquisition de données</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Le Roy</w:t>
+                <w:t xml:space="preserve">Sensitivity Analysis of Self-Interference Cancellation in Differentially-Fed Shared-Patch Antenna Arrays For In-Band Full-Duplex Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanan Ouled Angoura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadi Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Laurent</w:t>
+                <w:t xml:space="preserve">François-Maël Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lana Damaj</w:t>
+                <w:t xml:space="preserve">Meriem Nesrine Djama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Girod</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ulrich Simpore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ᵉ colloque de l'Enseignement des Technologies et des Sciences de l'Information et des Systèmes (CETSIS 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 32nd IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Marrakech, Morocco. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICECS66544.2025.11270633⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05141560v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building a MIDI-Compatible Subtractive Synthesizer on STM32 for Embedded Systems &amp; Signal Processing Teaching</w:t>
               </w:r>
@@ -2497,77 +2497,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward Using Monostatic Antennas with Near-Field Cancellation Technique in IBFD Phased Arrays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanan Ouled Angoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadi Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Simpore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2756,51 +2756,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude comparative des performances des topologies d'antennes In-Band Full-Duplex mono-statiques et bi-statiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanan Ouled Angoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadi Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2808,51 +2808,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raafat Lababidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France, France</w:t>
@@ -4065,51 +4065,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Blandine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16 èmes Journées de Caractérisation Microondes et Matériaux 2020, Toulouse, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Toulouse, France. pp.1-4</w:t>
@@ -4503,398 +4503,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02136008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diviseur de Puissance Compact Ultra-Large-Bande 3-40 GHz</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hadi Hijazi</w:t>
+                <w:t xml:space="preserve">Design and Characterisation of VO 2 Based Switches for Ultra-Fast Reconfigurable Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Nikhian Sadiq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noham Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21èmes Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Caen, France. pp.1-2</w:t>
+              <w:t xml:space="preserve">International Microwave Workshop Series on Advanced Materials and Processes (IMWS-AMP 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bochum, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02135669v1</w:t>
+                <w:t xml:space="preserve">hal-02135908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Characterisation of VO 2 Based Switches for Ultra-Fast Reconfigurable Devices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conception et caractérisation de commutateurs à base de VO2 pour des dispositifs reconfigurables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad-Nikhian N Sadiq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noham Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Microwave Workshop Series on Advanced Materials and Processes (IMWS-AMP 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bochum, Germany</w:t>
+              <w:t xml:space="preserve">21èmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Caen, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02135908v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception et caractérisation de commutateurs à base de VO2 pour des dispositifs reconfigurables</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohammad-Nikhian N Sadiq</w:t>
+                <w:t xml:space="preserve">Diviseur de Puissance Compact Ultra-Large-Bande 3-40 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadi Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafat Lababidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Le Jeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Caen, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02135583v1</w:t>
+                <w:t xml:space="preserve">hal-02135669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude comparative des différentes techniques d’annulation de l’auto-interférence au niveau RF/antennaire pour application Full-Duplex</w:t>
               </w:r>
@@ -5005,103 +5005,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déphaseurs numériques à base de VO2 pour réseaux phasés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Nikhian Sadiq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Nikhian Sadiq</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Noham Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Caen, France. pp.1-2</w:t>
@@ -5124,291 +5124,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02135559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniaturized Wide- and Dual-Band Multilayer Electromagnetic Bandgap For Antenna Isolation and on-Package/PCB Noise Suppression</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Petros Bantavis</w:t>
+                <w:t xml:space="preserve">Wide-band Active Tunable Phase Shifter Using Improved Non-Foster circuit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saadou Ali Al Mokdad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafat Lababidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sawsan Sadek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE 22nd Workshop on Signal and Power Integrity (SPI).</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SaPIW.2018.8401663⟩</w:t>
+              <w:t xml:space="preserve">2018 25th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Bordeaux, France. pp.449-452, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICECS.2018.8618011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01821763v1</w:t>
+                <w:t xml:space="preserve">hal-02052738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wide-band Active Tunable Phase Shifter Using Improved Non-Foster circuit</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Saadou Ali Al Mokdad</w:t>
+                <w:t xml:space="preserve">Miniaturized Wide- and Dual-Band Multilayer Electromagnetic Bandgap For Antenna Isolation and on-Package/PCB Noise Suppression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petros Bantavis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raafat Lababidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Le Jeune</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 25th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 IEEE 22nd Workshop on Signal and Power Integrity (SPI).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Brest, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SaPIW.2018.8401663⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICECS.2018.8618011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02052738v1</w:t>
+                <w:t xml:space="preserve">hal-01821763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bi-Static Time Domain Study for Microwave Breast Imaging</w:t>
               </w:r>
@@ -5643,808 +5643,808 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01885651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antenne compacte pour la détection de tumeurs cancéreuses du sein</w:t>
+                <w:t xml:space="preserve">A UWB Antenna in direct breast contact for cancer detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahra Katbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saadou Ali Al Mokdad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sawsan Sadek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad-Raafat Lababidi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20èmes Journées Nationales Microondes, mai 2017 - Saint-Malo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">IEEE SENSET 2017 (International Conference on Sensors, Networks, Smart and Emerging Technologies), Beirut, Lebanon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Beirut, Lebanon. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01507268v1</w:t>
+                <w:t xml:space="preserve">hal-01589873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déphaseur compact passe-tout large-bande basé sur des lignes couplées à ondes lentes en CMOS 65nm à 28GHz</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marcos Lajovic Carneiro</w:t>
+                <w:t xml:space="preserve">Hybrid Architecture of a Compact, Low-cost and Gain Compensated Delay Line Switchable From 1 m to 250 m for Automotive Radar Target Simulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arzur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Tanné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bordais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20èmes Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Saint-Malo, France. pp.1-2</w:t>
+              <w:t xml:space="preserve">EuRAD (European Radar Conference) 2017, EuMW, Nuremberg, Germany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Nuremberg, Germany. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01507263v1</w:t>
+                <w:t xml:space="preserve">hal-01589846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small-Size and Low-Cost Wideband 800 MHz Delay Line Tunable from 1.3 ns to 1.67 µs for Automotive Radar Sensor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ligne à retard large-bande, compacte et réglable de 6,67 ns à 1,67 µs pour simulateur de cibles pour radar automobile 77 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arzur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Tanné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bordais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE MTT-S 2017 International Conference on Microwaves for Intelligent Mobility : ICMIM2017 </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Nagoya, Japon. pp.1-4</w:t>
+              <w:t xml:space="preserve">20 èmes Journées Nationales Microondes, 16-19 Mai 2017, Saint-Malo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint-Malo, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01507282v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01506969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligne à retard large-bande, compacte et réglable de 6,67 ns à 1,67 µs pour simulateur de cibles pour radar automobile 77 GHz</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Arzur</w:t>
+                <w:t xml:space="preserve">Antenne compacte pour la détection de tumeurs cancéreuses du sein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Katbay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sawsan Sadek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad-Raafat Lababidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20 èmes Journées Nationales Microondes, 16-19 Mai 2017, Saint-Malo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Saint-Malo, France. pp.1-4</w:t>
+              <w:t xml:space="preserve">20èmes Journées Nationales Microondes, mai 2017 - Saint-Malo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01506969v1</w:t>
+                <w:t xml:space="preserve">hal-01507268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A UWB Antenna in direct breast contact for cancer detection</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sawsan Sadek</w:t>
+                <w:t xml:space="preserve">Déphaseur compact passe-tout large-bande basé sur des lignes couplées à ondes lentes en CMOS 65nm à 28GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Lajovic Carneiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad-Raafat Lababidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE SENSET 2017 (International Conference on Sensors, Networks, Smart and Emerging Technologies), Beirut, Lebanon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Beirut, Lebanon. pp.1-4</w:t>
+              <w:t xml:space="preserve">20èmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint-Malo, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01589873v1</w:t>
+                <w:t xml:space="preserve">hal-01507263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Architecture of a Compact, Low-cost and Gain Compensated Delay Line Switchable From 1 m to 250 m for Automotive Radar Target Simulator</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Small-Size and Low-Cost Wideband 800 MHz Delay Line Tunable from 1.3 ns to 1.67 µs for Automotive Radar Sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arzur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Tanné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bordais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuRAD (European Radar Conference) 2017, EuMW, Nuremberg, Germany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Nuremberg, Germany. pp.1-4</w:t>
+              <w:t xml:space="preserve">IEEE MTT-S 2017 International Conference on Microwaves for Intelligent Mobility : ICMIM2017 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Nagoya, Japon. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01589846v1</w:t>
+                <w:t xml:space="preserve">hal-01507282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antenne Ultra-Large-Bande en contact direct avec le sein pour la détection de tumeurs cancéreuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahra Katbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saadou Ali Al Mokdad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7677,51 +7677,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00524304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balun 90° large bande à base de circuit actif à temps de propagation de groupe négatif</w:t>
+                <w:t xml:space="preserve">Nouvelle technique de compensation des dégradations introduites par des lignes d'interconnexions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Elysée Guy Ravelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
@@ -7748,440 +7748,440 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16èmes Journées Nationales Microondes, 27-28-29 Mai 2009 - Grenoble</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Grenoble, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00468162v1</w:t>
+                <w:t xml:space="preserve">hal-00468158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental validation of the RC-interconnect effect equalization with negative group delay active circuit in planar hybrid technology</w:t>
+                <w:t xml:space="preserve">Balun 90° large bande à base de circuit actif à temps de propagation de groupe négatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Elysée Guy Ravelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pérennec</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th IEEE Workshop on Signal Propagation on Interconnects (SPI'09)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16èmes Journées Nationales Microondes, 27-28-29 Mai 2009 - Grenoble</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Grenoble, France. pp.1-4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00468117v1</w:t>
+                <w:t xml:space="preserve">hal-00468162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelle technique de compensation des dégradations introduites par des lignes d'interconnexions</w:t>
+                <w:t xml:space="preserve">Experimental validation of the RC-interconnect effect equalization with negative group delay active circuit in planar hybrid technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Elysée Guy Ravelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes Journées Nationales Microondes, 27-28-29 Mai 2009 - Grenoble</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13th IEEE Workshop on Signal Propagation on Interconnects (SPI'09)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, strasbourg, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SPI.2009.5089836⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00468158v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00468117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déphaseur large bande à phase indépendante de la fréquence à base de circuit actif à temps de propagation de groupe négatif</w:t>
+                <w:t xml:space="preserve">Déphaseur actif large bande à phase indépendante de la fréquence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Elysée Guy Ravelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Ondes, Groupe Thématique 4 " Antennes et Circuits ", Paris - CNAM, 2-4 Novembre 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Paris, France. pp.1-2</w:t>
+              <w:t xml:space="preserve">16èmes Journées Nationales Microondes, 27-28-29 Mai 2009 - Grenoble</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Grenoble, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00492420v1</w:t>
+                <w:t xml:space="preserve">hal-00468161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déphaseur actif large bande à phase indépendante de la fréquence</w:t>
+                <w:t xml:space="preserve">Déphaseur large bande à phase indépendante de la fréquence à base de circuit actif à temps de propagation de groupe négatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Elysée Guy Ravelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pérennec</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes Journées Nationales Microondes, 27-28-29 Mai 2009 - Grenoble</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Grenoble, France. pp.1-4</w:t>
+              <w:t xml:space="preserve">GDR Ondes, Groupe Thématique 4 " Antennes et Circuits ", Paris - CNAM, 2-4 Novembre 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Paris, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00468161v1</w:t>
+                <w:t xml:space="preserve">hal-00492420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compensation of Interconnect Line Degradations by Negative Group Delay Active Circuit</w:t>
               </w:r>
@@ -8559,451 +8559,451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00468111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband Balun Using Active Negative Group Delay Circuit</w:t>
+                <w:t xml:space="preserve">Synthèse et réalisation de circuits actifs à temps de propagation de groupe négatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Elysée Guy Ravelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th European Microwave Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">15èmes Journées Nationales Microondes, 23-24-25 Mai 2007 - Toulouse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Toulouse, France. pp.1-4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00468133v1</w:t>
+                <w:t xml:space="preserve">hal-00492415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse et réalisation de circuits actifs à temps de propagation de groupe négatif</w:t>
+                <w:t xml:space="preserve">Broadband Balun Using Active Negative Group Delay Circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Elysée Guy Ravelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pérennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes Journées Nationales Microondes, 23-24-25 Mai 2007 - Toulouse</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">37th European Microwave Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Munich, Germany. pp.466-469, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EUMC.2007.4405228⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00492415v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00468133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of design liquid crystal-based devices on the agility capability</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Novel circuit models of arbitrary-shape line: Application to parallel coupled microstrip filters with suppression of multi-harmonic responses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMS 2005 : IEEE International Microwave Symposium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MWSYM.2005.1517084⟩</w:t>
+              <w:t xml:space="preserve">35th European Microwave Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2005, Paris, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EUMC.2005.1610077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02482974v1</w:t>
+                <w:t xml:space="preserve">hal-00809266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel circuit models of arbitrary-shape line: Application to parallel coupled microstrip filters with suppression of multi-harmonic responses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of design liquid crystal-based devices on the agility capability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noham Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Person</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Perennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35th European Microwave Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2005, Paris, France. pp.1-4, </w:t>
+              <w:t xml:space="preserve">IMS 2005 : IEEE International Microwave Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Long Beach, Californie, United States. pp.1 - 4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/EUMC.2005.1610077⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/MWSYM.2005.1517084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00809266v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02482974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulse Compression with Superluminal Group Velocity in 1-D Photonic Bandgap Coplanar Waveguide</w:t>
               </w:r>
@@ -9335,51 +9335,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Quendo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Coupez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Rius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10106,51 +10106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5B2989DA"/>
+    <w:nsid w:val="37DA1B62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10337,51 +10337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-le-roy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0458-0295" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224030779" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05502957v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Choqueuse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Kerhoas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Masson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johny Kessler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Le Roy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20250010" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04606987v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Hijazi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafat Lababidi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Le Jeune" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre P&#233;rennec" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeue.2023.154885" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03428256v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P&#233;rennec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/mia2.12194" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02781014v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saadou Al Mokdad" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsan Sadek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-020-01672-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01876724v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Al Shami" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Khoder" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-map.2018.5430" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01821707v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Katbay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-018-1114-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02087695v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petros Bantavis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos I Kolitsidas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tzihat Empliouk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lars G. Jonsson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SaPIW.2018.8401663" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00867023v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.27955" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00547403v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Elys&#233;e Guy Ravelo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mmce.20482" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468012v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.23883" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468107v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00461783v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann G. Boucher" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2007.910489" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468122v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mmce.20204" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146086v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Roy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lheurette" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vanb&#233;sien" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lippens" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00809278v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Toutain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on-Claude Calvez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05450476v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chaya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Gautier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05411534v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Ouled Angoura" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Ma&#235;l Robert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Nesrine Djama" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Simpore" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS66544.2025.11270633" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05141560v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Laurent" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lana Damaj" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Girod" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Martin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280197v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04849406v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thierry Kubwimana" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM63406.2024.10815762" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04606998v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Pen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04607012v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04609008v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Jeannin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Boukhezar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Occello" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vincent" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducournau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC61614.2024.10732152" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03716380v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04148978v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03760403v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS52662.2022.9842252" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859186v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM56065.2022.10005440" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03716390v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phi-Long Doan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Tann&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Ishchenko" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03428804v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02497561v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02780479v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02497173v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad-Nikhian N Sadiq" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Blandine Martin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02136076v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Hleiss" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02135810v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02136008v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Lajovic Carneiro" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ferrari" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02135669v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02135908v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Nikhian Sadiq" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noham Martin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02135583v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02135644v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02135559v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01821763v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02052738v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saadou Ali Al Mokdad" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2018.8618011" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02136036v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charif Olleik" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMS.2018.8612055" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01885651v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01507268v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad-Raafat Lababidi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01507263v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01507282v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arzur" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bordais" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01506969v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01589873v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01589846v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01507279v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01414983v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704368v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vauche" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2015.7440259" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01149727v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164505v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164494v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Perennec" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01071273v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUMC.2014" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00793205v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00793208v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00604001v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00604002v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00524304v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUMC.2010.5616703" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468162v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468117v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPI.2009.5089836" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468158v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00492420v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468161v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00492427v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468114v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPI.2008.4558347" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468141v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2007.380357" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468111v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468133v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUMC.2007.4405228" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00492415v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482974v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Person" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Perennec" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2005.1517084" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00809266v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUMC.2005.1610077" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00809272v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUMC.2004.1610077" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146102v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148638v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359008v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Quendo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Coupez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rius" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.1999.779587" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00492519v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00492503v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05450273v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00468594v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/tel-04149025v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-le-roy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0458-0295" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224030779" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05502957v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Choqueuse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Kerhoas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Masson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johny Kessler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Le Roy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20250010" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04606987v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Hijazi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafat Lababidi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Le Jeune" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre P&#233;rennec" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeue.2023.154885" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03428256v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P&#233;rennec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/mia2.12194" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02781014v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saadou Al Mokdad" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsan Sadek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-020-01672-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01876724v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Al Shami" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Khoder" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-map.2018.5430" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01821707v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Katbay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-018-1114-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02087695v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petros Bantavis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos I Kolitsidas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tzihat Empliouk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lars G. Jonsson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SaPIW.2018.8401663" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00867023v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.27955" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00547403v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Elys&#233;e Guy Ravelo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mmce.20482" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468012v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.23883" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468107v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00461783v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann G. Boucher" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2007.910489" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468122v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mmce.20204" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146086v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Roy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lheurette" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vanb&#233;sien" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lippens" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00809278v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Toutain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on-Claude Calvez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05141560v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Laurent" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lana Damaj" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Girod" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Martin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05450476v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chaya" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Gautier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05411534v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Ouled Angoura" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Ma&#235;l Robert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Nesrine Djama" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Simpore" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS66544.2025.11270633" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280197v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04849406v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thierry Kubwimana" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM63406.2024.10815762" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04606998v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Pen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04607012v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04609008v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Jeannin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Boukhezar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Occello" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vincent" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducournau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC61614.2024.10732152" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03716380v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04148978v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03760403v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS52662.2022.9842252" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859186v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM56065.2022.10005440" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03716390v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phi-Long Doan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Tann&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Ishchenko" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03428804v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02497561v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02780479v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02497173v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad-Nikhian N Sadiq" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Blandine Martin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02136076v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Hleiss" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02135810v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02136008v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Lajovic Carneiro" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ferrari" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02135908v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Nikhian Sadiq" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noham Martin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02135583v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02135669v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02135644v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02135559v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02052738v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saadou Ali Al Mokdad" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2018.8618011" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01821763v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02136036v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charif Olleik" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMS.2018.8612055" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01885651v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01589873v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad-Raafat Lababidi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01589846v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arzur" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bordais" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01506969v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01507268v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01507263v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01507282v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01507279v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01414983v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704368v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vauche" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2015.7440259" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01149727v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164505v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164494v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Perennec" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01071273v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUMC.2014" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00793205v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00793208v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00604001v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00604002v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00524304v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUMC.2010.5616703" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468158v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468162v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468117v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPI.2009.5089836" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468161v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00492420v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00492427v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468114v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPI.2008.4558347" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468141v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2007.380357" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468111v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00492415v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00468133v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUMC.2007.4405228" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00809266v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUMC.2005.1610077" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482974v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Person" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Perennec" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2005.1517084" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00809272v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUMC.2004.1610077" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146102v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148638v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359008v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Quendo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Coupez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rius" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.1999.779587" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00492519v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00492503v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05450273v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00468594v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/tel-04149025v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>