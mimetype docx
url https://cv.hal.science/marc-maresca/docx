--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -230,693 +230,693 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05491922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bola-amphiphilic glycodendrimers for targeting glial cells in the brain</w:t>
+                <w:t xml:space="preserve">Sesquiterpene Lactones as Promising Phytochemicals to Cease Metastatic Propagation of Cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhancun Bian</w:t>
+                <w:t xml:space="preserve">Fatemeh Mehdikhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wenzheng Zhang</w:t>
+                <w:t xml:space="preserve">Homa Hajimehdipoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Garofalo</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mojgan Tansaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadegh Rajabi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d5nr03017j⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (2), pp.268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom15020268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05365586v1</w:t>
+                <w:t xml:space="preserve">hal-05492308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1,5-Diarylidene-4-Piperidones as Promising Antifungal Candidates Against Cryptococcus neoformans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biogenic Synthesis of Gold Nanoparticles Using Scabiosa palaestina Extract: Characterization, Anticancer and Antioxidant Activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heba Hellany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Badran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Courvoisier-Dezord</w:t>
+                <w:t xml:space="preserve">Ghosoon Albahri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Ragusa</w:t>
+                <w:t xml:space="preserve">Nadine Kafrouny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axelle Grandé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yolande Charmasson</w:t>
+                <w:t xml:space="preserve">Riham El Kurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/antibiotics14090883⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (17), pp.1368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano15171368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05491928v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biogenic Synthesis of Gold Nanoparticles Using Scabiosa palaestina Extract: Characterization, Anticancer and Antioxidant Activities</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of gaillardin on the metastatic capacity of breast cancer cells and its underlying mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadegh Rajabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akram Shahhosseini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahboubeh Irani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryam Hamzeloo-Moghadam</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano15171368⟩</w:t>
+              <w:t xml:space="preserve">Advances in Cancer Biology - Metastasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15, pp.100164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.adcanc.2025.100164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05491908v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of gaillardin on the metastatic capacity of breast cancer cells and its underlying mechanism</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">1,5-Diarylidene-4-Piperidones as Promising Antifungal Candidates Against Cryptococcus neoformans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Courvoisier-Dezord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Ragusa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Grandé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Denudt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolande Charmasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Cancer Biology - Metastasis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.adcanc.2025.100164⟩</w:t>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (9), pp.883. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics14090883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05491887v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sesquiterpene Lactones as Promising Phytochemicals to Cease Metastatic Propagation of Cancer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bola-amphiphilic glycodendrimers for targeting glial cells in the brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhancun Bian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenzheng Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatemeh Mehdikhani</w:t>
+                <w:t xml:space="preserve">Stefano Garofalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homa Hajimehdipoor</w:t>
+                <w:t xml:space="preserve">Dinesh Dhumal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mojgan Tansaz</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Junyue Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (2), pp.268. </w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biom15020268⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d5nr03017j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05492308v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Straightforward Preparation of Polyurethane‐Based Biomaterials with Dual Antibacterial and Anti‐Adhesive Properties for Long‐Lasting Catheter Applications</w:t>
               </w:r>
@@ -1164,985 +1164,985 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05491894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poly(ethylene Glycol)‐Based Peptidomimetics (Pegtides) of Antimicrobial Peptides</w:t>
+                <w:t xml:space="preserve">Bioactive Compounds Discovery from French Guiana Plant Extracts Through Antitubercular Screening and Molecular Networking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conor Shine</w:t>
+                <w:t xml:space="preserve">Célia Breaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John R F B Connolly</w:t>
+                <w:t xml:space="preserve">Clémentine Saunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert D Murphy</w:t>
+                <w:t xml:space="preserve">Béatrice Baghdikian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hazel Lafferty</w:t>
+                <w:t xml:space="preserve">Fathi Mabrouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdalmalek Alfnikh</w:t>
+                <w:t xml:space="preserve">Myriam Bertolotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemBioChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26 (21), </w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (19), pp.3028. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cbic.202500258⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/plants14193028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05504247v1</w:t>
+                <w:t xml:space="preserve">hal-05325071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioactive Compounds Discovery from French Guiana Plant Extracts Through Antitubercular Screening and Molecular Networking</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Myriam Bertolotti</w:t>
+                <w:t xml:space="preserve">Green Synthesis of Gold Nanoparticles Using Mandragora autumnalis: Characterization and Evaluation of Its Antioxidant and Anticancer Bioactivities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghosoon Albahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Badran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heba Hellany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Kafrouny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riham El Kurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/plants14193028⟩</w:t>
+              <w:t xml:space="preserve">Pharmaceuticals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18 (9), pp.1294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ph18091294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05325071v1</w:t>
+                <w:t xml:space="preserve">hal-05491900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Green Synthesis of Gold Nanoparticles Using Mandragora autumnalis: Characterization and Evaluation of Its Antioxidant and Anticancer Bioactivities</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Riham El Kurdi</w:t>
+                <w:t xml:space="preserve">Poly(ethylene Glycol)‐Based Peptidomimetics (Pegtides) of Antimicrobial Peptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conor Shine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John R F B Connolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert D Murphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazel Lafferty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdalmalek Alfnikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceuticals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 18 (9), pp.1294. </w:t>
+              <w:t xml:space="preserve">ChemBioChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (21), </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ph18091294⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cbic.202500258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05491900v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ketone body, as an emerging modulator of metabolic reprogramming and epigenetics in breast cancer</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Potency of all-D amino acid antimicrobial peptides derived from the bovine rumen microbiome on tuberculous and non-tuberculous mycobacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryam Mohammadlou</w:t>
+                <w:t xml:space="preserve">Céline Boidin-Wichlacz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rasoul Baharlou</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Isabelle Correia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Point</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Iranian Journal of Basic Medical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.22038/ijbms.2025.84064.18185⟩</w:t>
+              <w:t xml:space="preserve">Current Research in Microbial Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8, pp.100395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crmicr.2025.100395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05491912v1</w:t>
+                <w:t xml:space="preserve">hal-05043192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mandragora autumnalis: Phytochemical Composition, Antioxidant and Anti-Cancerous Bioactivities on Triple-Negative Breast Cancer Cells</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ketone body, as an emerging modulator of metabolic reprogramming and epigenetics in breast cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatemeh Mehdikhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadegh Rajabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryam Mohammadlou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rasoul Baharlou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms26178506⟩</w:t>
+              <w:t xml:space="preserve">The Iranian Journal of Basic Medical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22038/ijbms.2025.84064.18185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05491904v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herbal Medicines in the Management of Diabetes Mellitus: Plants, Bioactive Compounds, and Mechanisms of Action</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zaher Abdel Baki</w:t>
+                <w:t xml:space="preserve">Mandragora autumnalis: Phytochemical Composition, Antioxidant and Anti-Cancerous Bioactivities on Triple-Negative Breast Cancer Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghosoon Albahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Badran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heba Hellany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalia El Badan</w:t>
+                <w:t xml:space="preserve">Serine Baydoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghassan Nasser</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Maresca</w:t>
+                <w:t xml:space="preserve">Rola Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (12), pp.1674. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (17), pp.8506. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biom15121674⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms26178506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05491891v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potency of all-D amino acid antimicrobial peptides derived from the bovine rumen microbiome on tuberculous and non-tuberculous mycobacteria</w:t>
+                <w:t xml:space="preserve">Herbal Medicines in the Management of Diabetes Mellitus: Plants, Bioactive Compounds, and Mechanisms of Action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Boidin-Wichlacz</w:t>
+                <w:t xml:space="preserve">Jamil Atef Chahrour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaher Abdel Baki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalia El Badan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghassan Nasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Maresca</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Point</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Research in Microbial Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8, pp.100395. </w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (12), pp.1674. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crmicr.2025.100395⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/biom15121674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05043192v1</w:t>
+                <w:t xml:space="preserve">hal-05491891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Through Space π‐Electrons Communication in [2,2]‐Paracyclophanes: Unprecendented Stabilization of Radicals</w:t>
+                <w:t xml:space="preserve">Through space π‐electrons communication in [2,2]‐paracyclophanes: unprecendented stabilization of radicals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléa Fauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tataye Moussounda Moussounda Koumba</w:t>
@@ -2662,51 +2662,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Poncin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Point</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Olleik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2751,1082 +2751,1082 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04423909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaillardin inhibits autophagy and induces apoptosis in MCF-7 breast cancer cells by regulating JAK/STAT pathway</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Antioxidant Potential and Anticancer Activity of Halodule uninervis Ethanolic Extract against Triple-Negative Breast Cancer Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zahra Tahmasvand</w:t>
+                <w:t xml:space="preserve">Nadine Wehbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Badran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serine Baydoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Al-Sawalmih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11033-023-09131-8⟩</w:t>
+              <w:t xml:space="preserve">Antioxidants </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antiox13060726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04951852v1</w:t>
+                <w:t xml:space="preserve">hal-04951815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening of antimicrobial activity in venom: Exploring key parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Awatef Ouertani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Mollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Boughanmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold de Pomyers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amor Mosbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxicon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 251, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.toxicon.2024.108135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Antioxidant Potential and Anticancer Activity of Halodule uninervis Ethanolic Extract against Triple-Negative Breast Cancer Cells</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quaternized 1,2,3-Triazolyl Content and Modulation Potentiate Antibacterial and Antifungal Activities of Amphipathic Peptoids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Al-Sawalmih</w:t>
+                <w:t xml:space="preserve">Cassandra Guerinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélodie Malige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathakali De</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Maresca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Charbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antioxidants </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/antiox13060726⟩</w:t>
+              <w:t xml:space="preserve">ACS Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (11), pp.3915-3927. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsinfecdis.4c00591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04951815v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04749560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quaternized 1,2,3-Triazolyl Content and Modulation Potentiate Antibacterial and Antifungal Activities of Amphipathic Peptoids</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kathakali De</w:t>
+                <w:t xml:space="preserve">Gaillardin inhibits autophagy and induces apoptosis in MCF-7 breast cancer cells by regulating JAK/STAT pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadegh Rajabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Tahmasvand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryam Hamzeloo-Moghadam</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 10 (11), pp.3915-3927. </w:t>
+              <w:t xml:space="preserve">Molecular Biology Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 51, pp.158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsinfecdis.4c00591⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11033-023-09131-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04749560v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04951852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions of Phenylalanine Derivatives with Human Tyrosinase: Lessons from Experimental and Theoretical tudies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ciprofloxacin as a tryptophan mimic within an antimicrobial peptide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John R F B Connolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarisse Faure</w:t>
+                <w:t xml:space="preserve">Deirdre Fitzgerald-Hughes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi Min Ng</w:t>
+                <w:t xml:space="preserve">Jimmy Muldoon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Belle</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marc Devocelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemBioChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cbic.202400235⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 48, pp.15722 - 15725. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d4nj01445f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04647838v1</w:t>
+                <w:t xml:space="preserve">hal-04951838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Second-Generation Analogs of Temporin-SHa Peptide Having Broad-Spectrum Antibacterial and Anticancer Effects</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Farooq-Ahmad Khan</w:t>
+                <w:t xml:space="preserve">Sesquiterpene lactones as emerging biomolecules to cease cancer by targeting apoptosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chou-Yi Hsu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadegh Rajabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryam Hamzeloo-Moghadam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhinav Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/antibiotics13080758⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphar.2024.1371002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04951822v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04951826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ciprofloxacin as a tryptophan mimic within an antimicrobial peptide</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">John R F B Connolly</w:t>
+                <w:t xml:space="preserve">Interactions of Phenylalanine Derivatives with Human Tyrosinase: Lessons from Experimental and Theoretical tudies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Min Ng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deirdre Fitzgerald-Hughes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Maresca</w:t>
+                <w:t xml:space="preserve">Catherine Belle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jimmy Muldoon</w:t>
+                <w:t xml:space="preserve">Montserrat Soler‐lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Devocelle</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lyna Khettabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 48, pp.15722 - 15725. </w:t>
+              <w:t xml:space="preserve">ChemBioChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25, </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d4nj01445f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cbic.202400235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04951838v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04647838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sesquiterpene lactones as emerging biomolecules to cease cancer by targeting apoptosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of Second-Generation Analogs of Temporin-SHa Peptide Having Broad-Spectrum Antibacterial and Anticancer Effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arif Iftikhar Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shahzad Nazir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chou-Yi Hsu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maryam Hamzeloo-Moghadam</w:t>
+                <w:t xml:space="preserve">Muhammad Nadeem Ul Haque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rukesh Maharjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abhinav Kumar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Maresca</w:t>
+                <w:t xml:space="preserve">Farooq-Ahmad Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15, </w:t>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphar.2024.1371002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics13080758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04951826v1</w:t>
+                <w:t xml:space="preserve">hal-04951822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halophila stipulacea: A Comprehensive Review of Its Phytochemical Composition and Pharmacological Activities</w:t>
               </w:r>
@@ -3838,64 +3838,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Chebaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelle Edward Mesmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Badran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Al-Sawalmih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3940,295 +3940,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Synthesis of Novel Amino and Acetamidoaurones with Antimicrobial Activities</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elise Courvoisier-Dezord</w:t>
+                <w:t xml:space="preserve">Antibacterial Materials: Influence of the Type and Conditions of Biological Tests on the Measured Antibacterial Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Guillier</w:t>
+                <w:t xml:space="preserve">Amelie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lemesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Neulat-Ripoll</w:t>
+                <w:t xml:space="preserve">Jean‐louis Coussegal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 13 (4), pp.300. </w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 45, </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/antibiotics13040300⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/marc.202400378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04588387v1</w:t>
+                <w:t xml:space="preserve">hal-04951844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibacterial Materials: Influence of the Type and Conditions of Biological Tests on the Measured Antibacterial Activity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Maresca</w:t>
+                <w:t xml:space="preserve">Design and Synthesis of Novel Amino and Acetamidoaurones with Antimicrobial Activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attilio Di Maio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Olleik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Courvoisier-Dezord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amelie Leroux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Lemesle</w:t>
+                <w:t xml:space="preserve">Sophie Guillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐louis Coussegal</w:t>
+                <w:t xml:space="preserve">Fabienne Neulat-Ripoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 45, </w:t>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (4), pp.300. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/marc.202400378⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics13040300⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04951844v1</w:t>
+                <w:t xml:space="preserve">hal-04588387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Targeting autophagy for breast cancer prevention and therapy: From classical methods to phytochemical agents</w:t>
               </w:r>
@@ -4338,1146 +4338,1146 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethnopharmacology and therapeutic potential of Anchusa strigosa: a comprehensive review</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of a muropeptide precursor transporter from gut microbiota and its role in preventing intestinal inflammation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elias Baydoun</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sophie Liuu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malgorzata Nepelska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pfister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Gamelas Magalhaes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoire Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphar.2023.1301154⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 120 (52), pp.e2306863120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2306863120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04495519v1</w:t>
+                <w:t xml:space="preserve">hal-04453098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the Efficiency of Random and Diblock Methacrylate-Based Amphiphilic Cationic Polymers against Major Bacterial Pathogens Associated with Cystic Fibrosis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId182" w:history="1">
+                <w:t xml:space="preserve">Mechanistic and functional aspects of the Ruminococcin C sactipeptide isoforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Shamseddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Cavalier</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris Veyrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa de Macedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (9), pp.107563. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.107563⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/antibiotics12010120⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-03998029v1</w:t>
+                <w:t xml:space="preserve">hal-04227419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a muropeptide precursor transporter from gut microbiota and its role in preventing intestinal inflammation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of the Efficiency of Random and Diblock Methacrylate-Based Amphiphilic Cationic Polymers against Major Bacterial Pathogens Associated with Cystic Fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Olleik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slim Hdiouech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Liuu</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Gregoire Chevalier</w:t>
+                <w:t xml:space="preserve">Clarisse Roblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cavalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (1), pp.120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics12010120⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2306863120⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04453098v1</w:t>
+                <w:t xml:space="preserve">hal-03998029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanistic and functional aspects of the Ruminococcin C sactipeptide isoforms</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christian Basset</w:t>
+                <w:t xml:space="preserve">Ethnopharmacology and therapeutic potential of Anchusa strigosa: a comprehensive review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ziad Chebaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Badran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa de Macedo</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elias Baydoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Edward Mesmar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 26 (9), pp.107563. </w:t>
+              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.107563⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphar.2023.1301154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04227419v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04495519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The diversification of the antimicrobial peptides from marine worms is driven by environmental conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhancing Essential Grains Yield for Sustainable Food Security and Bio-Safe Agriculture through Latest Innovative Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghosoon Albahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renato Bruno</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Boidin-Wichlacz</w:t>
+                <w:t xml:space="preserve">Amal A Alyamani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Badran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleg Melnyk</w:t>
+                <w:t xml:space="preserve">Akram Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Zeppilli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Celine Landon</w:t>
+                <w:t xml:space="preserve">Mohamad Nasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.162875⟩</w:t>
+              <w:t xml:space="preserve">Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/agronomy13071709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04283278v1</w:t>
+                <w:t xml:space="preserve">hal-04495527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resorcinol-based hemiindigoid derivatives as human tyrosinase inhibitors and melanogenesis suppressors in human melanoma cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long Non-Coding RNAs as Novel Targets for Phytochemicals to Cease Cancer Metastasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadegh Rajabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huda Fatima Rajani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brayan Roulier</w:t>
+                <w:t xml:space="preserve">Niloufar Mohammadkhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inbal Rush</w:t>
+                <w:t xml:space="preserve">Andrés Alexis Ramírez-Coronel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leticia Lazinski</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hamza Olleik</w:t>
+                <w:t xml:space="preserve">Mahsa Maleki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2022.114972⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28 (3), pp.987. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules28030987⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03998028v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03998027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Essential Grains Yield for Sustainable Food Security and Bio-Safe Agriculture through Latest Innovative Approaches</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ghosoon Albahri</w:t>
+                <w:t xml:space="preserve">Resorcinol-based hemiindigoid derivatives as human tyrosinase inhibitors and melanogenesis suppressors in human melanoma cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brayan Roulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amal A Alyamani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adnan Badran</w:t>
+                <w:t xml:space="preserve">Inbal Rush</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akram Hijazi</w:t>
+                <w:t xml:space="preserve">Leticia Lazinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamad Nasser</w:t>
+                <w:t xml:space="preserve">Basile Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Olleik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (7), </w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 246, pp.114972. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/agronomy13071709⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2022.114972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04495527v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03998028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long Non-Coding RNAs as Novel Targets for Phytochemicals to Cease Cancer Metastasis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The diversification of the antimicrobial peptides from marine worms is driven by environmental conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huda Fatima Rajani</w:t>
+                <w:t xml:space="preserve">Renato Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Boidin-Wichlacz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niloufar Mohammadkhani</w:t>
+                <w:t xml:space="preserve">Oleg Melnyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrés Alexis Ramírez-Coronel</w:t>
+                <w:t xml:space="preserve">Daniela Zeppilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahsa Maleki</w:t>
+                <w:t xml:space="preserve">Celine Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 28 (3), pp.987. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 879, pp.162875. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules28030987⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.162875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03998027v1</w:t>
+                <w:t xml:space="preserve">hal-04283278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rutin Promotes Proliferation and Orchestrates Epithelial–Mesenchymal Transition and Angiogenesis in MCF-7 and MDA-MB-231 Breast Cancer Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homa Hajimehdipoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahra Tahmasvand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatemeh Ghorban Nejad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5544,861 +5544,861 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04495531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethanolic extract of Origanum syriacum L. leaves exhibits potent anti-breast cancer potential and robust antioxidant properties</w:t>
+                <w:t xml:space="preserve">Microbiome-derived antimicrobial peptides offer therapeutic solutions for the treatment of Pseudomonas aeruginosa infections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joelle Mesmar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rola Abdallah</w:t>
+                <w:t xml:space="preserve">Adam J Mulkern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamar Hamade</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Serine Baydoun</w:t>
+                <w:t xml:space="preserve">Linda B Oyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Najlaa Al-Thani</w:t>
+                <w:t xml:space="preserve">Alan R Cookson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher J Creevey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toby J Wilkinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphar.2022.994025⟩</w:t>
+              <w:t xml:space="preserve">npj Biofilms and Microbiomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, pp.70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41522-022-00332-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04029554v1</w:t>
+                <w:t xml:space="preserve">hal-04031115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbiome-derived antimicrobial peptides offer therapeutic solutions for the treatment of Pseudomonas aeruginosa infections</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ethanolic extract of Origanum syriacum L. leaves exhibits potent anti-breast cancer potential and robust antioxidant properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan R Cookson</w:t>
+                <w:t xml:space="preserve">Joelle Mesmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rola Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher J Creevey</w:t>
+                <w:t xml:space="preserve">Kamar Hamade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serine Baydoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toby J Wilkinson</w:t>
+                <w:t xml:space="preserve">Najlaa Al-Thani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Biofilms and Microbiomes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8, pp.70. </w:t>
+              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41522-022-00332-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphar.2022.994025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04031115v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04029554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, Synthesis and Characterization of [G10a]-Temporin SHa Dendrimers as Dual Inhibitors of Cancer and Pathogenic Microbes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A versatile and straightforward process to turn plastics into antibacterial materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aaqib Ullah</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rukesh Maharjan</w:t>
+                <w:t xml:space="preserve">Slim Hadiouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gigmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Machado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Maurel-Pantel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biom12060770⟩</w:t>
+              <w:t xml:space="preserve">Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1PY01344K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04029563v1</w:t>
+                <w:t xml:space="preserve">hal-03465949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ziziphus nummularia: A Comprehensive Review of Its Phytochemical Constituents and Pharmacological Properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Abdullah Shaito</w:t>
+                <w:t xml:space="preserve">Design, Synthesis and Characterization of [G10a]-Temporin SHa Dendrimers as Dual Inhibitors of Cancer and Pathogenic Microbes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arif Iftikhar Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shahzad Nazir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aaqib Ullah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Nadeem Ul Haque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rukesh Maharjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules27134240⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (6), pp.770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom12060770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04029556v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04029563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;i&amp;gt;In vitro&amp;lt;/i&amp;gt; Applications of the Terpene Mini‐Path 2.0</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Létitia Leydet</w:t>
+                <w:t xml:space="preserve">Ziziphus nummularia: A Comprehensive Review of Its Phytochemical Constituents and Pharmacological Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Mesmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rola Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Badran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Schweitzer</w:t>
+                <w:t xml:space="preserve">Abdullah Shaito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemBioChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 23 (24), pp.e202200595. </w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (13), pp.4240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cbic.202200595⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/molecules27134240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03935973v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04029556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A versatile and straightforward process to turn plastics into antibacterial materials</w:t>
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;In vitro&amp;lt;/i&amp;gt; Applications of the Terpene Mini‐Path 2.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slim Hadiouch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Maresca</w:t>
+                <w:t xml:space="preserve">Julie Couillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Gigmes</w:t>
+                <w:t xml:space="preserve">Agnès Amouric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Courvoisier-Dezord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilherme Machado</w:t>
+                <w:t xml:space="preserve">Létitia Leydet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien Maurel-Pantel</w:t>
+                <w:t xml:space="preserve">Nicolas Schweitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">ChemBioChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (24), pp.e202200595. </w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D1PY01344K⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cbic.202200595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03465949v1</w:t>
+                <w:t xml:space="preserve">hal-03935973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In silico identification of two peptides with antibacterial activity against multidrug-resistant Staphylococcus aureus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda B Oyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Olleik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6488,51 +6488,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioactive Aurones, Indanones, and Other Hemiindigoid Scaffolds: Medicinal Chemistry and Photopharmacology Perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leticia Lazinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Royal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6618,64 +6618,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the Extraction Solvent and of the Altitude on the Anticancer Activity of Lebanese Eucalyptus camaldulensis Extract Alone or in Combination with Low Dose of Cisplatin in A549 Human Lung Adenocarcinoma Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Nasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal A Alyamani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Daou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6752,103 +6752,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origanum syriacum Phytochemistry and Pharmacological Properties: A Comprehensive Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelle Mesmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rola Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Badran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Baydoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 27, </w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7029,51 +7029,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ditopic Chelators of Dicopper Centers for Enhanced Tyrosinases Inhibition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elina Buitrago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lylia Challali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7144,295 +7144,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03173336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Multifunctional Sactipeptide Ruminococcin C1 Displays Potent Antibacterial Activity In Vivo as Well as Other Beneficial Properties for Human Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clarisse Roblin</w:t>
+                <w:t xml:space="preserve">RadA, a MSCRAMM Adhesin of the Dominant Symbiote Ruminococcus gnavus E1, Binds Human Immunoglobulins and Intestinal Mucins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Chiumento</w:t>
+                <w:t xml:space="preserve">Radia Alatou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Jacqueline</w:t>
+                <w:t xml:space="preserve">Ange Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Pinloche</w:t>
+                <w:t xml:space="preserve">Cendrine Nicoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cendrine Nicoletti</w:t>
+                <w:t xml:space="preserve">Josette Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22 (6), pp.3253. </w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (11), pp.1613. </w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms22063253⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/biom11111613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03232443v1</w:t>
+                <w:t xml:space="preserve">hal-03455626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RadA, a MSCRAMM Adhesin of the Dominant Symbiote Ruminococcus gnavus E1, Binds Human Immunoglobulins and Intestinal Mucins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Maresca</w:t>
+                <w:t xml:space="preserve">The Multifunctional Sactipeptide Ruminococcin C1 Displays Potent Antibacterial Activity In Vivo as Well as Other Beneficial Properties for Human Health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radia Alatou</w:t>
+                <w:t xml:space="preserve">Steve Chiumento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ange Pujol</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId284" w:history="1">
+                <w:t xml:space="preserve">Cédric Jacqueline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pinloche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Nicoletti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Josette Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (11), pp.1613. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (6), pp.3253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biom11111613⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms22063253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03455626v1</w:t>
+                <w:t xml:space="preserve">hal-03232443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antioxidant Activity and Biocompatibility of Fructo-Polysaccharides Extracted from a Wild Species of Ornithogalum from Lebanon</w:t>
               </w:r>
@@ -7470,51 +7470,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Olleik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.M. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akram Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antioxidants </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 10 (1), pp.68. </w:t>
@@ -8088,64 +8088,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The unusual structure of Ruminococcin C1 antimicrobial peptide confers clinical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Chiumento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8395,64 +8395,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Olleik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ange Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Nicoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 93 (4), pp.1039-1049. </w:t>
@@ -8484,619 +8484,619 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02626403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurone derivatives as promising antibacterial agents against resistant Gram-positive pathogens</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating Host Microbiota Relationships Through Functional Metagenomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samir Yahiaoui</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId289" w:history="1">
+                <w:t xml:space="preserve">Elisabeth Laville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nada Bejar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Esque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2019.01.022⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, 12 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.01286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01988325v1</w:t>
+                <w:t xml:space="preserve">hal-02315852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Host Microbiota Relationships Through Functional Metagenomics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId289" w:history="1">
+                <w:t xml:space="preserve">Aurone derivatives as promising antibacterial agents against resistant Gram-positive pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Olleik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Yahiaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brayan Roulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Courvoisier-Dezord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Perrier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jeremy Esque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, 12 p. </w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 165, pp.133-141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.01286⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2019.01.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02315852v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01988325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Worms’ Antimicrobial Peptides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ruminococcin C, a promising antibiotic produced by a human gut symbiont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Chiumento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Roblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Renato</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Maresca</w:t>
+                <w:t xml:space="preserve">Sylvie Kieffer-Jaquinod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sybille Tachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Canaan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kamel Mabrouk</w:t>
+                <w:t xml:space="preserve">Chloé Leprêtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md17090512⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (9), pp.eaaw9969. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.aaw9969⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02276175v1</w:t>
+                <w:t xml:space="preserve">hal-02371747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruminococcin C, a promising antibiotic produced by a human gut symbiont</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clarisse Roblin</w:t>
+                <w:t xml:space="preserve">Worms’ Antimicrobial Peptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Renato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Kieffer-Jaquinod</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sybille Tachon</w:t>
+                <w:t xml:space="preserve">Stéphane Canaan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cavalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Leprêtre</w:t>
+                <w:t xml:space="preserve">Kamel Mabrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 5 (9), pp.eaaw9969. </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17 (9), pp.512. </w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.aaw9969⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md17090512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02371747v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02276175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two new secreted proteases generate a casein-derived antimicrobial peptide in $Bacillus\ cereus$ food born isolate leading to bacterial competition in milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Awatef Ouertani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amor Mosbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9154,295 +9154,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01950942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration of antimicrobial polymeric materials by dispersion of well-defined amphiphilic methacrylic SG1-based copolymers</w:t>
+                <w:t xml:space="preserve">Enediynes Bearing Polyfluoroaryl Sulfoxide as New Antiproliferative Agents with Dual Targeting of Microtubules and DNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belkacem Tarek Benkhaled</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Josette Perrier</w:t>
+                <w:t xml:space="preserve">Cyril Borie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Ysacco</w:t>
+                <w:t xml:space="preserve">Shovan Mondal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanzeel Arif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Lingua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8py00523k⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 148, pp.306-313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2018.02.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02091857v1</w:t>
+                <w:t xml:space="preserve">hal-01765802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enediynes Bearing Polyfluoroaryl Sulfoxide as New Antiproliferative Agents with Dual Targeting of Microtubules and DNA</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elaboration of antimicrobial polymeric materials by dispersion of well-defined amphiphilic methacrylic SG1-based copolymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Briand</w:t>
+                <w:t xml:space="preserve">Belkacem Tarek Benkhaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slim Hadiouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Olleik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josette Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Lingua</w:t>
+                <w:t xml:space="preserve">Cédric Ysacco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 148, pp.306-313. </w:t>
+              <w:t xml:space="preserve">Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (22), pp.3127--3141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2018.02.030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c8py00523k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01765802v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02091857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review article: Role of satiety hormones in anorexia induction by Trichothecene mycotoxins</w:t>
               </w:r>
@@ -9807,321 +9807,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01774180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbamylated erythropoietin enhances mice ventilatory responses to changes in O2 but not CO2 levels</w:t>
+                <w:t xml:space="preserve">Hydrolytic Fate of 3/15-Acetyldeoxynivalenol in Humans: Specific Deacetylation by the Small Intestine and Liver Revealed Using in Vitro and ex Vivo Approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanan Khemiri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Maresca</w:t>
+                <w:t xml:space="preserve">El Hassan Ajandouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Gestreau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stephane Berdah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Moutardier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jérémie Birnbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Respiratory Physiology &amp; Neurobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.resp.2016.06.002⟩</w:t>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins8080232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01475546v1</w:t>
+                <w:t xml:space="preserve">hal-01474298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrolytic Fate of 3/15-Acetyldeoxynivalenol in Humans: Specific Deacetylation by the Small Intestine and Liver Revealed Using in Vitro and ex Vivo Approaches</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carbamylated erythropoietin enhances mice ventilatory responses to changes in O2 but not CO2 levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Bege</w:t>
+                <w:t xml:space="preserve">Hanan Khemiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Jérémie Birnbaum</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christian Gestreau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 8 (8), </w:t>
+              <w:t xml:space="preserve">Respiratory Physiology &amp; Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 232, pp.1 - 12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/toxins8080232⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.resp.2016.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01474298v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01475546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Food-Associated Ribotoxin Deoxynivalenol Modulates Inducible NO Synthase in Human Intestinal Cell Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ange Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Nicoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10211,64 +10211,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ange Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Nicoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12051,51 +12051,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morane Beaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Letícia da Mata Lazinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brayan Roulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12172,51 +12172,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morane Beaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Letícia da Mata Lazinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brayan Roulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12325,51 +12325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Maresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El Hassan Ajandouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12606,51 +12606,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491922v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadegh Rajabi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahboubeh Irani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Shahhosseini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maresca" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Hamzeloo-Moghadam" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rechem.2025.102296" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365586v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhancun Bian" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenzheng Zhang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Garofalo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinesh Dhumal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junyue Zheng" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5nr03017j" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491928v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Courvoisier-Dezord" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Ragusa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Grand&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Denudt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Charmasson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics14090883" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491908v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba Hellany" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Badran" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghosoon Albahri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Kafrouny" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riham El Kurdi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano15171368" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491887v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adcanc.2025.100164" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492308v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Mehdikhani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homa Hajimehdipoor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojgan Tansaz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom15020268" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440316v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Caron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Leroux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lemesle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Coussegal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500714" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491894v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; D&#261;browski" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Olleik" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Di Maio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Kadri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camps" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins17120587" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504247v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Shine" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R F B Connolly" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D Murphy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazel Lafferty" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdalmalek Alfnikh" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202500258" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05325071v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Breaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Saunier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Baghdikian" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathi Mabrouki" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bertolotti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants14193028" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491900v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph18091294" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491912v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Mohammadlou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasoul Baharlou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22038/ijbms.2025.84064.18185" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491904v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serine Baydoun" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rola Abdallah" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26178506" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491891v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamil Atef Chahrour" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaher Abdel Baki" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia El Badan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Nasser" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom15121674" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043192v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boidin-Wichlacz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Correia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lequin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Point" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crmicr.2025.100395" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491921v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Fauvel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tataye Moussounda Moussounda Koumba" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas El Kadiry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Maria" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rollet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202422253" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768568v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morane Beaumet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia M Lazinski" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Haudecoeur" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.202400314" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951837v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P J Alexander" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L B Oyama" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Olleik" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Godoy Santos" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S O&#8217;brien" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-024-00560-2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951819v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahzad Nazir" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arif Iftikhar Khan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rukesh Maharjan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadiq Noor Khan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Adnan Akram" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13121213" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04423909v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Casanova" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poncin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12929-024-01007-8" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951852v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Tahmasvand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11033-023-09131-8" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951847v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awatef Ouertani" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mollet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Boughanmi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold de Pomyers" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor Mosbah" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2024.108135" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951815v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Wehbe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al-Sawalmih" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox13060726" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04749560v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Guerinot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Malige" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathakali De" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charbonnel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsinfecdis.4c00591" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04647838v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Faure" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Min Ng" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belle" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Soler&#8208;lopez" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyna Khettabi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202400235" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951822v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Nadeem Ul Haque" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farooq-Ahmad Khan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13080758" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951838v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Fitzgerald-Hughes" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Muldoon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Devocelle" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nj01445f" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951826v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chou-Yi Hsu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhinav Kumar" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2024.1371002" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951812v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Chebaro" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Edward Mesmar" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom14080991" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588387v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guillier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Neulat-Ripoll" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13040300" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951844v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Leroux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Coussegal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202400378" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951836v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heewa Shakib" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahid Safari-Alighiarloo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22038/ijbms.2024.79405.17201" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495519v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Baydoun" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2023.1301154" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998029v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Hdiouech" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Roblin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cavalier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics12010120" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04453098v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Liuu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Nepelska" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pfister" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Gamelas Magalhaes" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Chevalier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2306863120" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227419v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Shamseddine" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Veyrier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Basset" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa de Macedo" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.107563" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283278v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Bruno" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Melnyk" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Zeppilli" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Landon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.162875" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998028v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brayan Roulier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inbal Rush" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Lazinski" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2022.114972" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495527v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal A Alyamani" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Hijazi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Nasser" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy13071709" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998027v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huda Fatima Rajani" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niloufar Mohammadkhani" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Alexis Ram&#237;rez-Coronel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahsa Maleki" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28030987" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495531v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Ghorban Nejad" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15132884" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029554v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Mesmar" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamar Hamade" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najlaa Al-Thani" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2022.994025" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031115v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam J Mulkern" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda B Oyama" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan R Cookson" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Creevey" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toby J Wilkinson" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-022-00332-w" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029563v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaqib Ullah" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12060770" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029556v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Shaito" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27134240" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03935973v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Couillaud" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Amouric" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;titia Leydet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schweitzer" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202200595" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465949v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Hadiouch" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gigmes" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Machado" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Maurel-Pantel" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1PY01344K" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031127v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Carolina Nery Teixeira" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus M Guidini" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A Pickup" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-022-00320-0" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03826221v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Royal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Robin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.2c01150" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04038964v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Daou" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak Nasser" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahraa Saad" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr10081461" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029555v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27134272" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029560v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Nadeem-Ul-Haque" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Iqbal Choudhary" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-022-09915-7" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03173336v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Buitrago" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylia Challali" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Bergantino" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahc&#232;ne Boumendjel" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202004695" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232443v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Chiumento" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jacqueline" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pinloche" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Nicoletti" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22063253" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455626v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radia Alatou" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Pujol" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Perrier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom11111613" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369691v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Kazem Medlej" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherri Batoul" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Li" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox10010068" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03352896v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Chevalier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Laveissi&#232;re" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desachy" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barnich" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Sivignon" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-021-01135-5" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142867v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Carbou&#233;" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Herbette" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevastianos Roussos" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayhane Hamrouni" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom10010029" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151447v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taher Yacoub" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hoffer" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senankpon Martial Gnansounou" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kehna Benhaiem-Henry" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics9070381" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03518475v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hunain Ali" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almas Jabeen" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Husena Aamra" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom10121684" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920462v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bornet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Nouailler" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina S. M&#252;ller" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2302405120" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157289v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille Tachon" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Fournier" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Decroos" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mansuelle" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Etienne" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12033-019-00191-5" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626403v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Graziani" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-019-02425-6" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988325v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Yahiaoui" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2019.01.022" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315852v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Bejar" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Esque" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01286" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02276175v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Renato" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Canaan" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Mabrouk" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17090512" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371747v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kieffer-Jaquinod" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aaw9969" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01950942v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Chaabouni" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Long" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#8203;mohamed Barakat" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01148" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02091857v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Tarek Benkhaled" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ysacco" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8py00523k" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765802v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Borie" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shovan Mondal" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanzeel Arif" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Briand" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lingua" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.02.030" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03331270v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Terciolo" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle P. Oswald" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2018.09.034" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617843v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Carotti" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gouron" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmedchemlett.6b00369" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01774180v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tardy" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Honore" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Tran" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Siri" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Delplace" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201707043" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475546v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Khemiri" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gestreau" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resp.2016.06.002" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474298v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hassan Ajandouz" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Berdah" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Moutardier" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bege" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J&#233;r&#233;mie Birnbaum" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins8080232" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475400v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriane Armand" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/toxsci/kfv058" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475393v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Paris" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201500005" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PPZLV4FS-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793412v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins5040784" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625466v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helisoa Razafimanjato" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Benzaria" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadira Ta&#239;eb" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Jun Guo" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nvidal@mnhn.Fr Vidal" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.21214" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-24KJ8951-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625238v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fantini" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2010.04.016" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-82KM5WS0-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00482339v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Di Pasquale" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Chahinian" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2010.01.046" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGPC87SZ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625231v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garmy" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Varini" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Di Scala" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuro.2010.06.003" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-69LD43TW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417345v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2009.01.013" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZBRJ13Z0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400779v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Derghal" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Carravagna" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Dudin" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b802594k" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-KCFB86JC-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400780v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Brunet" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.P. Belzunces" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03601230701771446" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400776v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanaz Salmi" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Loncle" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Letourneux" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0002765" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400784v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouara Yahi" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Youn&#232;s-Sakr" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Boyron" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Caporiccio" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2007.11.013" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7D8DWK7X-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672723v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Brunet" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fantini" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04607495v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Boutabouzi" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04620171v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769236v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Let&#237;cia da Mata Lazinski" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769202v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03323906v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine M&#233;nard" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferrier" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/82_2018_142" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491922v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadegh Rajabi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahboubeh Irani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Shahhosseini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maresca" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Hamzeloo-Moghadam" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rechem.2025.102296" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492308v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Mehdikhani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homa Hajimehdipoor" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojgan Tansaz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom15020268" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491908v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba Hellany" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Badran" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghosoon Albahri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Kafrouny" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riham El Kurdi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano15171368" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491887v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adcanc.2025.100164" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491928v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Courvoisier-Dezord" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Ragusa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Grand&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Denudt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Charmasson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics14090883" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365586v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhancun Bian" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenzheng Zhang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Garofalo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinesh Dhumal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junyue Zheng" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5nr03017j" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440316v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Caron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Leroux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lemesle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Coussegal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500714" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491894v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; D&#261;browski" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Olleik" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Di Maio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Kadri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camps" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins17120587" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05325071v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Breaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Saunier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Baghdikian" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathi Mabrouki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bertolotti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants14193028" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491900v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph18091294" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504247v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Shine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R F B Connolly" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D Murphy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazel Lafferty" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdalmalek Alfnikh" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202500258" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043192v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boidin-Wichlacz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Correia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lequin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Point" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crmicr.2025.100395" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491912v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Mohammadlou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasoul Baharlou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22038/ijbms.2025.84064.18185" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491904v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serine Baydoun" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rola Abdallah" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26178506" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491891v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamil Atef Chahrour" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaher Abdel Baki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia El Badan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Nasser" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom15121674" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491921v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Fauvel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tataye Moussounda Moussounda Koumba" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas El Kadiry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Maria" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rollet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202422253" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768568v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morane Beaumet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia M Lazinski" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Haudecoeur" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.202400314" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951837v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P J Alexander" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L B Oyama" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Olleik" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Godoy Santos" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S O&#8217;brien" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-024-00560-2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951819v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahzad Nazir" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arif Iftikhar Khan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rukesh Maharjan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadiq Noor Khan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Adnan Akram" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13121213" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04423909v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Casanova" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poncin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12929-024-01007-8" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951815v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Wehbe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al-Sawalmih" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox13060726" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951847v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awatef Ouertani" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mollet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Boughanmi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold de Pomyers" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor Mosbah" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2024.108135" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04749560v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Guerinot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Malige" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathakali De" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charbonnel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsinfecdis.4c00591" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951852v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Tahmasvand" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11033-023-09131-8" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951838v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Fitzgerald-Hughes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Muldoon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Devocelle" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nj01445f" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951826v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chou-Yi Hsu" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhinav Kumar" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2024.1371002" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04647838v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Faure" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Min Ng" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belle" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Soler&#8208;lopez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyna Khettabi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202400235" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951822v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Nadeem Ul Haque" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farooq-Ahmad Khan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13080758" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951812v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Chebaro" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Edward Mesmar" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom14080991" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951844v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Leroux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Coussegal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202400378" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588387v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guillier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Neulat-Ripoll" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13040300" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951836v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heewa Shakib" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahid Safari-Alighiarloo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22038/ijbms.2024.79405.17201" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04453098v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Liuu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Nepelska" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pfister" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Gamelas Magalhaes" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Chevalier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2306863120" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227419v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Shamseddine" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Roblin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Veyrier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Basset" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa de Macedo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.107563" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998029v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Hdiouech" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cavalier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics12010120" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495519v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Baydoun" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2023.1301154" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495527v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal A Alyamani" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Hijazi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Nasser" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy13071709" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998027v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huda Fatima Rajani" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niloufar Mohammadkhani" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Alexis Ram&#237;rez-Coronel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahsa Maleki" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28030987" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998028v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brayan Roulier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inbal Rush" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Lazinski" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2022.114972" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283278v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Bruno" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Melnyk" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Zeppilli" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Landon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.162875" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495531v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Ghorban Nejad" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15132884" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031115v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam J Mulkern" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda B Oyama" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan R Cookson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Creevey" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toby J Wilkinson" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-022-00332-w" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029554v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Mesmar" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamar Hamade" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najlaa Al-Thani" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2022.994025" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465949v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Hadiouch" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gigmes" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Machado" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Maurel-Pantel" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1PY01344K" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029563v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaqib Ullah" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12060770" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029556v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Shaito" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27134240" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03935973v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Couillaud" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Amouric" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;titia Leydet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schweitzer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202200595" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031127v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Carolina Nery Teixeira" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus M Guidini" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A Pickup" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-022-00320-0" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03826221v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Royal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Robin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.2c01150" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04038964v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Daou" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak Nasser" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahraa Saad" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr10081461" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029555v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27134272" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029560v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Nadeem-Ul-Haque" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Iqbal Choudhary" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-022-09915-7" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03173336v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Buitrago" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylia Challali" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Bergantino" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahc&#232;ne Boumendjel" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202004695" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455626v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radia Alatou" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Pujol" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Nicoletti" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Perrier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom11111613" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232443v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Chiumento" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jacqueline" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pinloche" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22063253" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369691v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Kazem Medlej" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherri Batoul" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Li" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox10010068" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03352896v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Chevalier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Laveissi&#232;re" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desachy" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barnich" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Sivignon" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-021-01135-5" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142867v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Carbou&#233;" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Herbette" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevastianos Roussos" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayhane Hamrouni" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom10010029" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151447v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taher Yacoub" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hoffer" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senankpon Martial Gnansounou" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kehna Benhaiem-Henry" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics9070381" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03518475v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hunain Ali" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almas Jabeen" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Husena Aamra" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom10121684" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920462v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bornet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Nouailler" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina S. M&#252;ller" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2302405120" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157289v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille Tachon" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Fournier" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Decroos" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mansuelle" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Etienne" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12033-019-00191-5" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626403v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Graziani" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-019-02425-6" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315852v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Bejar" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Esque" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01286" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988325v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Yahiaoui" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2019.01.022" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371747v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kieffer-Jaquinod" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aaw9969" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02276175v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Renato" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Canaan" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Mabrouk" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17090512" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01950942v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Chaabouni" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Long" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#8203;mohamed Barakat" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01148" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765802v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Borie" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shovan Mondal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanzeel Arif" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Briand" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lingua" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.02.030" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02091857v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Tarek Benkhaled" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ysacco" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8py00523k" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03331270v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Terciolo" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle P. Oswald" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2018.09.034" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617843v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Carotti" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gouron" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmedchemlett.6b00369" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01774180v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tardy" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Honore" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Tran" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Siri" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Delplace" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201707043" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474298v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hassan Ajandouz" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Berdah" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Moutardier" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bege" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J&#233;r&#233;mie Birnbaum" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins8080232" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475546v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Khemiri" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gestreau" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resp.2016.06.002" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475400v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriane Armand" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/toxsci/kfv058" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475393v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Paris" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201500005" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PPZLV4FS-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793412v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins5040784" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625466v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helisoa Razafimanjato" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Benzaria" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadira Ta&#239;eb" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Jun Guo" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nvidal@mnhn.Fr Vidal" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.21214" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-24KJ8951-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625238v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fantini" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2010.04.016" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-82KM5WS0-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00482339v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Di Pasquale" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Chahinian" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2010.01.046" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGPC87SZ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625231v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garmy" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Varini" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Di Scala" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuro.2010.06.003" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-69LD43TW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417345v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2009.01.013" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZBRJ13Z0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400779v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Derghal" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Carravagna" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Dudin" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b802594k" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-KCFB86JC-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400780v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Brunet" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.P. Belzunces" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03601230701771446" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400776v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanaz Salmi" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Loncle" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Letourneux" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0002765" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400784v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouara Yahi" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Youn&#232;s-Sakr" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Boyron" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Caporiccio" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2007.11.013" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7D8DWK7X-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672723v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Brunet" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fantini" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04607495v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Boutabouzi" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04620171v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769236v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Let&#237;cia da Mata Lazinski" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769202v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03323906v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine M&#233;nard" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferrier" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/82_2018_142" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>