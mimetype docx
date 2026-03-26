--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1440,493 +1440,493 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le suivi archéologique des travaux de mise en sécurité du théâtre antique d’Orange</w:t>
+                <w:t xml:space="preserve">High resolution paleo-hydrological record from carbonate deposits in the Roman aqueduct of Traconnade (Aix-en-Provence, SE France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Badie</w:t>
+                <w:t xml:space="preserve">C. Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Dubourg</w:t>
+                <w:t xml:space="preserve">L. Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soline Delcros</w:t>
+                <w:t xml:space="preserve">C. Passchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Gagon</w:t>
+                <w:t xml:space="preserve">B Angeletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Charles Moretti</w:t>
+                <w:t xml:space="preserve">Abel Guihou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monumental : revue scientifique et technique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 670, pp.122423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2024.122423⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04973412v1</w:t>
+                <w:t xml:space="preserve">hal-04739746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution paleo-hydrological record from carbonate deposits in the Roman aqueduct of Traconnade (Aix-en-Provence, SE France)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le suivi archéologique des travaux de mise en sécurité du théâtre antique d’Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Vidal</w:t>
+                <w:t xml:space="preserve">Alain Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Passchier</w:t>
+                <w:t xml:space="preserve">Sandrine Dubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Angeletti</w:t>
+                <w:t xml:space="preserve">Soline Delcros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abel Guihou</w:t>
+                <w:t xml:space="preserve">Raphaël Gagon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Moretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Monumental : revue scientifique et technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, pp.58-61</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04739746v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04973412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ORANGE PCR &amp;quot;Théâtre antique</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Villas résidentielles, villas productives et économie domaniale sur les territoires des cités romaines d’Arles, Aix et Marseille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Philippe Leveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Turci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Papadopoulou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.253-255</w:t>
+              <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2021-2022 (54-55), pp.475-546</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05124300v1</w:t>
+                <w:t xml:space="preserve">hal-04541935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Villas résidentielles, villas productives et économie domaniale sur les territoires des cités romaines d’Arles, Aix et Marseille</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Leveau</w:t>
+                <w:t xml:space="preserve">ORANGE PCR &amp;quot;Théâtre antique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Delcros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcello Turci</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Panneau</w:t>
+                <w:t xml:space="preserve">Anna Papadopoulou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 2021-2022 (54-55), pp.475-546</w:t>
+              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.253-255</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04541935v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05124300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systematic sourcing of granite shafts from Gallia Narbonensis and comparison with other western Mediterranean areas</w:t>
               </w:r>
@@ -1964,51 +1964,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Touatia Amraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 42, pp.103372. </w:t>
@@ -2046,51 +2046,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les caves de l’hôtel de Lacépède à Aix-en-Provence (Bouches-du-Rhône). Nouvelles données d’urbanisme sur l’enceinte du XIVe siècle et le quartier Villeneuve.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin archéologique de Provence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 42, pp.33-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2115,51 +2115,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aix-en-Provence (Bouches-du-Rhône). Notre-Dame-de-Consolation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Archéologie médiévale, 48, pp.246-248. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2206,51 +2206,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La modélisation au service de l’évolution et de la caractérisation du sol urbain d’Aix-en-Provence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Giroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2314,51 +2314,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Núria Nin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 49, pp.149-184. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2392,51 +2392,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aix-en-Provence - Prospection Thématique - Caves du centre historique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Bilan Scientifique 2013, 1, pp.77-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2461,51 +2461,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aix-en-Provence - PCR &amp;quot;Caves et réseaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Bilan Scientifique 2011, 1, pp.111-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2530,51 +2530,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aix-en-Provence - PCR &amp;quot;Caves et réseaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Claude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2604,428 +2604,428 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01765786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'apport du HBIM dans les humanités numériques : pour une synergie entre archéologie, architecture, informatique graphique et gestion patrimoniale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The HBIM protocol for safeguarding the painted renderings on the northern aditus of lyon's fourvière roman theater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Panneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Borel-Dubourg</w:t>
+                <w:t xml:space="preserve">Guillaume Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Beguet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Quéré</w:t>
+                <w:t xml:space="preserve">Frédérique Vouvé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Consortium 3D pour les Humanités Numériques (HumaNum)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, S. Rassat; M. Chayani; L. Voison; A. Zasadzinski; E. Interdonato; C. Delevoie; F. Laroche; X. Granier, Nov 2024, Nancy, France</w:t>
+              <w:t xml:space="preserve">Exciss valencia 2025, Innovative &amp; sustainable solutions in mural painting conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Exciss valencia, Feb 2025, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05044506v2</w:t>
+                <w:t xml:space="preserve">hal-05045137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le théâtre antique d'Orange - suivi archéologique et Projet TAIC2 ‘’Un théâtre antique intelligent et connecté‘’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Papadopoulou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Café MMSH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05124320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The HBIM protocol for safeguarding the painted renderings on the northern aditus of lyon's fourvière roman theater</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">L'apport du HBIM dans les humanités numériques : pour une synergie entre archéologie, architecture, informatique graphique et gestion patrimoniale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Borel-Dubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Quéré</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Vouvé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exciss valencia 2025, Innovative &amp; sustainable solutions in mural painting conservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Exciss valencia, Feb 2025, Valence, Spain</w:t>
+              <w:t xml:space="preserve">Journées du Consortium 3D pour les Humanités Numériques (HumaNum)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, S. Rassat; M. Chayani; L. Voison; A. Zasadzinski; E. Interdonato; C. Delevoie; F. Laroche; X. Granier, Nov 2024, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05045137v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05044506v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'exploitation des données géotechniques pour l'enrichissement de la connaissance archéologique dans le centre-ville d'Aix-en-Provence. Construction d'une méthode dynamique de modélisation d'un sous-sol urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Thiolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3063,103 +3063,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'apport du HBIM dans les Humanités Numériques : pour une synergie entre archéologie, architecture, informatique graphique et gestion patrimoniale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Borel-Dubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Panneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Quéré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les journées du consortium 3D pour les Humanités Numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Consortium 3D, Nov 2024, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3178,368 +3178,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04822751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le théâtre antique d'Orange : état de la recherche sur les basiliques, les parascaenia et les cages d’escalier du bâtiment de scène</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">L’interopérabilité HBIM-SIG au service de l'étude archéologique du théâtre antique d'Orange : L'enjeu des données territoriales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Beguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée départementale d’archéologie de Vaucluse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Carpentras, France</w:t>
+              <w:t xml:space="preserve">Journées Territoires et Immersion(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MAP UPR 2002, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05124347v1</w:t>
+                <w:t xml:space="preserve">hal-05542085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le processus HBIM au service de l'étude archéologique : le cas du théâtre antique d'Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dubourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Jumeaux numériques : nouvelles frontières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNRS; MITI (Mission Pour Les Initiatives Transverses &amp; Interdisciplinaires), Jan 2024, PARIS, France</w:t>
+              <w:t xml:space="preserve">, CNRS; MITI (Mission Pour Les Initiatives Transverses &amp; Interdisciplinaires), Jan 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04565691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le théâtre d'Orange : Suivi archéologique des travaux, projet de recherche TAIC ‘’Un théâtre intelligent et connecté’’</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Le théâtre antique d'Orange : état de la recherche sur les basiliques, les parascaenia et les cages d’escalier du bâtiment de scène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Delcros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Gagon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Papadopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Papadopoulou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIIe colloque international d’histoire et d’archéologie - L’archéologie de l’architecture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Fréjus, France</w:t>
+              <w:t xml:space="preserve">Journée départementale d’archéologie de Vaucluse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Carpentras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05124353v1</w:t>
+                <w:t xml:space="preserve">hal-05124347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’adaptation du BIM à la donnée archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Culture et patrimoine numérique, les initiatives autour des humanités numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecole Centrale de Nantes; Université de Nantes, Jun 2023, NANTES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3558,586 +3545,694 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04152582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet TAIC - La question de l’adaptation du processus HBIM aux besoins spécifiques de l’étude archéologique du théâtre d’Orange</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Le théâtre d'Orange : Suivi archéologique des travaux, projet de recherche TAIC ‘’Un théâtre intelligent et connecté’’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Delcros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Panneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Papadopoulou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le théâtre antique d’Orange SIG et HBIM, Journées d’étude organisées par l’Institut de Recherche sur l’Architecture Antique avec le soutien de la Fondation A*Midex</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Alain Badie; Sandrine Dubourg; Corinne Rencurel, Jun 2021, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">XIIIe colloque international d’histoire et d’archéologie - L’archéologie de l’architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Fréjus, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03588413v1</w:t>
+                <w:t xml:space="preserve">hal-05124353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les outils SIG de la Direction Archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le théâtre antique d’Orange SIG et HBIM, Journées d’étude organisées par l’Institut de Recherche sur l’Architecture Antique avec le soutien de la Fondation A*Midex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Alain Badie; Sandrine Dubourg; Corinne Rencurel, Jun 2021, Aix-en -Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04935048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le scanner 3D, l’acquisition numérique en archéologie préventive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de l'Association Nationale pour l’Archéologie de Collectivité Territoriale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ANACT, Sep 2021, Bayeux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04192657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’église Notre-Dame-de-Consolation, le témoignage architectural de l’installation des Capucins à Aix-en-Provence (XVIe s.)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Le projet TAIC - La question de l’adaptation du processus HBIM aux besoins spécifiques de l’étude archéologique du théâtre d’Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Badie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Moretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Papadopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire transversal de recherche du LA3M: Monastères, couvents et confréries : Vivre en communauté en Méditerranée médiévale et moderne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LA3M, Mar 2019, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Le théâtre antique d’Orange SIG et HBIM, Journées d’étude organisées par l’Institut de Recherche sur l’Architecture Antique avec le soutien de la Fondation A*Midex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alain Badie; Sandrine Dubourg; Corinne Rencurel, Jun 2021, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03312886v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03588413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">En quête de l’amphithéâtre perdu dans les sous-sols d’Aix-en-Provence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">L’église Notre-Dame-de-Consolation, le témoignage architectural de l’installation des Capucins à Aix-en-Provence (XVIe s.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire inter laboratoire de l’IRAA USR3155 (AMU-CNRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Séminaire transversal de recherche du LA3M: Monastères, couvents et confréries : Vivre en communauté en Méditerranée médiévale et moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LA3M, Mar 2019, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03312960v1</w:t>
+                <w:t xml:space="preserve">hal-03312886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les caves modernes d'Aix-en-Provence, espaces domestiques et lieux de compréhension de la morphogenèse urbaine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">En quête de l’amphithéâtre perdu dans les sous-sols d’Aix-en-Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Claude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Caves et celliers au Moyen Âge et à l’Époque moderne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CESR UMR-CNRS 7323, Oct 2017, Tours, France</w:t>
+              <w:t xml:space="preserve">Séminaire inter laboratoire de l’IRAA USR3155 (AMU-CNRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03312894v1</w:t>
+                <w:t xml:space="preserve">hal-03312960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les caves modernes d'Aix-en-Provence, espaces domestiques et lieux de compréhension de la morphogenèse urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Panneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caves et celliers au Moyen Âge et à l’Époque moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CESR UMR-CNRS 7323, Oct 2017, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03312894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un outil partagé pour l’évaluation, la caractérisation et la modélisation du sol urbain d’Aix-en-Provence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Journées de l'ANACT 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ANACT, Oct 2017, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03312940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4147,232 +4242,232 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le théâtre antique d'Orange : « un Théâtre Antique Intelligent et Connecté »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prospective URBAIN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2023, Marseille (13), France</w:t>
+              <w:t xml:space="preserve">, Jun 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04326776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de l'approche géo-archéologique dans la problématique des dynamiques de peuplement au sein du bassin d'Aix-en-Provence (13)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuria Nin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jorda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Q6 "Biodiversité au Quaternaire : climats, environnements et Peuplement"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2008, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05211804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4382,738 +4477,738 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude-Nicolas Ledoux, architecte du Palais</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Le decumanus maximus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Nin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">NIN,Nuria. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Zielinski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">NIN, Nuria. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aix en archéologie, 25 ans de découvertes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Snoeck, pp.483-486, 2014, 978-94-6161-156-7</w:t>
+              <w:t xml:space="preserve">Aix en archéologie, 25 ans de découvertes </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Snoeck, pp.158-162, 2014, 978-94-6161-156-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766308v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le morcellement révolutionnaire : la fortune des couvents des Carmes et des Dominicaines. Passage Agard – Maison de l’Espagne, 7 ter rue Migne</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Panneau</w:t>
+                <w:t xml:space="preserve">Le dessous des cartes ou l’occupation souterraine de la ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NIN, Nuria. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aix en archéologie, 25 ans de découvertes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Snoeck, pp.480-482, 2014, 978-94-6161-156-7</w:t>
+              <w:t xml:space="preserve">, Snoeck, pp.419-423, 2014, 978-94-6161-156-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01380210v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fragments d’enceinte visibles et invisibles, la Tourreluque et ses courtines. Établissement des Thermes Sextius</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Panneau</w:t>
+                <w:t xml:space="preserve">En quête de l’amphithéâtre perdu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Nin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NIN, Nuria. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aix en archéologie, 25 ans de découvertes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Snoeck, pp.345-348, 2014, 978-94-6161-156-7</w:t>
+              <w:t xml:space="preserve">, Snoeck, pp.173-176, 2014, 978-94-6161-156-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01380209v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le dessous des cartes ou l’occupation souterraine de la ville</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">La chapelle Notre-Dame de Consolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Zielinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hervieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NIN, Nuria. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aix en archéologie, 25 ans de découvertes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Snoeck, pp.419-423, 2014, 978-94-6161-156-7</w:t>
+              <w:t xml:space="preserve">, Snoeck, pp.397-399, 2014, 978-94-6161-156-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766302v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le decumanus maximus</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Caroline Zielinski</w:t>
+                <w:t xml:space="preserve">Fragments d’enceinte visibles et invisibles, la Tourreluque et ses courtines. Établissement des Thermes Sextius</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NIN, Nuria. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aix en archéologie, 25 ans de découvertes </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Snoeck, pp.158-162, 2014, 978-94-6161-156-7</w:t>
+              <w:t xml:space="preserve">Aix en archéologie, 25 ans de découvertes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Snoeck, pp.345-348, 2014, 978-94-6161-156-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766275v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01380209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">En quête de l’amphithéâtre perdu</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Panneau</w:t>
+                <w:t xml:space="preserve">Le morcellement révolutionnaire : la fortune des couvents des Carmes et des Dominicaines. Passage Agard – Maison de l’Espagne, 7 ter rue Migne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NIN, Nuria. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aix en archéologie, 25 ans de découvertes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Snoeck, pp.173-176, 2014, 978-94-6161-156-7</w:t>
+              <w:t xml:space="preserve">, Snoeck, pp.480-482, 2014, 978-94-6161-156-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766283v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01380210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La chapelle Notre-Dame de Consolation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Claude-Nicolas Ledoux, architecte du Palais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">NIN, Nuria. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">NIN,Nuria. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aix en archéologie, 25 ans de découvertes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Snoeck, pp.397-399, 2014, 978-94-6161-156-7</w:t>
+              <w:t xml:space="preserve">, Snoeck, pp.483-486, 2014, 978-94-6161-156-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766295v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extension du parking Mignet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05213689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5123,820 +5218,820 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théâtre antique. Orange, Vaucluse, Rapport scientifique 2023-2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Cenzon-Salvayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Coutelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Delcros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IRAA - Institut de recherche sur l'architecture antique. 2025, Vol. I 266 p., Vol. II 363 p., Vol. III 191 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ORANGE PCR « Théâtre antique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Papadopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Delcros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie. 2023, pp.253-255</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05301407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théâtre antique. Orange, Vaucluse, Rapport scientifique 2022-2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Delcros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Gagon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Papadopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IRAA - Institut de recherche sur l'architecture antique. 2023, Vol. I 357 p., Vol. II 175 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théâtre antique. Orange, Vaucluse, Rapport scientifique 2019-2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Moretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Papadopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Tardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Institut de Recherche sur l'Architecture Antique (IRAA, USR 3155, CNRS–AMU). 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03219055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aix-en-Provence. Places Verdun Prêcheurs 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Cobos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Attia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bonnet Stéphane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Astrid Chazottes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Rapport Final d'Opération. Fouille préventive., Direction Archéologie et Muséum d'Aix-en-Provence. 2019, 365 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02434397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aix-en-Provence - Notre-Dame-de-Consolation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Panneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Direction Archéologie et Muséum d'Aix-en-Provence. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02434436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théâtre antique. Suivi archéologique de la quatrième tranche de travaux de mise en sécurité du bâtiment de scène (Septembre 2018-Avril 2019), Rapport d'opération Projet Collectif de Recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Moretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Papadopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Tardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Institut de Recherche sur l'Architecture Antique (IRAA, USR 3155, CNRS–AMU). 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03219141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId105"/>
+      <w:footerReference w:type="default" r:id="rId106"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6004,51 +6099,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D702F8DE"/>
+    <w:nsid w:val="19AC49BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6235,51 +6330,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-panneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9374-0395" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iraa.cnrs.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.a-bime.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aixenprovence.fr/Archeologie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.persee.fr/doc/ran" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973412v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Badie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dubourg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Delcros" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gagon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Moretti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739746v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Claude" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vidal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Passchier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Angeletti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2024.122423" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124300v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Panneau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Papadopoulou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541935v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leveau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Turci" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03585735v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rochette" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ambrosi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touatia Amraoui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Andrieu-Ponel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103372" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648393v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615067v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.16198" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03555272v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonnet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Giroux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512590v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Nin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Huguet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2016.1932" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765833v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765818v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765786v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Claude" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044506v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Borel-Dubourg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Beguet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raffin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124320v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045137v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Vouv&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218221v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiolas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822751v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124347v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565691v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124353v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152582v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03588413v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tardy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935048v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192657v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312886v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312960v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312894v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312940v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04326776v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211804v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Nin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jorda" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766308v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380210v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Panneau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380209v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766302v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766275v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Zielinski" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766283v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766295v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hervieu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213689v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126374v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301407v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126406v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219055v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02434397v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bouquet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cobos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Attia" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnet St&#233;phane" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Chazottes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02434436v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219141v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-panneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9374-0395" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iraa.cnrs.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.a-bime.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aixenprovence.fr/Archeologie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.persee.fr/doc/ran" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739746v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Claude" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vidal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Passchier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Angeletti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2024.122423" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973412v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Badie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dubourg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Delcros" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gagon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Moretti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541935v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leveau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Turci" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Panneau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124300v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Papadopoulou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03585735v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rochette" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ambrosi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touatia Amraoui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Andrieu-Ponel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103372" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648393v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615067v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.16198" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03555272v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonnet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Giroux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512590v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Nin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Huguet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2016.1932" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765833v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765818v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765786v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Claude" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045137v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Vouv&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124320v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044506v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Borel-Dubourg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Beguet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raffin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218221v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiolas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822751v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542085v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565691v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124347v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152582v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124353v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935048v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192657v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03588413v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tardy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312886v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312960v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312894v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312940v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04326776v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211804v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Nin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jorda" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766275v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Zielinski" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766302v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766283v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766295v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hervieu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380209v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Panneau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380210v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766308v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213689v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126374v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301407v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126406v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219055v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02434397v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bouquet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cobos" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Attia" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnet St&#233;phane" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Chazottes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02434436v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219141v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>