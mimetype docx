--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -964,51 +964,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05021646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (73)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (74)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1067,5662 +1067,5800 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05460261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.744</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05460274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Soustraction au prélèvement d'un échantillon : les risques de la clémence.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 68, pp.67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05460220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contemporary management of patients with native mitral regurgitation in heart valve centres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Coisne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Scotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Bohbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dreyfus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of cardiovascular diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 119 (1), pp.39-49. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.acvd.2025.10.332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05441359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sports disciplinary proceedings in France and the right to remain silent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SpoPrax</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.167</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04994963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Chronique de jurisprudence arbitrale en matière sportive »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.967</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05029481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rien ne sert de courir après la notification d'un contrôle antidopage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 66, pp.119</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05029472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« Chronique de jurisprudence arbitrale en matière sportive »</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrôle juridictionnel des sanctions pour présence de substance d’abus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 65, pp.85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05029494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le code de conduite des juges de la Cour suprême des Etats-Unis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale de droit comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, pp.183</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04994961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronicle of Sports Arbitration Case Law</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, pp.967</w:t>
+              <w:t xml:space="preserve">, 2023, pp.795</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le contrôle juridictionnel des sanctions pour présence de substance d’abus</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05029503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cannabis et la loi plus douce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 65, pp.85</w:t>
+              <w:t xml:space="preserve">, 2023, 62, pp.131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...98 lines deleted...]
-                <w:t xml:space="preserve">Chronicle of Sports Arbitration Case Law</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05029533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, pp.795</w:t>
+              <w:t xml:space="preserve">, 2022, pp.1135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le cannabis et la loi plus douce</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fin de Roe v. Wade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04985176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.931</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Marmayou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.888</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'assistance judiciaire et le contentieux sportif international</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 62, pp.131</w:t>
+              <w:t xml:space="preserve">, 2020, 54, pp.108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04998901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanction disciplinaire et liberté d’entreprendre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53, pp.140</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La publicité des audiences devant le TAS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53, pp.164</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04998887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De nouvelles règles de procédure devant les commissions de la FIFA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53, pp.166</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04998781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Tribunal national des sports en Australie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53, pp.170</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04998761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’employeur et le sportif dopé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53, pp.52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’urgence et le sport en matière de référé-suspension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53, pp.148</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.1135</w:t>
+              <w:t xml:space="preserve">, 2019, pp.903</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La fin de Roe v. Wade</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'ouverture des paris sportifs aux Etats-Unis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 50, pp.196</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04999895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retour vers le passé de la compétence disciplinaire de l’AFLD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53, pp.134</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intégration de l'accord des parties dans une sentence du TAS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 52, pp.132</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’obligation de localisation et le pouvoir de sanction de l’AFLD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 52, pp.92</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.653</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toujours pas de QPC sur la définition et la sanction de l’usage de substances interdites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 46, pp.120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auto-saisine de l’AFLD, opposition et soustraction à un contrôle antidopage.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 48, pp.128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La validité de la convention d’arbitrage dans la jurisprudence de la Cour suprême des Etats-Unis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3, pp.1003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04988495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le référé-suspension contre une décision de sanction de l'AFLD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 42, pp.208</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le TAS et la sentence d'accord-partie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 42, pp.143</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Référé-suspension et lutte contre le dopage : entre urgence et doute sérieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43, pp.137</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La transposition du code mondial antidopage dans l'ordre juridique interne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches, Gazette du Palais, La Loi, Le Quotidien juridique [Titre actuel : Petites affiches]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05005990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de QPC sur la prohibition de l’usage de substances interdites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 44, pp.68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le manquement aux obligations de localisation du judoka : suite et fin ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 44, pp.77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retour sur les fondements du pouvoir disciplinaire de l’AFLD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43, pp.152</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.901</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rémunération, une notion polymorphe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petites affiches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 9, pp.19</w:t>
+              <w:t xml:space="preserve">, 2016, pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, pp.931</w:t>
+              <w:t xml:space="preserve">, 2015, pp.940</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'élément intentionnel du délit de facilitation à l'usage de substances dopantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40, pp.139</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliminer une suspension pour dopage : mode d'emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 39, pp.105</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suspendre une suspension pour dopage : mode d'emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 39, pp.116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lutte contre le dopage et pouvoir(s) disciplinaire(s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 41, pp.113</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur la soustraction à un contrôle anti-dopage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40, pp.132</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le constat d’infraction à l’obligation de localisation n’est qu’une mesure préparatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40, pp.134</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On ne transige pas sur le siège</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nouveau code mondial antidopage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...50 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2014, pp.667</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit à un procès équitable au secours de l'assuré social ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 02, pp.326</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The specificity of arbitrating sports-related disputes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Arab Arbitration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2, pp.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La loi visant à renforcer l'éthique du sport et le droit des sociétés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit des sociétés </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.Etudes 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La loi visant à renforcer l'éthique du sport et la prévention du dopage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 27, pp.97</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Cour de cassation ouvre le mercato des juges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 07, pp.489</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02212316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La responsabilité de l’entourage du sportif dans la lutte contre le dopage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 26, pp.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le partenariat public-privé institutionnel face au droit communautaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-David Dreyfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 02, pp.105</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02219455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coup de sifflet final pour la rémunération de l'image collective des sportifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 15, pp.905</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02211876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coup de sifflet final pour la rémunération de l'image collective des sportifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.905</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05021612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">French rules on players' agents : a brief overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Quentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World Sports Law Report</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, pp.11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05021621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiple club ownership rules : legal analysis (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World Sports Law Report</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Peltier</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chaussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, pp.888</w:t>
+              <w:t xml:space="preserve">, 2008, 3, pp.535-573</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'assistance judiciaire et le contentieux sportif international</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01767197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faction Metz : rien ne se crée, tout se dissout ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 54, pp.108</w:t>
+              <w:t xml:space="preserve">Les Affiches d'Alsace et de Lorraine [Affiches-Moniteur]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marc Peltier</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05021641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anti-doping : new rules for the trafficking of doping products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Quentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 53, pp.170</w:t>
+              <w:t xml:space="preserve">World Sports Law Report</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marc Peltier</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05021633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la dissolution par décret d’un groupement de fait de supporters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dondero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 53, pp.164</w:t>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.2497</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">De nouvelles règles de procédure devant les commissions de la FIFA</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05021630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La société publique locale d'aménagement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 53, pp.166</w:t>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 43, pp.2371</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...1478 lines deleted...]
-                <w:t xml:space="preserve">La rémunération, une notion polymorphe</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02218934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commentaire de la loi n° 2004-1366 du 15 décembre 2004 portant diverses dispositions relatives au sport professionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petites affiches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, pp.12</w:t>
+              <w:t xml:space="preserve">, 2005, pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...1940 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conciliation devant le Comité national olympique et sportif français (CNOSF)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médiations &amp; Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, pp.15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des conséquences de la réforme de l’expertise de gestion par la loi NRE sur les relations entre une association sportive et la société qu’elle a constituée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue générale du droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loi sur les nouvelles régulations économiques et direction des sociétés anonymes sportives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, pp.971</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’influence de la loi du 28 décembre 1999 sur le financement des sociétés sportives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, pp.1164</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réforme des sociétés sportives opérée par la loi du 28 décembre 1999</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, pp.585</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024151v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-05024152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La contestation des élections au sein des fédérations sportives nationales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Récuser l’élection, contester les élections. Vers une délégitimation de la procédure électorale ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CERAPS; CDEP; ERMES, Jun 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05110898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sportifs et les réseaux sociaux après les Jeux Olympiques de Tokyo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum franco-japonais : nouvelles technologies et changements de paradigme en droit et en sciences politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04994995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La spécialisation du juge d’instruction : l’exemple des pôles de santé publique face au dopage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Du lieutenant criminel au juge d’instruction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ERMES, Jan 2013, Nice (Université Côte d'Azur), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05005988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (3)</w:t>
+        <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés sportives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Juris-Classeur Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.Fascicule n° 193-65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05528732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le dispositif mondial de la lutte contre le dopage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopédie droit du sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05050323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sociétés sportives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jurisclasseur Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.Fascicule n° 193-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopédie Juris Classeur Collectivités Territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, pp.Fascicule 680</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05021617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6732,1578 +6870,1578 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Marmayou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Rigozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Marmayou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sébastien Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Marmayou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Legendre</w:t>
+                <w:t xml:space="preserve">Sébastien Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Marmayou</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Rigozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03189401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Rigozzi</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Legendre</w:t>
+                <w:t xml:space="preserve">Sébastien Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Marmayou</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Latty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Latty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan de Dios Crespo Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sébastien Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Latty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Legendre</w:t>
+                <w:t xml:space="preserve">Sébastien Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Marmayou</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Latty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Latty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sébastien Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antonio Rigozzi</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Latty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2020</w:t>
+              <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Latty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012, pp.645</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01212268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sébastien Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chaussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Kessler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194425v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en matière sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Besson</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chaussard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008, pp.601-646</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...895 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01767196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8313,91 +8451,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les unités d’intégrité et la lutte contre le dopage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04994986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8407,114 +8545,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La participation des collectivités territoriales au capital de sociétés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Droit. Paris 1 - Panthéon-Sorbonne, 2005. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2005PA010282⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04985082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId142"/>
+      <w:footerReference w:type="default" r:id="rId144"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8582,51 +8720,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1F469400"/>
+    <w:nsid w:val="06154BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8813,51 +8951,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-peltier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-6841-6651" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/096410094" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989024v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Peltier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989044v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997763v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/james-bond-et-tintin-l-aventure-juridique-9782381940397.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997770v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centrededroitdusport.fr/fr/recherches/publications/id-118-pour-une-reforme-du-code-du-sport" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998691v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/10437-le-sport-au-carrefour-des-droits/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005994v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366762v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Dreyfus" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019691v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021602v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021646v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460261v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460220v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05441359v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Coisne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Scotti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Bohbot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dreyfus" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bernard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2025.10.332" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994963v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029472v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029481v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029494v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994961v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029503v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029533v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055705v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985176v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055715v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05194232v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Maisonneuve" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Besson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Legendre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Marmayou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055749v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998901v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998761v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998887v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998781v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055762v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084109v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055806v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055758v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999895v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084092v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055798v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084100v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084120v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084174v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084159v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084140v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988495v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126183v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005990v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126204v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126212v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126199v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126166v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084186v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126195v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084215v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126315v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126301v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126290v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126245v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126259v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126233v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126269v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126221v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126356v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019618v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237277v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019641v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019653v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019786v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019798v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212316v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219455v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211876v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021612v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021621v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Quentin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024058v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01767197v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chaussard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Peltier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021641v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021630v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dondero" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021633v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02218934v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024083v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024092v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024100v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024150v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024151v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024152v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110898v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994995v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005988v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050323v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006000v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021617v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194194v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194184v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Rigozzi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05194213v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189401v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194350v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194367v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Latty" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194375v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan de Dios Crespo P&#233;rez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194384v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194393v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194399v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194403v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01212268v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Besson" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194409v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05194425v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chaussard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kessler" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01767196v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994986v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04985082v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005PA010282" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-peltier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-6841-6651" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/096410094" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989024v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Peltier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989044v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997763v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/james-bond-et-tintin-l-aventure-juridique-9782381940397.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997770v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centrededroitdusport.fr/fr/recherches/publications/id-118-pour-une-reforme-du-code-du-sport" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998691v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/10437-le-sport-au-carrefour-des-droits/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005994v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366762v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Dreyfus" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019691v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021602v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021646v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460261v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460274v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460220v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05441359v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Coisne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Scotti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Bohbot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dreyfus" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bernard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2025.10.332" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994963v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029481v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029472v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029494v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994961v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029503v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029533v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055705v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985176v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055715v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05194232v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Maisonneuve" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Besson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Legendre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Marmayou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055749v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998901v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055762v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998887v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998781v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998761v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055806v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055758v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084109v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999895v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055798v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084092v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084100v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084120v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084174v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084159v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084140v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988495v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126204v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126212v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126199v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005990v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126183v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126166v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126195v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084186v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084215v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126245v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126290v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126301v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126315v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126233v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126259v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126269v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126221v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019618v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126356v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237277v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019641v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019653v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019786v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212316v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019798v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219455v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211876v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021612v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021621v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Quentin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024058v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01767197v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chaussard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Peltier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021641v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021633v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021630v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dondero" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02218934v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024083v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024092v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024100v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024150v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024152v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024151v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110898v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994995v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005988v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528732v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050323v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006000v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021617v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194194v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194184v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Rigozzi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05194213v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189401v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194350v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194367v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Latty" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194375v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan de Dios Crespo P&#233;rez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194384v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194393v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194399v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194403v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01212268v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Besson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194409v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05194425v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chaussard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kessler" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01767196v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994986v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04985082v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005PA010282" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>