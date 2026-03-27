--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marc Rigaudière </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">marc-rigaudiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9996-7101</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">073431907</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000096439544</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Ravel, Matinée de Provence (critical edition)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Rigaudière. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carus-Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05252078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les théories de l’harmonie et de la tonalité en France au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Christophe Branger. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symétrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Symétrie Recherche, Marc Desmet; Nicolas Donin; Patrick Taïeb; Jean-Christophe Branger, 978-2-36485-275-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04683771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Ravel, L'Aurore (critical edition)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Rigaudière. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carus-Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Carus 10.407, 2024, ISMN 979-0-007-31486-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04761844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Gouvy : recherches récentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario d'Angelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Kaltenecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Le Manuscrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Institut Théodore Gouvy, Martin Kaltenecker, 9782304053500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Bizet, Te Deum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carus-Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04045588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Gounod, Chants sacrés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carus-Verlag, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03012612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Fauré, Requiem op. 48, version avec petit orchestre, 1889</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carus-Verlag, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03012672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie musicale germanique du 19e siècle et l'idée de cohérence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hervé Lacombe. 13, 2009, Publications de la Société française de musicologie, 3e série, 2-85357-020-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03179830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Requiem op. 48: version symphonique, 1900</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carus-Verlag, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03017918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zusammenhang, Verknüpfung and Verkettung: In Defense of Schenker’s Model of Coherence in his Analysis of Brahms’s Variations and Fugue on a Theme by Handel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jeffrey Swinkin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of Musical Variation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxford University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.247-271, 2025, 9780197645352. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oxfordhb/9780197645352.013.0004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05253215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmonielehre und Tonalitätstheorie von Fétis bis Gevaert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stefan Keym. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Die Musiktheorie im 18. und 19. Jahrhundert. Dritter Teil: Frankreich, Belgien, Italien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissenschaftliche Buchgesellschaft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.205-256, 2021, Geschichte der Musiktheorie, 978-3-534-01212-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03361398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire entre les lignes : l’analyse de la disjonction melodique dans la musique tonale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luciane Beduschi; Anne-Emmanuelle Ceulemans; Alice Tacaille. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musica, sive liber amicorum Nicolas Meeùs : mélanges offerts au professeur Nicolas Meeùs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université Paris-Sorbonne (PUPS), pp.493-509, 2014, Musiques-écritures, 978-2-84050-918-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01541916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la théorie musicale de Gottfried Weber à travers son Versuch einer geordneten Theorie der Tonsetzkunst (1817-1832)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musurgia : analyse et pratique musicales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 31 (3-4), pp.73-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Nicolas Donin (éd.), Un siècle d’écrits réflexifs sur la composition musicale. Anthologie d’auto-analyses, de Janáček à nos jours, Genève : Droz / Haute école de musique de Genève, 2019.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.516-521</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03408088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Thomas Christensen, Stories of Tonality in the Age of François-Joseph Fétis, Chicago: University of Chicago Press 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift der Gesellschaft für Musiktheorie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31751/1039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Yves Balmer, Thomas Lacôte et Christopher Brent Murray, Le modèle et l’invention : Messiaen et la technique de l’emprunt, Lyon : Symétrie, 2017.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.363-367</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Jeffrey Swinkin, Performative Analysis. Reimagining Music Theory for Performance, Rochester : University of Rochester Press, 2016.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.439-442</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et théorie musicales dans la Revue de musicologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 104 (1-2), pp.557-590</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Gounods kleinere Chorwerke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musica Sacra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 138 (6), pp.346-348</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’acoustique musicale de Helmholtz et la théorie musicale de la seconde moitié du 19e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alliage : Culture - Science - Technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 79, pp.106-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some Considerations on Schenker’s Position in the Formenlehre Tradition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rivista di Analisi e Teoria Musicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 21 (2), pp.41-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Michele Calella et Nikolaus Urbanek (éds.), Historische Musikwissenschaft. Grundlagen und Perspektiven, Stuttgart : Metzler, 2013.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.369-373</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmes pour l’analyse de la musique tonale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Informatique musicale, 33 (7-8), pp.567-586. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/tsi.33.567-586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01107721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Rémy Campos, Nicolas Donin (éds), L'Analyse musicale, une pratique et son histoire, Genève : Droz/HEM, 2009.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.488-491</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03196824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Marteau, violoniste et compositeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers rémois de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1, pp.109-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique de chambre d’Henri Marteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers rémois de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2, pp.117-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une analyse informatique des textures dans le quatuor classique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Doé de Maindreville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Music Analysis Conference (EuroMAC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01517509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vices et vertus d’un détournement méthodologique : l’application de l’analyse schenkérienne à la musique de Francis Poulenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Francis Poulenc, analyse et diffusion de l'oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des amis de Francis Poulenc ; université Rennes 2, Jan 2013, Paris, France. pp.61-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01553702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Von der thematischen Arbeit zum „travail thematique“</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veroffentlichungen des Staatlichen Instituts für Musikforschung XXII </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Göttingen, Germany. pp.109-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01553069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans l’ombre de Schoenberg et de Schenker : la tonalité selon Robert Mayrhofer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'analyse musicale aujourd'hui. Crise ou (r)évolution ? </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Strasbourg, France. pp.149-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Czerny interprète de Reicha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antoine Reicha, compositeur et théoricien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris-Sorbonne; Conservatoire national de musique et de danse de Paris; CNRS, Apr 2013, Paris, France. pp.199-214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Modeling Texture in Symbolic Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donatien Thorez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Society for Music Information Retrieval Conference - ISMIR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Taipei, Taiwan. pp.59-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01057017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impossible Melodielehre, ou les implications harmoniques et phraséologiques de la mélodie tonale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélodie et fonction mélodique comme objets d’analyse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de recherche et coordination acoustique musique (Paris), Oct 2006, Paris, France. pp.77-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01621433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unité et “centricité” : les représentations de la tonalité dans la théorie musicale de Gottfried Weber à Heinrich Schenker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards actuels sur la tonalité : bilans et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Tours, France. pp.119-131</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01621414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’un et le multiple : la polytonalité dans la théorie musicale nord-américaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Polytonalités »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Observatoire musical français (Paris-Sorbonne), Feb 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y a-t-il une cohérence de l'œuvre musicale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts, langue et cohérence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Observatoire Musical Français, Université Paris-Sorbonne, Jan 2009, Paris, France. pp.73-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux musiciens entre la France et l’Allemagne : Théodore Gouvy et Henri Marteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Théodore Gouvy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Sarrebruck et Hombourg-Haut, France. pp.491-512</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03362899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie musicale germanique du 19e siècle entre science et philosophie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième colloque international d’épistémologie musicale. Observation, analyse, modèle : peut-on parler d’art avec les outils de la science (SFAM / Ircam)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03362872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Hans-Joachim Hinrichsen, Stefan Keym (éd.), Dur versus Moll. Zur Geschichte der Semantik eines musikalischen Elementarkontrasts, Cologne : Böhlau Verlag, 2020.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, pp.148-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03715851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Simon Sechter : Grundsätze der musikalischen Komposition, 3 vol., Leipzig : Breitkopf & Härtel, 1853-54.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ernst Friedrich Richter: Lehrbuch der Harmonie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03017994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Ernst Friedrich Richter: Lehrbuch der Harmonie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ernst Friedrich Richter: Lehrbuch der Harmonie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01543546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice de CD : Gabriel Fauré, Requiem (version 1889), Cantique de Jean Racine, Messe basse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.5-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ravel and the Rome Prize – a tale of failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId72"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marc Rigaudière </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Marc RigaudièreUniversité de Reims Champegne ArdenneCERHIC (UR 2616)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">marc-rigaudiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9996-7101</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">073431907</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000096439544</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Ravel, Matinée de Provence (critical edition)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Rigaudière. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carus-Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05252078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les théories de l’harmonie et de la tonalité en France au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Christophe Branger. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symétrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Symétrie Recherche, Marc Desmet; Nicolas Donin; Patrick Taïeb; Jean-Christophe Branger, 978-2-36485-275-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04683771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Ravel, L'Aurore (critical edition)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Rigaudière. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carus-Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Carus 10.407, 2024, ISMN 979-0-007-31486-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04761844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Gouvy : recherches récentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario d'Angelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Kaltenecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Le Manuscrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Institut Théodore Gouvy, Martin Kaltenecker, 9782304053500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Bizet, Te Deum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carus-Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04045588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Gounod, Chants sacrés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carus-Verlag, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03012612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Fauré, Requiem op. 48, version avec petit orchestre, 1889</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carus-Verlag, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03012672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie musicale germanique du 19e siècle et l'idée de cohérence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hervé Lacombe. 13, 2009, Publications de la Société française de musicologie, 3e série, 2-85357-020-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03179830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Requiem op. 48: version symphonique, 1900</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carus-Verlag, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03017918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zusammenhang, Verknüpfung and Verkettung: In Defense of Schenker’s Model of Coherence in his Analysis of Brahms’s Variations and Fugue on a Theme by Handel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jeffrey Swinkin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of Musical Variation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxford University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.247-271, 2025, 9780197645352. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oxfordhb/9780197645352.013.0004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05253215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmonielehre und Tonalitätstheorie von Fétis bis Gevaert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stefan Keym. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Die Musiktheorie im 18. und 19. Jahrhundert. Dritter Teil: Frankreich, Belgien, Italien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissenschaftliche Buchgesellschaft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.205-256, 2021, Geschichte der Musiktheorie, 978-3-534-01212-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03361398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire entre les lignes : l’analyse de la disjonction melodique dans la musique tonale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luciane Beduschi; Anne-Emmanuelle Ceulemans; Alice Tacaille. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musica, sive liber amicorum Nicolas Meeùs : mélanges offerts au professeur Nicolas Meeùs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université Paris-Sorbonne (PUPS), pp.493-509, 2014, Musiques-écritures, 978-2-84050-918-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01541916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la théorie musicale de Gottfried Weber à travers son Versuch einer geordneten Theorie der Tonsetzkunst (1817-1832)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musurgia : analyse et pratique musicales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 31 (3-4), pp.71-104. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54695/musur.243.0071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Nicolas Donin (éd.), Un siècle d’écrits réflexifs sur la composition musicale. Anthologie d’auto-analyses, de Janáček à nos jours, Genève : Droz / Haute école de musique de Genève, 2019.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.516-521</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03408088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Thomas Christensen, Stories of Tonality in the Age of François-Joseph Fétis, Chicago: University of Chicago Press 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift der Gesellschaft für Musiktheorie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31751/1039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Jeffrey Swinkin, Performative Analysis. Reimagining Music Theory for Performance, Rochester : University of Rochester Press, 2016.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.439-442</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Yves Balmer, Thomas Lacôte et Christopher Brent Murray, Le modèle et l’invention : Messiaen et la technique de l’emprunt, Lyon : Symétrie, 2017.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.363-367</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et théorie musicales dans la Revue de musicologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 104 (1-2), pp.557-590</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Gounods kleinere Chorwerke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musica Sacra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 138 (6), pp.346-348</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’acoustique musicale de Helmholtz et la théorie musicale de la seconde moitié du 19e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alliage : Culture - Science - Technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 79, pp.106-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some Considerations on Schenker’s Position in the Formenlehre Tradition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rivista di Analisi e Teoria Musicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 21 (2), pp.41-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Michele Calella et Nikolaus Urbanek (éds.), Historische Musikwissenschaft. Grundlagen und Perspektiven, Stuttgart : Metzler, 2013.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.369-373</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmes pour l’analyse de la musique tonale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Informatique musicale, 33 (7-8), pp.567-586. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/tsi.33.567-586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01107721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Rémy Campos, Nicolas Donin (éds), L'Analyse musicale, une pratique et son histoire, Genève : Droz/HEM, 2009.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.488-491</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03196824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Marteau, violoniste et compositeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers rémois de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1, pp.109-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique de chambre d’Henri Marteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers rémois de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2, pp.117-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une analyse informatique des textures dans le quatuor classique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Doé de Maindreville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Music Analysis Conference (EuroMAC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01517509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vices et vertus d’un détournement méthodologique : l’application de l’analyse schenkérienne à la musique de Francis Poulenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Francis Poulenc, analyse et diffusion de l'oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des amis de Francis Poulenc ; université Rennes 2, Jan 2013, Paris, France. pp.61-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01553702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Von der thematischen Arbeit zum „travail thematique“</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veroffentlichungen des Staatlichen Instituts für Musikforschung XXII </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Göttingen, Germany. pp.109-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01553069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans l’ombre de Schoenberg et de Schenker : la tonalité selon Robert Mayrhofer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'analyse musicale aujourd'hui. Crise ou (r)évolution ? </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Strasbourg, France. pp.149-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Czerny interprète de Reicha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antoine Reicha, compositeur et théoricien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris-Sorbonne; Conservatoire national de musique et de danse de Paris; CNRS, Apr 2013, Paris, France. pp.199-214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Modeling Texture in Symbolic Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donatien Thorez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Society for Music Information Retrieval Conference - ISMIR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Taipei, Taiwan. pp.59-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01057017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impossible Melodielehre, ou les implications harmoniques et phraséologiques de la mélodie tonale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélodie et fonction mélodique comme objets d’analyse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de recherche et coordination acoustique musique (Paris), Oct 2006, Paris, France. pp.77-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01621433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unité et “centricité” : les représentations de la tonalité dans la théorie musicale de Gottfried Weber à Heinrich Schenker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards actuels sur la tonalité : bilans et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Tours, France. pp.119-131</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01621414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’un et le multiple : la polytonalité dans la théorie musicale nord-américaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Polytonalités »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Observatoire musical français (Paris-Sorbonne), Feb 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y a-t-il une cohérence de l'œuvre musicale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts, langue et cohérence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Observatoire Musical Français, Université Paris-Sorbonne, Jan 2009, Paris, France. pp.73-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux musiciens entre la France et l’Allemagne : Théodore Gouvy et Henri Marteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Théodore Gouvy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Sarrebruck et Hombourg-Haut, France. pp.491-512</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03362899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie musicale germanique du 19e siècle entre science et philosophie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième colloque international d’épistémologie musicale. Observation, analyse, modèle : peut-on parler d’art avec les outils de la science (SFAM / Ircam)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03362872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la forme du premier Allegro de symphonie selon Heinrich Christoph Koch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026, pp.105-111. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54695/musur.243.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05548004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Hans-Joachim Hinrichsen, Stefan Keym (éd.), Dur versus Moll. Zur Geschichte der Semantik eines musikalischen Elementarkontrasts, Cologne : Böhlau Verlag, 2020.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, pp.148-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03715851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Ernst Friedrich Richter: Lehrbuch der Harmonie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ernst Friedrich Richter: Lehrbuch der Harmonie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01543546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice de CD : Gabriel Fauré, Requiem (version 1889), Cantique de Jean Racine, Messe basse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.5-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Simon Sechter : Grundsätze der musikalischen Komposition, 3 vol., Leipzig : Breitkopf & Härtel, 1853-54.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ernst Friedrich Richter: Lehrbuch der Harmonie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03017994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ravel and the Rome Prize – a tale of failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rigaudière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId75"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="89E55925"/>
+    <w:nsid w:val="12C1C938"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-rigaudiere" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9996-7101" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/073431907" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000096439544" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252078v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rigaudi&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carus-verlag.com/fr/partitions-et-enregistrements/maurice-ravel-matinee-de-provence-1040600.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04683771v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://symetrie.com/fr/titres/les-theories-de-l-harmonie-et-de-la-tonalite-en-france-au-xixe-siecle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761844v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carus-verlag.com/musiknoten-und-aufnahmen/ravel-l-aurore-1040700.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054075v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario d'Angelo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kaltenecker" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04045588v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carus-verlag.com/fr/partitions-et-enregistrements/georges-bizet-te-deum-2718700.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03012612v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03012672v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179830v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017918v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253215v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/product/the-oxford-handbook-of-musical-variation-9780197645352?cc=us&amp;amp;lang=en#" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780197645352.013.0004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361398v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.simpk.de/forschung/publikationen/geschichte-der-musiktheorie.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01541916v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487786v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408088v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018445v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31751/1039" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018015v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030041v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973015v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018021v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973023v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973030v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018023v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107721v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Giraud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.33.567-586" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196824v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363015v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363019v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517509v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lev&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Do&#233; de Maindreville" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01553702v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01553069v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01552804v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01552797v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057017v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mercier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Thorez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621433v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621414v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363002v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273816v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362899v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362872v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715851v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03017994v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01543546v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018018v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818451v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-rigaudiere" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9996-7101" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/073431907" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000096439544" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252078v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rigaudi&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carus-verlag.com/fr/partitions-et-enregistrements/maurice-ravel-matinee-de-provence-1040600.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04683771v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://symetrie.com/fr/titres/les-theories-de-l-harmonie-et-de-la-tonalite-en-france-au-xixe-siecle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761844v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carus-verlag.com/musiknoten-und-aufnahmen/ravel-l-aurore-1040700.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054075v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario d'Angelo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kaltenecker" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04045588v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carus-verlag.com/fr/partitions-et-enregistrements/georges-bizet-te-deum-2718700.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03012612v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03012672v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179830v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017918v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253215v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/product/the-oxford-handbook-of-musical-variation-9780197645352?cc=us&amp;amp;lang=en#" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780197645352.013.0004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361398v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.simpk.de/forschung/publikationen/geschichte-der-musiktheorie.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01541916v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487786v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/musur.243.0071" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408088v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018445v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31751/1039" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030041v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018015v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973015v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018021v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973023v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973030v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018023v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107721v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Giraud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.33.567-586" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196824v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363015v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363019v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517509v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lev&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Do&#233; de Maindreville" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01553702v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01553069v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01552804v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01552797v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057017v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mercier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Thorez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621433v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621414v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363002v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273816v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362899v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362872v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548004v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/musur.243.0105" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715851v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01543546v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018018v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03017994v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818451v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>