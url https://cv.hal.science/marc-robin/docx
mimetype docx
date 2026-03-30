--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -100,559 +100,559 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring bacterial contamination of West African surface waters using Earth observation data and machine learning methods</w:t>
+                <w:t xml:space="preserve">Communicating the risk of erosion: the effects of map-based communication on risk perception and affect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc-Antoine Mant</w:t>
+                <w:t xml:space="preserve">Aude Naud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Robert</w:t>
+                <w:t xml:space="preserve">Oscar Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hedwige Nikiema</w:t>
+                <w:t xml:space="preserve">Manon Chotard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moussa Boubacar-Moussa</w:t>
+                <w:t xml:space="preserve">Martin Juigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amadou Abdourhamane-Toure</w:t>
+                <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 22, pp.100678. </w:t>
+              <w:t xml:space="preserve">Climate Risk Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 50, pp.100738. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envadv.2025.100678⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crm.2025.100738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05392839v1</w:t>
+                <w:t xml:space="preserve">hal-05222791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communicating the risk of erosion: the effects of map-based communication on risk perception and affect</w:t>
+                <w:t xml:space="preserve">Monitoring bacterial contamination of West African surface waters using Earth observation data and machine learning methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Naud</w:t>
+                <w:t xml:space="preserve">Marc-Antoine Mant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar Navarro</w:t>
+                <w:t xml:space="preserve">Elodie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Chotard</w:t>
+                <w:t xml:space="preserve">Hedwige Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Juigner</w:t>
+                <w:t xml:space="preserve">Moussa Boubacar Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Robin</w:t>
+                <w:t xml:space="preserve">Amadou Abdourhamane-Toure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Risk Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 50, pp.100738. </w:t>
+              <w:t xml:space="preserve">Environmental Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22, pp.100678. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crm.2025.100738⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envadv.2025.100678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05222791v1</w:t>
+                <w:t xml:space="preserve">hal-05392839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution à la modélisation hydrosédimentaire des événements extrêmes de type Céline le long du littoral de Noirmoutier</w:t>
+                <w:t xml:space="preserve">Management of Coastline Variability in an Endangered Island Environment: The Case of Noirmoutier Island (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imane Meziane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fattal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oualid Rahmani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Paralia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5150/jngcgc.2024.039⟩</w:t>
+              <w:t xml:space="preserve">Anthropocene Coasts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (3), pp.482-507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/coasts4030025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05303669v1</w:t>
+                <w:t xml:space="preserve">hal-05303644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management of Coastline Variability in an Endangered Island Environment: The Case of Noirmoutier Island (France)</w:t>
+                <w:t xml:space="preserve">Contribution à la modélisation hydrosédimentaire des événements extrêmes de type Céline le long du littoral de Noirmoutier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imane Meziane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fattal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oualid Rahmani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropocene Coasts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 4 (3), pp.482-507. </w:t>
+              <w:t xml:space="preserve">Revue Paralia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.373-380. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/coasts4030025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5150/jngcgc.2024.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05303644v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05303669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remote Sensing for Mapping Natura 2000 Habitats in the Brière Marshes: Setting Up a Long-Term Monitoring Strategy to Understand Changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lafitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Launeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -712,90 +712,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la relocalisation à la recomposition territoriale : adapter l’approche aux risques côtiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Chotard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Navarro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Les risques littoraux, 98 (3/4), pp.566-588. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -868,51 +868,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (2), pp.151. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -959,51 +959,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of Sentinel-2 satellite images for habitat mapping of the Natura 2000 site ‘Estuaire de la Loire’ (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Le Dez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Launeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1044,693 +1044,693 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03619959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the vulnerability of sandy coasts to erosion (short and medium term) for coastal risk mapping (Vendée, W France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mapping and Quantification of the Dwarf Eelgrass Zostera noltei Using a Random Forest Algorithm on a SPOT 7 Satellite Image</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Audère</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Salma Benmokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hocein Bazairi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2020.105452⟩</w:t>
+              <w:t xml:space="preserve">ISPRS International Journal of Geo-Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijgi10050313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03113531v1</w:t>
+                <w:t xml:space="preserve">hal-03550780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolutions paysagères et occupations humaines passées du Marais poitevin occidental durant la fin de l’Holocène</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Dieulefet</w:t>
+                <w:t xml:space="preserve">Determinant factors of protective behaviors regarding erosion and coastal flooding risk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Large</w:t>
+                <w:t xml:space="preserve">Constance Mambet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Barbaras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/geomorphologie.16139⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61, pp.102378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2021.102378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03507163v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03545387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal Sand Dunes Monitoring by Low Vegetation Cover Classification and Digital Elevation Model Improvement Using Synchronized Hyperspectral and Full-Waveform LiDAR Remote Sensing</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Assessment of the vulnerability of sandy coasts to erosion (short and medium term) for coastal risk mapping (Vendée, W France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Audère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13, </w:t>
+              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 201, pp.105452. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs13010029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2020.105452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03120259v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03113531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determinant factors of protective behaviors regarding erosion and coastal flooding risk</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coastal Sand Dunes Monitoring by Low Vegetation Cover Classification and Digital Elevation Model Improvement Using Synchronized Hyperspectral and Full-Waveform LiDAR Remote Sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constance Mambet</w:t>
+                <w:t xml:space="preserve">Giovanni Frati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Launeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Barbaras</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marc Robin</w:t>
+                <w:t xml:space="preserve">Manuel Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Juigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 61, pp.102378. </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2021.102378⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs13010029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03545387v1</w:t>
+                <w:t xml:space="preserve">hal-03120259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping and Quantification of the Dwarf Eelgrass Zostera noltei Using a Random Forest Algorithm on a SPOT 7 Satellite Image</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évolutions paysagères et occupations humaines passées du Marais poitevin occidental durant la fin de l’Holocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salma Benmokhtar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Robin</w:t>
+                <w:t xml:space="preserve">Gaëlle Dieulefet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hocein Bazairi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Marc Large</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS International Journal of Geo-Information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10, </w:t>
+              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (4), pp.263-278. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijgi10050313⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/geomorphologie.16139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03550780v1</w:t>
+                <w:t xml:space="preserve">hal-03507163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un nouvel indicateur de prédisposition au risque d’érosion côtière, application en Manche et en Vendée (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Juigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Audère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fattal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1794,51 +1794,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into OCP Identification and Quantification in the Context of Apatite Biomineralization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislaw von Euw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1941,64 +1941,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full-waveform LIDAR fast analysis of a moderately turbid bay in Western France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Launeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2039,334 +2039,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02319241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlating three centuries of historical and geological data for the marine deposit reconstruction of two depositional environments of the French Atlantic coast</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mapping the Mangrove Forest Canopy Using Spectral Unmixing of Very High Spatial Resolution Satellite Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Athimon</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Florent Taureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Proisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fromard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.margeo.2018.10.014⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (3), pp.367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs11030367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01920313v1</w:t>
+                <w:t xml:space="preserve">hal-02102451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping the Mangrove Forest Canopy Using Spectral Unmixing of Very High Spatial Resolution Satellite Images</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Correlating three centuries of historical and geological data for the marine deposit reconstruction of two depositional environments of the French Atlantic coast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Athimon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 11 (3), pp.367. </w:t>
+              <w:t xml:space="preserve">Marine Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 407, pp.181-191. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs11030367⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.margeo.2018.10.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02102451v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01920313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring and management of coastal hazards: creation of a regional observatory of coastal erosion and storm surges in the Pays de la Loire region (Atlantic coast, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riwan Kerguillec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Audère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2443,77 +2443,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing Surface Changes between Shorelines from 1950 to 2011: The case of a 169-km Sandy Coast, Pays de la Loire (W France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Juigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Audère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Coastal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Special Issue 88 - Coastal Evolution under Climate Change along the Tropical Overseas and Temperate Metropolitan France, pp. 122 - 134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2541,157 +2541,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02328453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedimentological and dendrochronological indicators of coastal storm risk in western France</w:t>
+                <w:t xml:space="preserve">Chronology of Holocene storm events along the European Atlantic coast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Robin</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armelle Decaulne</w:t>
+                <w:t xml:space="preserve">Natalia Piotrowska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Gruchet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 90, pp.401-415. </w:t>
+              <w:t xml:space="preserve">Progress in Physical Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 42 (4), pp.431-450. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2018.03.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0309133318776500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01738668v1</w:t>
+                <w:t xml:space="preserve">hal-01811916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Worldwide increase in Artificial Light At Night around protected areas and within biodiversity hotspots</w:t>
               </w:r>
@@ -2703,64 +2707,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Guetté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Juigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 223, pp.97-103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2800,243 +2804,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronology of Holocene storm events along the European Atlantic coast</w:t>
+                <w:t xml:space="preserve">Sedimentological and dendrochronological indicators of coastal storm risk in western France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Decaulne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Gruchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Physical Geography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 42 (4), pp.431-450. </w:t>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 90, pp.401-415. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0309133318776500⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2018.03.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01811916v1</w:t>
+                <w:t xml:space="preserve">hal-01738668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full-Waveform LiDAR Pixel Analysis for Low-Growing Vegetation Mapping of Coastal Foredunes in Western France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Launeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Moussaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10 (5), pp.669. </w:t>
@@ -3100,51 +3100,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Guetté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Geography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 92, pp.41-49. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3229,51 +3229,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Carruthers-Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3307,64 +3307,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A generic index to assess the building exposure to shoreline retreat using box segmentation: Case study of the Pays de la Loire sandy coast (west of France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Juigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Debaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3430,307 +3430,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01677917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyperspectral Remote Sensing Of Wild Oyster Reefs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Involvement of 3D osteoblast migration and bone apatite during in vitro early osteocytogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Le Bris</w:t>
+                <w:t xml:space="preserve">Claudia Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Rosa</w:t>
+                <w:t xml:space="preserve">Thierry Azaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid Lerouxel</w:t>
+                <w:t xml:space="preserve">Bernard Haye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Cognie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gernez</w:t>
+                <w:t xml:space="preserve">Corinne Illoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecss.2016.01.039⟩</w:t>
+              <w:t xml:space="preserve">BONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 88, pp.146-156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bone.2016.04.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01270305v1</w:t>
+                <w:t xml:space="preserve">hal-01313068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of 3D osteoblast migration and bone apatite during in vitro early osteocytogenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Robin</w:t>
+                <w:t xml:space="preserve">Hyperspectral Remote Sensing Of Wild Oyster Reefs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Almeida</w:t>
+                <w:t xml:space="preserve">Astrid Lerouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Azaïs</w:t>
+                <w:t xml:space="preserve">Bruno Cognie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Haye</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Corinne Illoul</w:t>
+                <w:t xml:space="preserve">Pierre Gernez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2016.01.039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bone.2016.04.031⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01313068v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01270305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport du LiDAR dans le géoréférencement d'images hyperspectrales en vue d'un couplage LiDAR/Hyperspectral</w:t>
               </w:r>
@@ -3742,51 +3742,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Launeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Moussaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3984,51 +3984,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The threat of midge-borne equine disease: investigation of Culicoides species on UK equine premises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debbie Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4127,51 +4127,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinématique d’un trait de côte sableux en Vendée entre 1920 et 2010 – Méthode et Analyse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Juignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4373,64 +4373,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinématique d’un trait de côte sableux en Vendée entre 1920 et 2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Juigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fattal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4498,77 +4498,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal spectral variation of Zostera noltii and its influence on pigment-based Vegetation Indices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vona Méléder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Le Menn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4638,682 +4638,682 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00935334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral response of the seagrass Zostera noltii with different sediment backgrounds</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A new GIS modelling of coastal dune protection services against physical coastal hazards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Debaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Barillé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aquabot.2011.12.009⟩</w:t>
+              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.Ocean &amp; Coastal Management 63 (2012) 43-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2012.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00666774v1</w:t>
+                <w:t xml:space="preserve">hal-01104806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal and spatial distribution of faecal bacteria in the Oualidia lagoon (Morocco)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna Hennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadija Cheddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Assobhei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polish Journal of Environmental studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 21 (3), pp.11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00684497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new GIS modelling of coastal dune protection services against physical coastal hazards</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Spectral response of the seagrass Zostera noltii with different sediment backgrounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaëlle Bargain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Le Menn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Huete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Barillé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, pp.Ocean &amp; Coastal Management 63 (2012) 43-54. </w:t>
+              <w:t xml:space="preserve">Aquatic Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2012.03.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aquabot.2011.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01104806v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00666774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Source Contributions to Heavy Metal Fluxes into the Loukous Estuary (Moroccan Atlantic Coast)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Wafaa Hamid</w:t>
+                <w:t xml:space="preserve">Cinématique d’un trait de côte sableux en Vendée entre 1920 et 2010. Méthode et analyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Juigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fattal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sayouty El Hassan</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Debaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, L'homme et la dynamique littorale : maîtrise ou adaptation ?, 30, pp.29-39</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00668598v1</w:t>
+                <w:t xml:space="preserve">hal-01108519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cinématique d’un trait de côte sableux en Vendée entre 1920 et 2010. Méthode et analyse</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Source Contributions to Heavy Metal Fluxes into the Loukous Estuary (Moroccan Atlantic Coast)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanaa Kalloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Hamid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Françoise Debaine</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sayouty El Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 28 (1), pp.174 - 183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2112/JCOASTRES-D-09-00142.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01108519v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remote sensing of vegetation cover change in islands of the Kerguelen archipelago</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5424,51 +5424,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Le Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Durieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Strasberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5500,557 +5500,557 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01109187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets des tempêtes sur une plage aménagée et à forte protection côtière : la plage des Éloux (côte de Noirmoutier, Vendée, France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Modeling of Escherichia Coli fluxes on a catchment and the impact on coastal water and shellfish quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Bougeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Le Saux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Perenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Baffaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of the American Water Resources Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, JAWRA-09-0162-P, pp.JAWRA-09-0162-P</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00534197v1</w:t>
+                <w:t xml:space="preserve">hal-00666766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of Escherichia Coli fluxes on a catchment and the impact on coastal water and shellfish quality</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Morgane Bougeard</w:t>
+                <w:t xml:space="preserve">Effets des tempêtes sur une plage aménagée et à forte protection côtière : la plage des Éloux (côte de Noirmoutier, Vendée, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fattal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Le Saux</w:t>
+                <w:t xml:space="preserve">Martin Paillart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Perenne</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marc Robin</w:t>
+                <w:t xml:space="preserve">D. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Water Resources Association</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2 (215), pp.101-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/norois.3289⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00666766v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00534197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal fluxes to the sediments of the Moulay Bousselham lagoon, Morocco.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bilan sédimentaire de la tempête du 10 mars 2008 sur un secteur protégé mais en érosion à Noirmoutier (Vendée, France) : le cas de la dune et de la plage des Éloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fattal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Paillart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asmae Mhamdi Alaoui</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marc Robin</w:t>
+                <w:t xml:space="preserve">Christine Lamberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Earth Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.101-114</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00668623v1</w:t>
+                <w:t xml:space="preserve">hal-00668749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan sédimentaire de la tempête du 10 mars 2008 sur un secteur protégé mais en érosion à Noirmoutier (Vendée, France) : le cas de la dune et de la plage des Éloux</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Metal fluxes to the sediments of the Moulay Bousselham lagoon, Morocco.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmae Mhamdi Alaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Choura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bendahhou Zourarah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christine Lamberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 61 (2), pp.275-286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12665-009-0341-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00668749v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un réseau participatif interrégional : &amp;quot;Observer et s'adapter aux changements climatiques en forêt méditerranéenne&amp;quot;</w:t>
               </w:r>
@@ -6099,51 +6099,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03556069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal system vulnerability to oil spills pollution: Noirmoutier Island.</w:t>
+                <w:t xml:space="preserve">Coastal Vulnerability to Oil Spill Pollution: the Case of Noirmoutier Island (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fattal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
@@ -6157,5777 +6157,5531 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion Tillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rollo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Coastal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 6 (n°5), pp. 879-887</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 26 (5), pp.879-887. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2112/08-1159.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00424456v1</w:t>
+                <w:t xml:space="preserve">hal-00668597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal Vulnerability to Oil Spill Pollution: the Case of Noirmoutier Island (France)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Cartographie de la mangrove du delta de la Mahajamba (nord-ouest de Madagascar) par classification d'une image Spot selon une approche orientée objet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Renoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Debaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dabe Rakotonavalona Hobialisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lamberts</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Teledetection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 9 (3-4), pp.195-208</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2112/08-1159.1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00668597v1</w:t>
+                <w:t xml:space="preserve">hal-00667505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie de la mangrove du delta de la Mahajamba (nord-ouest de Madagascar) par classification d'une image Spot selon une approche orientée objet</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Relevance of watershed modelling to assess the contamination of coastal waters due to land-based sources and activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christine Lamberts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teledetection</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, article in press. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2009.10.025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00667505v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00430796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of watershed modelling to assess the contamination of coastal waters due to land-based sources and activities</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Increase in seagrass distribution at Bourgneuf Bay (France) detected by spatial remote sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Barillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Harin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaëlle Bargain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Launeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecss.2009.10.025⟩</w:t>
+              <w:t xml:space="preserve">Aquatic Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 92 (90), pp.185-194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquabot.2009.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00430796v1</w:t>
+                <w:t xml:space="preserve">hal-00666716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increase in seagrass distribution at Bourgneuf Bay (France) detected by spatial remote sensing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Heavy metal and polycyclic aromatic hydrocarbons in Ebrié lagoon sediments, Côte d'Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kouadio Affian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Degbehi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Valère Djagoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aquabot.2009.11.006⟩</w:t>
+              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 159, pp.531-541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10661-008-0649-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00666716v1</w:t>
+                <w:t xml:space="preserve">hal-00668596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heavy metal and polycyclic aromatic hydrocarbons in Ebrié lagoon sediments, Côte d'Ivoire</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Mise en œuvre du modèle agro-hydrologique SWAT sur la partie amont du bassin versant du Loc'h : vers une modélisation des transferts de nutriments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Levesque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1, pp.17-26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00668596v1</w:t>
+                <w:t xml:space="preserve">hal-00430934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en œuvre du modèle agro-hydrologique SWAT sur la partie amont du bassin versant du Loc'h : vers une modélisation des transferts de nutriments</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Sedimentary records of anthropogenic contribution to heavy metal content in Oum Er Bia estuary (Morocco)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Zourarah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Carruesco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10311-008-0138-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00430934v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00292201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedimentary records of anthropogenic contribution to heavy metal content in Oum Er Bia estuary (Morocco)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Approche spatialisée de la vulnérabilité côtière face aux pollutions par hydrocarbure : application à un cas d'étude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fattal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Carruesco</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Chemistry Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, n°1, pp. 54-69</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00292201v1</w:t>
+                <w:t xml:space="preserve">hal-00282144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche spatialisée de la vulnérabilité côtière face aux pollutions par hydrocarbure : application à un cas d'étude</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Représenter l'espace pour structurer le temps : approche des dynamiques de changements forestiers dans le sud-est de la Côte d'Ivoire par télédétection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Oszwald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Kouacou Atta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Kergomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, n°1, pp. 54-69</w:t>
+              <w:t xml:space="preserve">Teledetection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Volume 7 (1-2-3-4), pp.271-282</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00282144v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00437064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représenter l'espace pour structurer le temps : approche des dynamiques de changements forestiers dans le sud-est de la Côte d'Ivoire par télédétection</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Bibliographie - &amp;quot;Marais et estuaires du littoral français&amp;quot; de Fernand Verger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teledetection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Volume 7 (1-2-3-4), pp.271-282</w:t>
+              <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 53 (53), pp.150-151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00437064v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01214844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bibliographie - &amp;quot;Marais et estuaires du littoral français&amp;quot; de Fernand Verger</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Contraintes d'utilisation des Technologies de l'Information Géographique pour la GIZC en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Georis-Creuseveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Pennober</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Simao da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 53 (53), pp.150-151</w:t>
+              <w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 7 (3), pp.1-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01214844v1</w:t>
+                <w:t xml:space="preserve">hal-00193620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contraintes d'utilisation des Technologies de l'Information Géographique pour la GIZC en Afrique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
+                <w:t xml:space="preserve">La télédétection et les SIG dans les espaces côtiers : éléments de synthèse à travers le parcours de François Cuq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 7 (3), pp.1-14</w:t>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 196-2005/3, pp.11-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00193620v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00071035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La télédétection et les SIG dans les espaces côtiers : éléments de synthèse à travers le parcours de François Cuq</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Évolution de l'occupation du sol à la périphérie du Parc National de Taï (Côte d'Ivoire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Corgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Françoise Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 196-2005/3, pp.11-21</w:t>
+              <w:t xml:space="preserve">Photo-Interprétation. European Journal of Applied Remote Sensing (PIEJARS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 38, pp. 40-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00071035v1</w:t>
+                <w:t xml:space="preserve">halshs-00327570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution de l'occupation du sol à la périphérie du Parc National de Taï (Côte d'Ivoire)</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ayn Manawîr (oasis de Kharga). Deuxième rapport préliminaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Wuttmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala N. Barakat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photo-Interprétation. European Journal of Applied Remote Sensing (PIEJARS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 38, pp. 40-48</w:t>
+              <w:t xml:space="preserve">Bulletin de l'Institut Français d'Archéologie Orientale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00327570v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'île d'Yeu, un espace convoité : développement et aménagement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">M@ppemonde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 1-1997, pp.18-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00006901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (37)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (35)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal modeling of surface water bacteriological quality in West Africa using remote sensing and machine learning methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Antoine Mant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuela Grippa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Kergoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Perez Saez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Vienne (Austria), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05098851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal modeling of surface water bacteriological quality and diarrheal diseases in West Africa using remote sensing and machine learning methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Antoine Mant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Dayangnéwendé Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuela Grippa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Kergoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESA Living Planet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05236548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remote sensing for mapping Natura 2000 habitats in the Brière marshes (France, Loire-Atlantique) : setting up a long-term monitoring strategy to understand changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lafitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Vienne (Autriche), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04689282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essai de reconstitution de la courbe d'élévation du niveau de la mer en région Pays de la Loire : Évolution du paysage et mobilité humaine littorale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Dieulefet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Large</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Geographic Union (UGI) 2022, session Géographie Environnementale Et Changements Globaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France. pp.A103910PP</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03727989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La relocalisation d’enjeux en zone côtière : de l’état de l’art à une définition adaptée aux risques côtiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Chotard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riwan Kerguillec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Navarro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les risques littoraux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des Géographes Français, Mar 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05201246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining tree-ring growth disturbances, meteorological reanalysis and historical documents to assess recent violent windy storms in Western France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Decaulne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRACE 2019 – Tree-rings in Archaeology, Climatology and Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Caserta, Italy. pp.84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02147838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A dendrochronological proxy to document recent violent windy storms in Western France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Decaulne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coastal Hazards In Africa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Tetouan, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01890234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring des forêts de mangrove exploitées à Madagascar versus gestion des ressources halieutiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bemana Njara José Ranaivoson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Pennober</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Valade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mangroves 2017 « Les mangroves des îles de l’Océan Indien occidental : dynamiques, pressions, gestions »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Mahajanga, Madagascar</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01693240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent marine deposits reconstruction of two depositional environments of the French Atlantic coast</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Suivi du trait de côte sur le littoral vendéen (Pays de Monts - France), de l'intérêt de l'observation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fattal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Juigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Le Mauff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly 2017 (EGU 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. pp.EGU2017-14341</w:t>
+              <w:t xml:space="preserve">VIIIth International Scientific and Practical Conference: Ecological problems, a look into the future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Taganrog, Russie. pp.441-446</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01518290v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remote sensing of wild oyster reefs (crassostrea gigas) in a shellfish ecosystem</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recent marine deposits reconstruction of two depositional environments of the French Atlantic coast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Athimon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Europe (14) Adding Value</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Aquaculture Society, Oct 2014, Donastian-San Sebastien, Spain</w:t>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2017 (EGU 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. pp.EGU2017-14341</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01109222v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01518290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence du changement climatique sur l'expansion d'espèces végétales invasives dans l'archipel de Kerguelen</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Un SIG pour appuyer la gestion durable du littoral : exemple de l’érosion en Pays de Monts (Vendée, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Guern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fattal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Conil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de lancement du GdR "Invasions Biologiques"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">XIIIèmes Journées Nationales Génie Côtier – Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Français du Littoral, Jul 2014, Dunkerque, France. pp.817-824</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01110691v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un SIG pour appuyer la gestion durable du littoral : exemple de l’érosion en Pays de Monts (Vendée, France)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Conil</w:t>
+                <w:t xml:space="preserve">Remote sensing of wild oyster reefs (crassostrea gigas) in a shellfish ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismaïl Benyoucef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cognie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gernez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIIèmes Journées Nationales Génie Côtier – Génie Civil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Français du Littoral, Jul 2014, Dunkerque, France. pp.817-824</w:t>
+              <w:t xml:space="preserve">Aquaculture Europe (14) Adding Value</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Aquaculture Society, Oct 2014, Donastian-San Sebastien, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02172407v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01109222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A one dimensional (1-D) numerical modelling of pesticide transfer through the wetland drainage channels of Breton-Vendéen marsh (west coast of France)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Influence du changement climatique sur l'expansion d'espèces végétales invasives dans l'archipel de Kerguelen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stephan Gaillard</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Pisanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lebouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXth TELEMAC-MASCARET User Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Oxford, United Kingdom</w:t>
+              <w:t xml:space="preserve">Colloque de lancement du GdR "Invasions Biologiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01109259v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01110691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-series spatial variation in intertidal seagrass detected by remote sensing</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A one dimensional (1-D) numerical modelling of pesticide transfer through the wetland drainage channels of Breton-Vendéen marsh (west coast of France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Gille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. El Kadi Abderrezzak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Godet</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Gaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50th ECSA Conference: Today's Science for Tomorrow's Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Venise, Italy</w:t>
+              <w:t xml:space="preserve">XIXth TELEMAC-MASCARET User Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00840241v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01109259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal sediment budget and shoreline changes for the Noirmoutier island (France)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Time-series spatial variation in intertidal seagrass detected by remote sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Barillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaëlle Bargain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul Fattal</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Launeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Godet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2011, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">50th ECSA Conference: Today's Science for Tomorrow's Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00668767v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00840241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Gerrico project : modelling to support Integrated Coastal Zone Management</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coastal sediment budget and shoreline changes for the Noirmoutier island (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Baltzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fattal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Annuelle du Conseil International pour l'Exploitation de la Mer (CIEM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Nantes, France. pp.10</w:t>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00700645v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Land use and environmental quality in two Moroccan lagoons</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Gerrico project : modelling to support Integrated Coastal Zone Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Barillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Dussauze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Gille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoist Hitier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Land use and environmental quality in two Moroccan lagoons</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Galway, Ireland. pp.140-141</w:t>
+              <w:t xml:space="preserve">Conférence Annuelle du Conseil International pour l'Exploitation de la Mer (CIEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Nantes, France. pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00668771v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00700645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des bassins versants</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Land use and environmental quality in two Moroccan lagoons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée Générale GERRICO (Gestion Globale des Ressources Marines et des Risques dans les Espaces Côtiers) : journée de restitution finale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, France</w:t>
+              <w:t xml:space="preserve">Land use and environmental quality in two Moroccan lagoons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Galway, Ireland. pp.140-141</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00701022v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des apports des bassins versants en baie de Bourgneuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Gille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Hitier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Oger-Jeanneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thème 2 : Dynamique sédimentaire et transports de particules / Sediment dynamics and sediment transport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, France. pp.275 - 282</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00701011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MODELISATION DU DEROULEMENT D'ACTIVITES CONCHYLICOLES EN ZONE COTIERE PAR COUPLAGE SIG/SMA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion Tillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Tissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Rouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Trouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MASHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Toulouse, France. pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00419404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la terre à la mer : la contribution des bassins versants à la qualité des eaux côtières</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Quelle contribution à la connaissance et à la gestion intégrée de la zone côtière ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Festival International de Géographie (poster)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, France</w:t>
+              <w:t xml:space="preserve">Festival International de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Saint Dié des Vosges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00701061v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00424880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle contribution à la connaissance et à la gestion intégrée de la zone côtière ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Modelling approaches on coastal lagoon. LOICZ First Cross-cutting Workshop on Coastal Lagoons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Françoise Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Festival International de Géographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Saint Dié des Vosges, France</w:t>
+              <w:t xml:space="preserve">Modelling approaches on coastal lagoon. LOICZ First Cross-cutting Workshop on Coastal Lagoons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00424880v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling approaches on coastal lagoon. LOICZ First Cross-cutting Workshop on Coastal Lagoons</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modélisation de la turbidité en Baie de Bourgneuf (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Dussauze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Barillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoist Hitier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Oger-Jeanneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modelling approaches on coastal lagoon. LOICZ First Cross-cutting Workshop on Coastal Lagoons</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Rabat, Morocco</w:t>
+              <w:t xml:space="preserve">Modélisation de la turbidité en Baie de Bourgneuf (France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Hammamet, Tunisie. http://www.paralia.fr</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00668774v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00666797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la turbidité en Baie de Bourgneuf (France)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hélène Oger-Jeanneret</w:t>
+                <w:t xml:space="preserve">Geomorphological response of the Noirmoutier Island to sea-level rise and anthropic impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Paillart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fattal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modélisation de la turbidité en Baie de Bourgneuf (France)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Hammamet, Tunisie. http://www.paralia.fr</w:t>
+              <w:t xml:space="preserve">EMECS 8 - International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Shangai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00666797v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00692590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation des transferts de polluants des bassins versants vers les eaux côtières: intérêt des modèles pour la GIZC</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Suivi et analyse de l'évolution de la mangrove de Mahajamba (nord-ouest de Madagascar)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Renoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">K. Sanaa</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Debaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaires de l'UMR 6554 LETG : géomatique et GIZC, Institut Universitaire Européen de la Mer (Brest)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, France</w:t>
+              <w:t xml:space="preserve">Suivi et analyse de l'évolution de la mangrove de Mahajamba (nord-ouest de Madagascar)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Lille, France. pp.Thème 4 - Séance 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00701036v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00282248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geomorphological response of the Noirmoutier Island to sea-level rise and anthropic impact</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Sediment characterization in Bourgneuf Bay intertidal zone using hyperspectral remote sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Verpoorter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Carrere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMECS 8 - International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Shangai, China</w:t>
+              <w:t xml:space="preserve">INTERCOH'07</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00692590v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00199247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi et analyse de l'évolution de la mangrove de Mahajamba (nord-ouest de Madagascar)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Retrieval of physical properties of mudflat sediments from hyperspectral data using the Modified Gaussian Model and spectral curve fitting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Verpoorter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Carrere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Lille, France. pp.Thème 4 - Séance 1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Apr 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00282248v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00136493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mangroves du nord-ouest de Madagascar : dynamique et usages. L'exemple de Mahajamba</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Apports de la géomatique à la connaissance et à la gestion des zones côtières.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Tissot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Festival International de Géographie de St-Dié-des-Vosges " La planète en mal d'énergies "</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, SAINT-DIE-LES-VOSGES, France</w:t>
+              <w:t xml:space="preserve">Workshop international "Gestion Intégrée de la Zone Côtière" (GIZC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, Alger, Algérie. pp.7-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00667524v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00163023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sediment characterization in Bourgneuf Bay intertidal zone using hyperspectral remote sensing</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Les mangroves du nord-ouest de Madagascar : dynamique et usages. L'exemple de Mahajamba</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Renoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Debaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lamberts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERCOH'07</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Brest, France</w:t>
+              <w:t xml:space="preserve">Festival International de Géographie de St-Dié-des-Vosges " La planète en mal d'énergies "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, SAINT-DIE-LES-VOSGES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00199247v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00667524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apports de la géomatique à la connaissance et à la gestion des zones côtières.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Retrieval of physical properties of mudflat sediments from hyperspectral data using the Modified Gaussian Model and spectral curve fitting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Verpoorter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Carrere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Tissot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop international "Gestion Intégrée de la Zone Côtière" (GIZC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2006, Alger, Algérie. pp.7-16</w:t>
+              <w:t xml:space="preserve">Atelier PNTS “Télédétection Hyperspectrale”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00163023v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00199254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrieval of physical properties of mudflat sediments from hyperspectral data using the Modified Gaussian Model and spectral curve fitting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mapping physical properties of mudflat sediments using hyperspectral DAIS 7915 and ROSIS airborne spectrometer data, Bourgneuf Bay (South West France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Verpoorter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Verpoorter</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">V. Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-              <w:t xml:space="preserve">Apr 2007</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00136493v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00199245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrieval of physical properties of mudflat sediments from hyperspectral data using the Modified Gaussian Model and spectral curve fitting</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Mise en évidence de l'envasement d'une baie par modélisation hydrosédimentaire : cas de la baie de Bourgneuf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Larroudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier PNTS “Télédétection Hyperspectrale”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2007, Nantes, France</w:t>
+              <w:t xml:space="preserve">Mise en évidence de l'envasement d'une baie par modélisation hydrosédimentaire : cas de la baie de Bourgneuf</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Caen, France. pp.358</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00199254v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping physical properties of mudflat sediments using hyperspectral DAIS 7915 and ROSIS airborne spectrometer data, Bourgneuf Bay (South West France)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Apports des systèmes d'information géographique (SIG) à la connaissance et à la gestion de l'environnement côtier d'Afrique de l'Ouest : exemples choisis en Mauritanie, Guinée-Bissau et Côte d'Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Pennober</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Georis-Creuseveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">Symposium international Ecosystème côtier d'Afrique de l'Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Bruxelles, Belgique. pp.133-145</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00199245v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00071158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en évidence de l'envasement d'une baie par modélisation hydrosédimentaire : cas de la baie de Bourgneuf</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Contribution à la mise au point d'outils d'aide à la décision dans le processus de gestion intégrée de la zone côtière : présentation de quelques propositions de démarche et de réalisation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Brigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Cotonnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fattal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mise en évidence de l'envasement d'une baie par modélisation hydrosédimentaire : cas de la baie de Bourgneuf</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Caen, France. pp.358</w:t>
+              <w:t xml:space="preserve">Prospective du littoral, prospectives pour le littoral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, France. à paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00668769v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00071018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apports des systèmes d'information géographique (SIG) à la connaissance et à la gestion de l'environnement côtier d'Afrique de l'Ouest : exemples choisis en Mauritanie, Guinée-Bissau et Côte d'Ivoire</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Enzyme-linked immunosorbent assay for the selection and certification of pathogen-tested Pelargonium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Helene Balesdent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Albouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Narcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...262 lines deleted...]
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Tronchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1988, Tenerife, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02782739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11937,375 +11691,375 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires évolutives d’un marais anthropisé (Brière, 44 ) : dynamique des boisements spontanés de 1950 à 2023, origines et conséquences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lafitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Debaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Launeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecoveg 17</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04689312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of coastal extreme events during the last millennium in the French Atlantic coast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2019 (EGU 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienne, Austria. EGU General Assembly 2019, Vol. 21, pp.EGU2019-5856, Geophysical Research Abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02147799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining satellite datasets to track changes in the vegetation of Kerguelen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Fourcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lebouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCAR-IASC Open Science Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02489715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Couplage d'archives sédimentologiques et historiques pour étudier 150 années d'évènement extrêmes dans la lagune de la Petite mer des Gâvres, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12314,456 +12068,456 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Athimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coastal Hazards In Africa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Tetouan, Maroc. , </w:t>
             </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.17764.83848/1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01890230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Couplage sédimentologique et historique pour l’étude de paléoévènements extrêmes aux Traicts du Croisic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Athimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques de l’Université de Nantes - L’observation du littoral au service des politiques publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02864950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of the late-Holocene storm events along the European Atlantic coasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Piotrowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Baltzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2017 (EGU 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. 19, pp.EGU2017-14502, 2017, Geophysical Research Abstracts. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.20868.12162/2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01518281v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de la vegetation des îles Kerguelen et changement climatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Fourcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lebouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Theia : “Géoinformation pour les surfaces continentales au service de la Recherche et des Politiques Publiques”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02489679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12773,2332 +12527,2899 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sediment Fluxes in Coastal Areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maanan, Mohamed, Robin, Marc (Eds.). </w:t>
             </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 10, pp.227, 2014, Coastal Research Library, Charles W. Finkl, 978-94-017-9259-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01108182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geomatic Solutions for Coastal Environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nova Science Pub Inc, pp.371, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00668602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SIG et littoral. Traité IGAT (Information Géographique et Aménagement du Territoire)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hermès, pp.328, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00071087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt de la télédétection pour la connaissance et la conservation de la biodiversité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Données sédimentologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Baltzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Daburon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Galiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Galiana C., Moreira S., Robin M. (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour une géographie de la conservation. Biodiversités, natures et sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.243-262, 2015, 978-2-343-06972-2</w:t>
+              <w:t xml:space="preserve">Dynamiques et évolution du littoral : synthèse des connaissances de la pointe de Chémoulin à la pointe de Suzac</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cerema Editions, pp.149-186, 2019, 9782371806313</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01273760v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tidal Inlet Dynamics and Relocation in Response to Artificial Breaching</w:t>
-[...76 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intérêt de la télédétection pour la connaissance et la conservation de la biodiversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sediment fluxes in coastal areas</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.167-189, 2014, 978-94-017-9259-2</w:t>
+              <w:t xml:space="preserve">Pour une géographie de la conservation. Biodiversités, natures et sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.243-262, 2015, 978-2-343-06972-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01109252v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01273760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Coastal Water Contamination Due to Land-Based Sources Coupling Watershed and Hydrodynamic Modelling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hélène Oger-Jeanneret</w:t>
+                <w:t xml:space="preserve">Tidal Inlet Dynamics and Relocation in Response to Artificial Breaching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bendahou Zourarah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Dumas</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">M. Maanan &amp; M. Robin. </w:t>
+                <w:t xml:space="preserve">César Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Freitas Conceiçao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmae Mhamdi Alaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Springer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomatic Solutions for Coastal Environments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nova Science Pub Inc, pp.251-273, 2010</w:t>
+              <w:t xml:space="preserve">Sediment fluxes in coastal areas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.167-189, 2014, 978-94-017-9259-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01158251v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01109252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A GIS analysis for heavy metal assessment of sediment in coastal lagoon</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Assessment of Coastal Water Contamination Due to Land-Based Sources Coupling Watershed and Hydrodynamic Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Mohamed Maanan and Marc Robin. </w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Oger-Jeanneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maanan M., Robin M. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomatic Solutions For Coastal Environments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nova Science Publishers, Inc., pp.311-326, 2010</w:t>
+              <w:t xml:space="preserve">Geomatic Solutions for Coastal Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nova Science Publishers, pp.251-273, 2010, 9781616681401</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00668616v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01158251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographic Information System for Integrated Coastal Zone Management in developing countries: cases studies in Mauritania, Côte d'Ivoire, Guinea-Bissau and Morocco</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A GIS analysis for heavy metal assessment of sediment in coastal lagoon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bendahhou Zourarah</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mohamed Maanan and Marc Robin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geomatic Solutions For Coastal Environments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nova Science Publishers, Inc., pp.347-360, 2010</w:t>
+              <w:t xml:space="preserve">, Nova Science Publishers, Inc., pp.311-326, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00668620v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping mangrove forest with multispectral images: contribution of spectral unmixing technique and object based image analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Geographic Information System for Integrated Coastal Zone Management in developing countries: cases studies in Mauritania, Côte d'Ivoire, Guinea-Bissau and Morocco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...23 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Georis-Creuseveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Pennober</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mohamed Maanan and Marc Robin. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geomatic Solutions For Coastal Environments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, Chapter 3, 2010, 978-1-61668-140-1</w:t>
+              <w:t xml:space="preserve">, Nova Science Publishers, Inc., pp.347-360, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01109188v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographic Information System for Integrated Coastal Zone Management in Developing countries: cases studies in Mauritania, Côte d'Ivoire, Guinea-Bissau and Morocco.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Mapping mangrove forest with multispectral images: contribution of spectral unmixing technique and object based image analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Debaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...31 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Renoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dabe Rakotonavalona Hobialisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomatic Solutions for Coastal Environments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nova Science Publishers, pp.347-359, 2010, Environmental Science, Engineering and Technology, 978-1-61668-140-1</w:t>
+              <w:t xml:space="preserve">Geomatic Solutions For Coastal Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nova Science Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chapter 3, 2010, 978-1-61668-140-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00536086v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01109188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling spatial use conflicts and Nature-Society interactions in coastal areas coupling MAS and GIS</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Geographic Information System for Integrated Coastal Zone Management in Developing countries: cases studies in Mauritania, Côte d'Ivoire, Guinea-Bissau and Morocco.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Georis-Creuseveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Pennober</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Maanan; M. Robin. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomatic solutions for coastal environments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nova Science Publishers Inc., pp.19, 2010</w:t>
+              <w:t xml:space="preserve">Geomatic Solutions for Coastal Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nova Science Publishers, pp.347-359, 2010, Environmental Science, Engineering and Technology, 978-1-61668-140-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00419396v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00536086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial modelling of groundwater pollution using a GIS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Modelling spatial use conflicts and Nature-Society interactions in coastal areas coupling MAS and GIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tillier Ion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Tissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Modelling: New Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nova Science Publishers, Inc., pp.203-219, 2008</w:t>
+              <w:t xml:space="preserve">Geomatic solutions for coastal environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nova Science Publishers Inc., pp.19, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00668611v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00419396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La lagune Ebrié à l'épreuve de la pression anthropique</w:t>
-[...72 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatial modelling of groundwater pollution using a GIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paul N. Findley. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géographie du littoral de Côte d'Ivoire. Eléments de réflexion pour une politique de gestion intégrée.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, La Clonerie, pp.325, 2008</w:t>
+              <w:t xml:space="preserve">Environmental Modelling: New Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nova Science Publishers, Inc., pp.203-219, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00452562v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des SIG spécifiques pour un espace spécifique ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Françoise Gourmelon</w:t>
+                <w:t xml:space="preserve">La lagune Ebrié à l'épreuve de la pression anthropique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kouadio Affian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Le Visage</w:t>
-[...21 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M'Moi Valère Djagoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kouassi Paul Anoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao Kra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIG et littoral, Traité IGAT (Information Géographique et Aménagement du Territoire)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hermès, pp.21-47, 2005</w:t>
+              <w:t xml:space="preserve">Géographie du littoral de Côte d'Ivoire. Eléments de réflexion pour une politique de gestion intégrée.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Clonerie, pp.325, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00070995v1</w:t>
+                <w:t xml:space="preserve">hal-00452562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIG et modèle comme supports d'analyse du risque potentiel de pollution tellurique</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Des SIG spécifiques pour un espace spécifique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Le Visage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">GOURMELON F., ROBIN M. (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIG et Littoral</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hermes, pp.217-236, 2005</w:t>
+              <w:t xml:space="preserve">SIG et littoral, Traité IGAT (Information Géographique et Aménagement du Territoire)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermès, pp.21-47, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00267923v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00070995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">SIG et modèle comme supports d'analyse du risque potentiel de pollution tellurique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Tissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Lomakine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIG et Littoral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermes, pp.217-236, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00267923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Planification côtière et SIG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIG et littoral</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, HERMES, pp.87 - 107, 2005, traité IGAT</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00006865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Étude de l’ensablement et envasement de la cale de Port Désiré à Saint-Nazaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fattal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02173135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation des bassins versants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jousseaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00701022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la terre à la mer : la contribution des bassins versants à la qualité des eaux côtières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Gille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoist Hitier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00701061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Etudes de nouveaux biomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Féral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009, pp.31-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00443732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimation des transferts de polluants des bassins versants vers les eaux côtières : intérêt des modèles pour la GIZC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Gille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanaa Kalloul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00701036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’avenir de la ressource en eau face aux changements climatiques dans les Pays de la Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Chancibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Charlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chevassus Lozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2, GIEC Pays de la Loire. 2026, 88p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-05461869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vulnérabilité des populations face aux changements climatiques dans les Pays de la Loire : rapport spécial Populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Chancibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Charlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chevassus Lozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1, GIEC Pays de la Loire. 2025, pp.81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-05122176v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis morpho-sédimentologique sur le projet de port de Brétignolles (Vendée)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fattal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00692597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vulnérabilité de plages sableuses face au changement climatique et aux pressions anthropiques. Module 1 : Caractérisation des sites.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Vinchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Idier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Balouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Capo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Castelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BRGM (Bureau de recherches géologiques et minières). 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00692596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15108,161 +15429,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le risque de submersion, une forte vulnérabilité régionale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Quezin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riwan Kerguillec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03087856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId393"/>
+      <w:footerReference w:type="default" r:id="rId403"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15409,51 +15730,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392839v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Mant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Robert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedwige Nikiema" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Boubacar-Moussa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Abdourhamane-Toure" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envadv.2025.100678" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222791v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Naud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chotard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Juigner" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crm.2025.100738" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05303669v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Meziane" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fattal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.039" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05303644v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualid Rahmani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coasts4030025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689241v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lafitte" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Launeau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Debaine" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16152708" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991451v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chadenas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8768" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533798v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maanan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouzet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Schmidt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos13020151" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619959v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Dez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsase.2021.100637" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113531v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Aud&#232;re" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2020.105452" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507163v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dieulefet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Large" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.16139" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120259v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Frati" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Giraud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13010029" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545387v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Mambet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Barbaras" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102378" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03550780v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Benmokhtar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocein Bazairi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi10050313" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305103v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hervy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.37114" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02503877v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislaw von Euw" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Renaudin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gomes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Krafft" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CE01972C" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02319241v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11020117" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920313v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Athimon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2018.10.014" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102451v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Taureau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Proisy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fromard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Imbert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11030367" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279136v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwan Kerguillec" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.104904" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328453v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI88-010.1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738668v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Decaulne" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Gruchet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2018.03.022" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803289v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Guett&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Godet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2018.04.018" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W714JS9R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811916v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Piotrowska" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309133318776500" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049011v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ba" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Moussaoui" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10050669" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701713v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeog.2018.01.012" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-25SFH5SC-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803204v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Carruthers-Jones" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.29140" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677917v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian H&#233;len" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2017.07.014" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PXDN5F28-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270305v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Le Bris" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rosa" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Lerouxel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cognie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gernez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.01.039" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DHG6FD6J-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01313068v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Almeida" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aza&#239;s" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Haye" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Illoul" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2016.04.031" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271965v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Michon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52638/rfpt.2015.269" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01102609v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poumadere" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Bertoldo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Idier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mallet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Oliveros" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2014.12.024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638790v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debbie Archer" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garros" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Gardes" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Baylis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vr.102151" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172394v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Juignier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Guern" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouguet L" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172312v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Castelle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poumad&#232;re" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Balouin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Bohn Bertoldo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/cr01153" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01722281v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Guern" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935334v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vona M&#233;l&#233;der" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Menn" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Harin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2013.04.012" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H5K7C90J-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666774v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#235;lle Bargain" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Huete" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barill&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquabot.2011.12.009" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3XDVHSVF-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684497v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Hennani" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Cheddad" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Assobhei" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104806v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2012.03.012" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5BGFSD7-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668598v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Kalloul" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa Hamid" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayouty El Hassan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-09-00142.1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108519v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666745v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chapuis" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lebouvier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00300-011-1069-z" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-93TMLRF5-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109187v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Lagabrielle" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Bourgeois" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Durieux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Strasberg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534197v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Paillart" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mercier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.3289" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666766v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bougeard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Le Saux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perenne" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Baffaut" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668623v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmae Mhamdi Alaoui" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Choura" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bendahhou Zourarah" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-009-0341-9" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K476KVVM-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668749v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamberts" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556069v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Robin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424456v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Tillier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rollo" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668597v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/08-1159.1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667505v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Renoux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dabe Rakotonavalona Hobialisoa" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430796v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2009.10.025" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L18CBTL0-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666716v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquabot.2009.11.006" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJ3HMW4H-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668596v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouadio Affian" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Degbehi" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Val&#232;re Djagoua" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-008-0649-z" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XJKSZNQZ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430934v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Levesque" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chauveau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292201v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Zourarah" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carruesco" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-008-0138-1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-74D6V60F-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282144v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pottier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437064v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Oszwald" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Kouacou Atta" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Kergomard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214844v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193620v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gourmelon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Georis-Creuseveau" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Pennober" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Simao da Silva" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071035v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00327570v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Corgne" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006901v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098851v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Grippa" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kergoat" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Perez Saez" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236548v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Dayangn&#233;wend&#233; Nikiema" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689282v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727989v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05201246v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147838v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890234v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01693240v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bemana Njara Jos&#233; Ranaivoson" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valade" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518290v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109222v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#239;l Benyoucef" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01110691v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pisanu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172407v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Baudouin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Conil" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109259v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Gille" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. El Kadi Abderrezzak" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zaoui" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Gaillard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840241v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668767v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700645v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Dussauze" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Hitier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668771v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701022v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lecomte" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jousseaume" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701011v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Oger-Jeanneret" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419404v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Tissot" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rouan" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Trouillet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brosset" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701061v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424880v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668774v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666797v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sanchez" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701036v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sanaa" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692590v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mercier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282248v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Debaine" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667524v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guillet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199247v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Verpoorter" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Carrere" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163023v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136493v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199254v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199245v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668769v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Larroud&#233;" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071158v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. da Silva" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071018v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Brigand" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Costa" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cotonnec" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782739v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Balesdent" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Albouy" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Narcy" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Tronchet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689312v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Brun" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147799v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02489715v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fourcy" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890230v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.17764.83848/1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864950v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518281v2" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.20868.12162/2" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02489679v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108182v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668602v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071087v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273760v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109252v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bendahou Zourarah" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Andrade" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Freitas Concei&#231;ao" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/earth+sciences+and+geography/earth+system+sciences/book/978-94-017-9259-2" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158251v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dumas" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668616v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Maanan" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668620v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109188v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.novapublishers.com" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536086v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419396v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tillier Ion" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668611v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452562v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Moi Val&#232;re Djagoua" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouassi Paul Anoh" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Kra" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00070995v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Visage" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267923v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lomakine" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006865v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443732v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Weber" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre F&#233;ral" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05461869v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Bechet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bertrand" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Chancibault" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Charlot" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chevassus Lozza" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05122176v3" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692597v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maanan" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692596v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Vinchon" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Capo" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Castelle" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03087856v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quezin" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dupont" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222791v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Naud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chotard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Juigner" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crm.2025.100738" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392839v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Mant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Robert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedwige Nikiema" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Boubacar Moussa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Abdourhamane-Toure" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envadv.2025.100678" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05303644v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Meziane" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fattal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualid Rahmani" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coasts4030025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05303669v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.039" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689241v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lafitte" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Launeau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Debaine" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16152708" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991451v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chadenas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8768" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533798v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maanan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouzet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Schmidt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos13020151" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619959v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Dez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsase.2021.100637" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03550780v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Benmokhtar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocein Bazairi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi10050313" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545387v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Mambet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Barbaras" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102378" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113531v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Aud&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2020.105452" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120259v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Frati" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Giraud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13010029" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507163v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dieulefet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Large" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.16139" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305103v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hervy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.37114" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02503877v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislaw von Euw" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Renaudin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gomes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Krafft" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CE01972C" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02319241v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11020117" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102451v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Taureau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Proisy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fromard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Imbert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11030367" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920313v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Athimon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2018.10.014" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279136v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwan Kerguillec" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.104904" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328453v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI88-010.1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811916v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Piotrowska" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309133318776500" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803289v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Guett&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Godet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2018.04.018" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W714JS9R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738668v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Decaulne" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Gruchet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2018.03.022" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049011v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ba" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Moussaoui" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10050669" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701713v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeog.2018.01.012" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-25SFH5SC-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803204v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Carruthers-Jones" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.29140" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677917v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian H&#233;len" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2017.07.014" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PXDN5F28-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01313068v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Almeida" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aza&#239;s" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Haye" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Illoul" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2016.04.031" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270305v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Le Bris" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rosa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Lerouxel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cognie" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gernez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.01.039" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DHG6FD6J-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271965v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Michon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52638/rfpt.2015.269" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01102609v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poumadere" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Bertoldo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Idier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mallet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Oliveros" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2014.12.024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638790v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debbie Archer" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garros" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Gardes" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Baylis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vr.102151" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172394v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Juignier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Guern" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouguet L" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172312v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Castelle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poumad&#232;re" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Balouin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Bohn Bertoldo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/cr01153" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01722281v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Guern" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935334v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vona M&#233;l&#233;der" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Menn" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Harin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2013.04.012" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H5K7C90J-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104806v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2012.03.012" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5BGFSD7-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684497v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Hennani" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Cheddad" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Assobhei" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666774v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#235;lle Bargain" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Huete" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barill&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquabot.2011.12.009" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3XDVHSVF-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108519v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668598v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Kalloul" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa Hamid" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayouty El Hassan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-09-00142.1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666745v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chapuis" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lebouvier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00300-011-1069-z" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-93TMLRF5-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109187v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Lagabrielle" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Bourgeois" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Durieux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Strasberg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666766v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bougeard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Le Saux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perenne" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Baffaut" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534197v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Paillart" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mercier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.3289" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668749v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamberts" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668623v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmae Mhamdi Alaoui" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Choura" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bendahhou Zourarah" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-009-0341-9" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K476KVVM-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556069v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Robin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668597v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Tillier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rollo" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/08-1159.1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667505v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Renoux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dabe Rakotonavalona Hobialisoa" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430796v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2009.10.025" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L18CBTL0-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666716v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquabot.2009.11.006" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJ3HMW4H-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668596v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouadio Affian" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Degbehi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Val&#232;re Djagoua" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-008-0649-z" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XJKSZNQZ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430934v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Levesque" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chauveau" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292201v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Zourarah" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carruesco" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-008-0138-1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-74D6V60F-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282144v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pottier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437064v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Oszwald" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Kouacou Atta" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Kergomard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214844v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193620v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gourmelon" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Georis-Creuseveau" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Pennober" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Simao da Silva" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071035v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00327570v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Corgne" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553939v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wuttmann" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala N. Barakat" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bousquet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chauveau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gonon" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006901v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098851v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Grippa" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kergoat" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Perez Saez" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236548v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Dayangn&#233;wend&#233; Nikiema" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689282v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727989v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05201246v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147838v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890234v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01693240v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bemana Njara Jos&#233; Ranaivoson" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valade" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548288v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Le Mauff" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518290v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172407v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Baudouin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Conil" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109222v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#239;l Benyoucef" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01110691v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pisanu" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109259v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Gille" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. El Kadi Abderrezzak" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zaoui" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Gaillard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840241v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668767v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700645v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Dussauze" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Hitier" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668771v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701011v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Oger-Jeanneret" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419404v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Tissot" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rouan" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Trouillet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brosset" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424880v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668774v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666797v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sanchez" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692590v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mercier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282248v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Debaine" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199247v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Verpoorter" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Carrere" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136493v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163023v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667524v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guillet" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199254v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199245v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668769v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Larroud&#233;" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071158v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. da Silva" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071018v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Brigand" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Costa" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cotonnec" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782739v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Balesdent" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Albouy" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Narcy" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Tronchet" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689312v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Brun" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147799v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02489715v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fourcy" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890230v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.17764.83848/1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864950v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518281v2" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.20868.12162/2" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02489679v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108182v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668602v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071087v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548107v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Daburon" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Galiana" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273760v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109252v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bendahou Zourarah" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Andrade" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Freitas Concei&#231;ao" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/earth+sciences+and+geography/earth+system+sciences/book/978-94-017-9259-2" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158251v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dumas" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668616v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Maanan" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668620v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109188v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.novapublishers.com" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536086v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419396v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tillier Ion" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668611v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452562v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Moi Val&#232;re Djagoua" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouassi Paul Anoh" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Kra" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00070995v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Visage" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267923v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lomakine" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006865v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173135v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701022v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lecomte" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jousseaume" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701061v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443732v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Weber" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre F&#233;ral" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701036v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05461869v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Bechet" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bertrand" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Chancibault" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Charlot" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chevassus Lozza" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05122176v3" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692597v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maanan" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692596v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Vinchon" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Capo" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Castelle" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03087856v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quezin" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dupont" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>