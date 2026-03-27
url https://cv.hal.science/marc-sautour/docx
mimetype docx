--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2644,592 +2644,592 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05289044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic and phenotypic characterization of commensal and clinical Candida albicans isolates reveals heterogenous distribution of adherence and invasiveness properties.</w:t>
+                <w:t xml:space="preserve">Development of an improved in vitro model of human intestinal follicle associated epithelia to study cellular and molecular interactions of Candida albicans with M cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent F</w:t>
+                <w:t xml:space="preserve">Carolina Lopez Alayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Albac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dalle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th ASM Conference on Candida and Candidiasis.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">8. European Mucosal Immunology Group (EMIG) meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Dublin, Irlande, 10-13 octobre 2012, Ireland. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05289067v1</w:t>
+                <w:t xml:space="preserve">hal-02804652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic and phenotypic characterization of commensal and clinical Candida albicans isolates reveals heterogeneous distribution of adherence and invasiveness properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a High Throughput Cytotoxicity Assay of Caco-2 Cells using a Candida albicans Homozygous Deletion Library.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent F</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Znaidi S</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sautour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Vincent</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alain Bonnin</w:t>
+                <w:t xml:space="preserve">Truntzer C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C D’enfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Interactions des Microorganismes avec leurs Environnements : Circulation, Adaptation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Dijon, France. 2012</w:t>
+              <w:t xml:space="preserve">ISHAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748896v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05289061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an improved in vitro model of human intestinal follicle associated epithelia to study cellular and molecular interactions of Candida albicans with M cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic and phenotypic characterization of commensal and clinical Candida albicans isolates reveals heterogeneous distribution of adherence and invasiveness properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sautour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie L'Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Lopez Alayon</w:t>
+                <w:t xml:space="preserve">Caroline Truntzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Albac</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alain Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. European Mucosal Immunology Group (EMIG) meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Dublin, Irlande, 10-13 octobre 2012, Ireland. 2012</w:t>
+              <w:t xml:space="preserve">Workshop Interactions des Microorganismes avec leurs Environnements : Circulation, Adaptation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Dijon, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02804652v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a High Throughput Cytotoxicity Assay of Caco-2 Cells using a Candida albicans Homozygous Deletion Library.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+                <w:t xml:space="preserve">Genetic and phenotypic characterization of commensal and clinical Candida albicans isolates reveals heterogenous distribution of adherence and invasiveness properties.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent F</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sautour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Znaidi S</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">C L’ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Truntzer C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C D’enfert</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISHAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">11th ASM Conference on Candida and Candidiasis.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05289061v1</w:t>
+                <w:t xml:space="preserve">hal-05289067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic and phenotypic characterization of commensal and clinical Candida albicans isolates reveals heterogeneous distribution of adherence and invasiveness properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie L'Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Truntzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. ASM Conference on Candida and Candidiasis, American Society for Microbiology, ASM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, San Francisco, États-Unis, 29 mars-2 avril 2012, United States. , 2012</w:t>
@@ -4516,277 +4516,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05289220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of indoor fungal contamination during building construction on a hospital site.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intérêt du PLASMAIR® dans la réduction de l’aérocontamination fongique en milieu hospitalier.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sixt N</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lafon I</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aho S</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Couillot G</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26ème réunion interdisciplinaire de chimiothérapie anti-infectieuse.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2006, Paris, France</w:t>
+              <w:t xml:space="preserve">Réunion d’allergologie de la SAICO – 11èmes journées d’études scientifiques.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05289213v1</w:t>
+                <w:t xml:space="preserve">hal-05289203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt du PLASMAIR® dans la réduction de l’aérocontamination fongique en milieu hospitalier.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of indoor fungal contamination during building construction on a hospital site.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sautour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sixt N</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lafon I</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aho S</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Couillot G</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion d’allergologie de la SAICO – 11èmes journées d’études scientifiques.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2006, Angers, France</w:t>
+              <w:t xml:space="preserve">26ème réunion interdisciplinaire de chimiothérapie anti-infectieuse.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05289203v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05289213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smilax medica, a source of new bioactive steroid saponins.</w:t>
               </w:r>
@@ -5414,51 +5414,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05288641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l’activité antifongique de saponines extraites de Dioscorea cayenensis.</w:t>
+                <w:t xml:space="preserve">Etude de l’activité antifongique de saponines extraites de Dioscorea cayenensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitaine-Offer A.C</w:t>
@@ -5668,51 +5668,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delcourt A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divies C</w:t>
+                <w:t xml:space="preserve">Charles Divies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française de Microbiologie : réseau de Mycologie</w:t>
             </w:r>
@@ -5776,51 +5776,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dantigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divies C</w:t>
+                <w:t xml:space="preserve">Charles Divies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum des jeunes chercheurs.</w:t>
             </w:r>
@@ -5897,51 +5897,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rouget A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divies C</w:t>
+                <w:t xml:space="preserve">Charles Divies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International conference on predictive modelling in foods.</w:t>
             </w:r>
@@ -6012,51 +6012,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu G</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delcourt A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divies C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6080,51 +6080,51 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05288553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetics and modelisation of the growth of Penicillium chrysogenum on foods : a case of predictive mycology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6133,119 +6133,119 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rouget A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dantigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divies C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European congress of Mycology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1999, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05288559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de facteurs influant sur les cinétiques de développement de moisissures du genre Penicillium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6254,97 +6254,97 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rouget A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dantigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divies C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française de Microbiologie : « les microorganismes des aliments »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1999, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05288564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6354,591 +6354,591 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra-high irradiation of corroles and porphyrins for short antimicrobial treatments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Théry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude P. Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Porphyrins &amp; Phtalocyanines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, niagara falls convention center, Jun 2024, Niagara Falls, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05249677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antimicrobial properties of porphyrins and corroles functionalized with carboxylic acids.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Desbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divoux G</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théry T</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th EuChems Conference on Nitrogen Ligands</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Cassis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05289258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antimicrobial properties of porphyrins and corroles functionalized with carboxylic acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Desbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Thery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th EuChems Conference on Nitrogen Ligands (NLigands’2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Cassis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05249706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infection pulmonaire invasive à &amp;lt;em&amp;gt;Trichoderma longibrachiatum&amp;lt;/em&amp;gt;, à propos d’un cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Verrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Gonssaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Mycologie Médicale (SFMM). FRA., May 2015, Bordeaux, France. 71 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification clinique par spectrométrie de masse MALDI-TOF des champignons filamenteux : construction de banques de données pour les dermatophytes et les&amp;lt;em&amp;gt; Fusarium&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Lucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Rageot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sorez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6957,73 +6957,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Spectrométrie de Masse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Spectrométrie de Masse (SFSM). FRA., Sep 2015, Ajaccio, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02796400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contamination des circuits d’alimentation en eau par &amp;lt;em&amp;gt;Fusarium&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7045,110 +7045,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Steinberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Barbezant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale (SFMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02800030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contamination des circuits d’alimentation en eau par Fusarium.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7207,198 +7207,198 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05289269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cellules M: une porte d’entrée pour le franchissement de la barrière intestinale par Candida albicans.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albac S</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lopez C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schmitz A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D’enfert C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05289260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Épidémiologie de populations de Fusarium oxysporum et F. dimerum en milieu hospitaliers à Dijon et Nancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Steinberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7407,911 +7407,911 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Edel-Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Barbezant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Gautheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Jean Chevauchon 2014 (JJC) - 10èmes Rencontres de Phytopathologie - Mycologie, Société Française de Phytopathologie (SFP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Aussois, France. 116 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la décontamination de l’air par l’utilisation du système Plasmair® sur la survenue d’aspergilloses pulmonaires invasives chez des patients atteints de leucémies aiguës recevant des chimiothérapies intensives. Expérience du service d’hématologie clinique, CHU Dijon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Caillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Ferrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congress of the French Society of Medical Mycology (SFMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Mycologie Médicale (SFMM). FRA., May 2013, Dijon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mycmed.2013.07.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02747332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contamination de réseaux hydriques hospitaliers par une population clonale de &amp;lt;em&amp;gt;Fusarium oxysporum&amp;lt;/em&amp;gt;</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adaptation inattendue de populations de &amp;lt;em&amp;gt;Fusarium oxysporum&amp;lt;/em&amp;gt; et &amp;lt;em&amp;gt;F. Dimerum&amp;lt;/em&amp;gt; au milieu aquatique urbain des conduites d'eau de bâtiments hospitaliers à Dijon et Nancyξ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Steinberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Edel-Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">- Barbezant M.</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">- M. Barbezant Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Gautheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congress of the French Society of Medical Mycology (SFMM)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">VI. colloque de l'Association Francophone d'Ecologie Microbienne (AFEM) "Microbiologie environnementale : du gène à l’écosystème"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone d'Ecologie Microbienne (AFEM). FRA., Oct 2013, Parent, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02749726v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;em&amp;gt;Candida albicans&amp;lt;/em&amp;gt; interaction with M cells in an in vitro model of the human intestinal Follicle Associated Epithelium (FAE)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contamination de réseaux hydriques hospitaliers par une population clonale de Fusarium oxysporum.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steinberg C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent J</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Edel-Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbezant M</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fifth FEBS Advanced Lecture Course on "Human Fungal Pathogens - Molecular Mechanisms of Host-Pathogen Interactions and Virulence"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, La Colle sur Loup, France. 216 p</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748704v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05291591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation inattendue de populations de &amp;lt;em&amp;gt;Fusarium oxysporum&amp;lt;/em&amp;gt; et &amp;lt;em&amp;gt;F. Dimerum&amp;lt;/em&amp;gt; au milieu aquatique urbain des conduites d'eau de bâtiments hospitaliers à Dijon et Nancyξ</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nadine Gautheron</w:t>
+                <w:t xml:space="preserve">Spores fongiques dispersées dans l’air à partir de réseaux hydriques: cas de Fusarium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sautour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sixt N</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aho S</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hartemann H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steinberg C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VI. colloque de l'Association Francophone d'Ecologie Microbienne (AFEM) "Microbiologie environnementale : du gène à l’écosystème"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Francophone d'Ecologie Microbienne (AFEM). FRA., Oct 2013, Parent, France</w:t>
+              <w:t xml:space="preserve">2ème rencontre d’hygiène hospitalière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746808v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05291383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spores fongiques dispersées dans l’air à partir de réseaux hydriques: cas de Fusarium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">&amp;lt;em&amp;gt;Candida albicans&amp;lt;/em&amp;gt; interaction with M cells in an in vitro model of the human intestinal Follicle Associated Epithelium (FAE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Albac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Lopez Alayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe d'Enfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dalle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème rencontre d’hygiène hospitalière</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Dijon, France</w:t>
+              <w:t xml:space="preserve">Fifth FEBS Advanced Lecture Course on "Human Fungal Pathogens - Molecular Mechanisms of Host-Pathogen Interactions and Virulence"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, La Colle sur Loup, France. 216 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05291383v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contamination de réseaux hydriques hospitaliers par une population clonale de Fusarium oxysporum.</w:t>
+                <w:t xml:space="preserve">Contamination de réseaux hydriques hospitaliers par une population clonale de &amp;lt;em&amp;gt;Fusarium oxysporum&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent J</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Steinberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Edel-Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Barbezant M</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">- Barbezant M.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congress of the French Society of Medical Mycology (SFMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Mycologie Médicale (SFMM). FRA., May 2013, Dijon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mycmed.2013.07.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05291591v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation inattendue de populations de Fusarium au milieu aquatique urbain des conduites d’eau de bâtiments hospitaliers à Dijon et Nancy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steinberg C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8333,110 +8333,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edel-Hermann V</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbezant M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautheron N</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème colloque de l’Association Francophone d'Ecologie Microbienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Clermont Ferrant, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse et maitrise de l’aéro-contamination fongique dans certains environnements à risque.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8445,498 +8445,498 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sixt N</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aho S</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournel I</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astruc K</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème rencontre d’hygiène hospitalière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation de Candida albicans dans les tissus humains: du commensalisme à la pathogénicité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie L'Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Goyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop Interactions des Microorganismes avec leurs Environnements : Circulation, Adaptation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02807823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a high throughput cytotoxicity assay of Caco-2 cells using a Candida albicans homozygous deletion library</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sadri Znaidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Truntzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe d'Enfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Congress of the International Society for Human and Animal Mycology, ISHAM (International Society for Human and Animal Mycology)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Berlin, Germany. 160 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02747280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise au point d’un modèle de co-culture cellules entérocytes et d’un modèle de colonisation digestive stable chez la souris immuno-compétente permettant d’étudier les interactions cellulaires et moléculaires in vitro et in vivo de C. albicans avec la muqueuse digestive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Albac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Lopez Alayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Croisier-Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Forum des Jeunes Chercheurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation prospective de la contamination fongique dans 2 services hospitaliers au cours d'un chantier de construction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8958,520 +8958,520 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C L'Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Calinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction to Predictive Mycology.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dantigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divies C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Xth International Congress of Mycology.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2002, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de corrélations: du génie biochimique à la microbiologie prévisionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dantigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divies C</w:t>
+                <w:t xml:space="preserve">Charles Divies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXIIIe Journées de la Statistique.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2001, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A model dedicated to the relationship between growth rate and temperature extend it’s use to the relationship between fungal growth rate and water activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dantigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divies C</w:t>
+                <w:t xml:space="preserve">Charles Divies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International conference on simulation in Bio Industries.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2000, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of dimensionless correlations: from biochemical engineering to predictive microbiology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dantigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divies C</w:t>
+                <w:t xml:space="preserve">Charles Divies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International conference on simulation in Bio Industries.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2000, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9481,3016 +9481,3025 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steroidal glycosides from Yucca rostrata and Dracaena braunii and their cytotoxic and antimicrobial evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duc Hung Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bruguière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomofumi Miyamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre M.M. Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Simon Bellaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical Systematics and Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 113, pp.104791. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bse.2024.104791⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04478252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Label-Free Optical Transmission Tomography for Direct Mycological Examination and Monitoring of Intracellular Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliott Teston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Boulnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Augey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Dighab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fungi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 10 (11), pp.741. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/jof10110741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05178474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and characterization of new acid-functionalized porphyrins displaying antimicrobial activity against gram positive bacteria, yeasts and filamentous fungi with or without ultra-high irradiance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Théry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Théry</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Divoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 109, pp.117810. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bmc.2024.117810⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04628600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epidemiology and management of tinea capitis in France: a 6-year nationwide retrospective survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gangneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Miossec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Machouart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Gits-Muselli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mazouz Benderdouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Mycology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/mmy/myae047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04558977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleanolic acid glycosides from two species of Olax: Olax wildemanii and Olax subscorpioidea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Pertuit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomofumi Miyamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Delaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mpuza Kapundu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytochemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 60, pp.14-18. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.phytol.2024.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04546587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risk of fungal exposure in the homes of patients with hematologic malignancies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Basmaciyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medical Mycology = Journal de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 34 (3), pp.101492. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mycmed.2024.101492⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05324991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of carboxylic acid-derivatized corroles as novel gram-positive antibacterial agents under non-photodynamic inactivation conditions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic full-field optical coherence tomography for live-cell imaging and growth-phase monitoring in Aspergillus fumigatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Gros</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas Maldiney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Sitterlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Chassot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thouvenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bmcl.2023.129167⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, pp.1183340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2023.1183340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05325006v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04173133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic full-field optical coherence tomography for live-cell imaging and growth-phase monitoring in Aspergillus fumigatus</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Chassot</w:t>
+                <w:t xml:space="preserve">Evaluation of carboxylic acid-derivatized corroles as novel gram-positive antibacterial agents under non-photodynamic inactivation conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Thouvenin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sandrine Pacquelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Desbois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2023.1183340⟩</w:t>
+              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 82, pp.129167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bmcl.2023.129167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04173133v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05325006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endotracheal tube biofilm in critically ill patients during the COVID-19 pandemic : description of an underestimated microbiological compartment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Maldiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Neuwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Ouzen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Eberl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (1), pp.22389. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-022-26560-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05178578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleanane-type glycosides from Weigela x Styriaca and two cultivars of W. florida: “Minor black” and “Brigela”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Hobloss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bruguière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Champy-Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomofumi Miyamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiaki Tanaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytochemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 50, pp.77-84. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.phytol.2022.05.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03739283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the relevance of use of the BD-BACTEC®MycosisIC/F, BD-BACTEC®PlusAerobic/F, BD-BACTEC®Lytic/10 anaerobic/F and BD-BACTEC®PedsPlus/F culture bottle system for fungemia detection: A 4-year retrospective study at the Dijon university hospital, France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Louise Basmaciyan</w:t>
+                <w:t xml:space="preserve">Dynamic full-field optical coherence tomography as complementary tool in fungal diagnostics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Maldiney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Chassot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angélique Chapuis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marc Sautour</w:t>
+                <w:t xml:space="preserve">Claude Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Blot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Piroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medical Mycology = Journal de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 32 (4), pp.101295. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mycmed.2022.101295⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 32 (4), pp.101303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mycmed.2022.101303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05325016v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04173114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic full-field optical coherence tomography as complementary tool in fungal diagnostics</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation of the relevance of use of the BD-BACTEC®MycosisIC/F, BD-BACTEC®PlusAerobic/F, BD-BACTEC®Lytic/10 anaerobic/F and BD-BACTEC®PedsPlus/F culture bottle system for fungemia detection: A 4-year retrospective study at the Dijon university hospital, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Piroth</w:t>
+                <w:t xml:space="preserve">Arnaud Magallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Basmaciyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Valot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medical Mycology = Journal de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 32 (4), pp.101303. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mycmed.2022.101303⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 32 (4), pp.101295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mycmed.2022.101295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04173114v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05325016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multicenter Evaluation of an ELISA for the Detection of Cryptosporidium spp. Antigen in Clinical Human Stool Samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romy Razakandrainibe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Mérat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (2), pp.209. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/microorganisms9020209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03152175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antifungal Susceptibility of 182 Fusarium Species Isolates from 20 European Centers: Comparison between EUCAST and Gradient Concentration Strip Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Blaize</w:t>
+                <w:t xml:space="preserve">Detection and survival of Candida albicans in soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Cecile Normand</w:t>
+                <w:t xml:space="preserve">Jean‐paul Lemaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Imbert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Erja Chryssanthou</w:t>
+                <w:t xml:space="preserve">Lionel Ranjard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Truntzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Basmaciyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.01495-21⟩</w:t>
+              <w:t xml:space="preserve">Environmental DNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (6), pp.1093-1101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/edn3.230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03663470v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03631995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection and survival of Candida albicans in soils</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Sautour</w:t>
+                <w:t xml:space="preserve">Antifungal Susceptibility of 182 Fusarium Species Isolates from 20 European Centers: Comparison between EUCAST and Gradient Concentration Strip Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Blaize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Cecile Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐paul Lemaître</w:t>
+                <w:t xml:space="preserve">Sebastien Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Ranjard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Louise Basmaciyan</w:t>
+                <w:t xml:space="preserve">Abdullah Al-Hatmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erja Chryssanthou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental DNA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/edn3.230⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 65 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.01495-21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03631995v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03663470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical Origin and Species Distribution of Fusarium spp. Isolates Identified by Molecular Sequencing and Mass Spectrometry: A European Multicenter Hospital Prospective Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdullah M S Al-Hatmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erja Chryssanthou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fungi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (4), pp.246. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/jof7040246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03184998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epidemiology of Cryptosporidiosis in France from 2017 to 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romy Razakandrainibe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8 (9), pp.1358. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/microorganisms8091358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03086278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oestrus ovis external ophtalmomyiasis : a case report in Burgundy France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Basmaciyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henry Gabrielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Ophthalmology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 18 (1)</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, 18, pp.335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12886-018-1003-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human cryptosporidiosis in immunodeficient patients in France (2015–2017)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romy Razakandrainibe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Basmaciyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 192, pp.108-112. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.exppara.2018.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02902544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First Case of Human Primary Vertebral Cystic Echinococcosis Due to Echinococcus Ortleppi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Basmaciyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Burlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selim Ramla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Blot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mahy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Medicine Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 7 (11), pp.443. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/jcm7110443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01943639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oestrus ovis external ophtalmomyiasis: a case report in Burgundy France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Basmaciyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Henry Gabrielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Ophthalmology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 18 (1), pp.335. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12886-018-1003-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02628316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profil épidémiologique et mycologique des dermatophytoses au CHU de Dijon (2007–2016)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Tainturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Basmaciyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medical Mycology = Journal de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 27 (3), pp.e34 - e35. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mycmed.2017.04.079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01667149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation du kit de PCR en temps réel MycoGENIE ® Pneumocystis jirovecii pour le diagnostic moléculaire de la pneumocystose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12508,494 +12517,494 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medical Mycology = Journal de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 27 (3), pp.e23 - e24. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mycmed.2017.04.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01666577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A clonal lineage of fusarium oxysporum circulates in the tap water of different french hospitals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Edel-Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Gautheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Aho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 82 (21), pp.6483-6489. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AEM.01939-16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01497796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is It Time to Include CT “Reverse Halo Sign” and qPCR Targeting Mucorales in Serum to EORTC-MSG Criteria for the Diagnosis of Pulmonary Mucormycosis in Leukemia Patients ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Caillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Basmaciyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lorraine Chretien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Open Forum Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 3 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ofid/ofw190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01484030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Candida albicans is able to use M cells as a portal of entry across the intestinal barrier in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Albac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Lopez-Alayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe d'Enfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cellular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 18 (2), pp.195-210. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/cmi.12495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01517620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation of &amp;lt;em&amp;gt;Fusarium oxysporum&amp;lt;/em&amp;gt; and&amp;lt;em&amp;gt; Fusarium dimerum&amp;lt;/em&amp;gt; to the specific aquatic environment provided by the water systems of hospitals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Steinberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13004,412 +13013,412 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Edel-Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Barbezant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sixt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 76, pp.53-65. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.watres.2015.02.036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02630911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fungaemia caused by &amp;lt;em&amp;gt;Fusarium proliferatum&amp;lt;/em&amp;gt; in a patient without definite immunodeficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Dananché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cassier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Gautheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Wegrzyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mycopathologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 179 (1-2), pp.135-140. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11046-014-9817-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02636221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rbt1 Protein Domains Analysis in Candida albicans Brings Insights into Hyphal Surface Modifications and Rbt1 Potential Role during Adhesion and Biofilm Formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Monniot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Baudevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (12), pp.e82395. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0082395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01204291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fusarium species recovered from the water distribution system of a French university hospital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13458,834 +13467,834 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hygiene and Environmental Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 215 (3), pp.286-292. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheh.2011.11.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId360" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02650349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of fungal colonization in a new medical mycology laboratory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Calinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie L'Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medical Mycology = Journal de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 22 (1), pp.14-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mycmed.2011.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02644808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Airborne Aspergillus contamination during hospital construction works: Efficacy of protective measures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sixt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie L'Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Infection Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 38 (3), pp.189-194. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ajic.2009.07.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05325764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A prospective survey of air and surface fungal contamination in a medical mycology laboratory at a tertiary care university hospital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivieri Claire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie L'Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enderlin Emilie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Infection Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 3 (37), pp.189-194. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ajic.2008.06.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00453095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profiles and seasonal distribution of airborne fungi in indoor and outdoor environments at a French hospital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sixt Nathalie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie L'Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fourquenet Vitalie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 12 (407), pp.3766-3771. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2009.02.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00453097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced fungal contamination of the indoor environment with the Plasmair system (Airinspace)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sixt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Aho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Couillault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hospital Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 65, pp.156-162. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jhin.2006.10.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00445541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective survey of indoor fungal contamination in hospital during a period of building construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14294,244 +14303,244 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sixt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie L'Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Calinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hospital Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 67, pp.367-373. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jhin-2007.09.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00447862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A temperature-type model for describing the relationship between fungal growth and water activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sautour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dantigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Dantigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 67, pp.63-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02676100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId391"/>
+      <w:footerReference w:type="default" r:id="rId392"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -14599,51 +14608,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="62BB8AB7"/>
+    <w:nsid w:val="D9086C27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14830,51 +14839,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-sautour" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4550-9225" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288657v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Basmaciyan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bailly E" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sautour" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costa D" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Favennec L" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289032v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonssaud B" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verrier T" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valot S" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lafon I" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288660v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dalle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288666v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288673v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilloteau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Valot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bailly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288695v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Queune J" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;cl&#232;re C" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288867v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Brustel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normand Ac" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288895v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ac. Normand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Imbert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ranque" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hasseine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Costa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288919v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Figaro Y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chretien Ml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288908v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois A" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent A" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288963v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magallon A" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Goulard de Curraize" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289016v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Comte A" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buisson Jc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288998v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tainturier R" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnin A" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288974v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry F" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#233;chal E" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288983v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289007v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marty S" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamy A" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289022v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lucchi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rageot D" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorez M" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740475v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gargala" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemeteil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Razakandrainibe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289052v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albac S" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lopez C" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C D&#8217;enfert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289044v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steinberg C" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edel-Hermann V" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbezant M" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289067v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent F" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C L&#8217;ollivier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truntzer C" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonnin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748896v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vincent" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie L'Ollivier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Truntzer" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804652v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Lopez Alayon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Albac" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289061v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Znaidi S" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748423v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289075v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Lema&#238;tre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garmyn D" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hartmann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jandot E" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289090v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixt N" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824568v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Steinberg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sixt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Edel-Hermann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Laurent" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289081v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Scalici" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeudy G" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collet E" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C L'Ollivier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289149v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sixt" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Olivieri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cachia" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289158v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belhouchet Z" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miyamoto T" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacaille-Dubois M.A" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289189v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitaine-Offer A.C" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289165v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vagner O" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petit M" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C l'Ollivier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuisenier B" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289171v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canon F" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongmo A" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289230v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289220v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289213v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aho S" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289203v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Couillot G" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289227v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289223v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289235v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288646v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288630v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner H" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288641v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288633v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288615v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Bensoussan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dantigny" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288610v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seguy N" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delcourt A" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divies C" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288600v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dantigny" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288597v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouget A" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288553v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288559v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288564v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249677v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Divoux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Th&#233;ry" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dupont" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude P. Gros" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289258v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desbois" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divoux G" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ry T" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249706v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Thery" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744373v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Verrier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Gonssaud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Valot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Lafon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796400v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lucchi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rageot" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sorez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800030v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Barbezant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289269v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289260v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schmitz A" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#8217;enfert C" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740418v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barbezant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gautheron" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747332v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Caillot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Lafon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ferrant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2013.07.028" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PGV75BDB-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749726v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Barbezant M." TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2013.07.029" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DZJWL6S-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748704v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe d'Enfert" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746808v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- M. Barbezant Marie" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291383v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartemann H" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291591v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291566v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautheron N" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291551v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fournel I" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astruc K" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807823v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Goyer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747280v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadri Znaidi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750045v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Croisier-Bertin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291601v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Calinon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291607v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291616v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291628v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291623v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04478252v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Hung Nguyen" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brugui&#232;re" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomofumi Miyamoto" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre M.M. Dias" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Simon Bellaye" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bse.2024.104791" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178474v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Teston" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Boulnois" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Augey" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Dighab" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof10110741" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04628600v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2024.117810" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04558977v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gangneux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Miossec" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Machouart" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Gits-Muselli" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazouz Benderdouche" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myae047" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04546587v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pertuit" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Delaude" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mpuza Kapundu" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2024.01.011" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05324991v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Guilloteau" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valot" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Bailly" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2024.101492" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05325006v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pacquelet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gros" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2023.129167" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04173133v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maldiney" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dea Garcia-Hermoso" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sitterl&#233;" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Chassot" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thouvenin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2023.1183340" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178578v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pineau" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Neuwirth" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Ouzen" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Eberl" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-26560-w" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739283v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Hobloss" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Champy-Tixier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiaki Tanaka" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2022.05.010" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05325016v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Magallon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Chapuis" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2022.101295" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04173114v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Boccara" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Blot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Piroth" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2022.101303" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03152175v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romy Razakandrainibe" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia M&#233;rat" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kapel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Guyot" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9020209" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03663470v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blaize" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Cecile Normand" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Imbert" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Al-Hatmi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erja Chryssanthou" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01495-21" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03631995v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Lema&#238;tre" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ranjard" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.230" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03184998v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Normand" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Imbert" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brun" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah M S Al-Hatmi" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof7040246" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03086278v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Costa" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Vannier" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8091358" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01991328v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henry Gabrielle" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Buisson" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02902544v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2018.08.001" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z2FBQ7N1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01943639v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Burlet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Ramla" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mahy" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm7110443" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628316v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henry Gabrielle" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12886-018-1003-z" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01667149v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Tainturier" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Valot" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2017.04.079" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01666577v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Marty" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2017.04.056" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01497796v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Aho" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01939-16" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01484030v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lorraine Chretien" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofw190" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01517620v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Schmitz" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Lopez-Alayon" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12495" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630911v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2015.02.036" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z07MH2GV-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636221v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dananch&#233;" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cassier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wegrzyn" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11046-014-9817-6" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204291v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Monniot" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Baudevin" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory da Costa" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Chauvel" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0082395" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650349v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheh.2011.11.003" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-50D69KX8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644808v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fournel" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calinon" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2011.11.001" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6WDH3N0X-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05325764v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fournel" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajic.2009.07.011" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PS2H67C5-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453095v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivieri Claire" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enderlin Emilie" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajic.2008.06.009" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M1DKM6ST-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453097v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixt Nathalie" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fourquenet Vitalie" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2009.02.024" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8RWJNVQZ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445541v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Couillault" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin.2006.10.013" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PK45NL2V-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447862v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Calinon" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin-2007.09.013" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9KH0627J-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676100v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dantigny" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-sautour" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4550-9225" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288657v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Basmaciyan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bailly E" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sautour" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costa D" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Favennec L" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289032v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonssaud B" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verrier T" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valot S" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lafon I" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288660v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dalle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288666v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288673v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilloteau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Valot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bailly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288695v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Queune J" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;cl&#232;re C" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288867v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Brustel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normand Ac" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288895v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ac. Normand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Imbert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ranque" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hasseine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Costa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288919v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Figaro Y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chretien Ml" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288908v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois A" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent A" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288963v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magallon A" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Goulard de Curraize" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289016v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Comte A" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buisson Jc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288998v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tainturier R" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnin A" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288974v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry F" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#233;chal E" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288983v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289007v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marty S" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamy A" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289022v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lucchi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rageot D" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorez M" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740475v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gargala" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemeteil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Razakandrainibe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289052v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albac S" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lopez C" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C D&#8217;enfert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289044v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steinberg C" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edel-Hermann V" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbezant M" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804652v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Lopez Alayon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Albac" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289061v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent F" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Znaidi S" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truntzer C" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748896v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vincent" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie L'Ollivier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Truntzer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonnin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289067v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C L&#8217;ollivier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748423v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289075v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Lema&#238;tre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garmyn D" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hartmann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jandot E" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289090v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixt N" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824568v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Steinberg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sixt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Edel-Hermann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Laurent" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289081v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Scalici" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeudy G" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collet E" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C L'Ollivier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289149v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sixt" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Olivieri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cachia" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289158v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belhouchet Z" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miyamoto T" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacaille-Dubois M.A" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289189v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitaine-Offer A.C" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289165v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vagner O" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petit M" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C l'Ollivier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuisenier B" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289171v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canon F" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongmo A" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289230v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289220v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289203v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aho S" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Couillot G" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289213v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289227v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289223v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289235v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288646v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288630v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner H" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288641v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288633v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288615v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Bensoussan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dantigny" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288610v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seguy N" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delcourt A" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Divies" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288600v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dantigny" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288597v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouget A" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288553v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divies C" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288559v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288564v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249677v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Divoux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Th&#233;ry" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dupont" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude P. Gros" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289258v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desbois" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divoux G" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ry T" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249706v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Thery" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744373v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Verrier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Gonssaud" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Valot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Lafon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796400v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lucchi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rageot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sorez" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800030v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Barbezant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289269v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289260v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schmitz A" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#8217;enfert C" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740418v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barbezant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gautheron" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747332v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Caillot" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Lafon" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ferrant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2013.07.028" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PGV75BDB-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746808v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- M. Barbezant Marie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291591v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291383v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartemann H" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748704v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe d'Enfert" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749726v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Barbezant M." TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2013.07.029" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DZJWL6S-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291566v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautheron N" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291551v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fournel I" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astruc K" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807823v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Goyer" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747280v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadri Znaidi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750045v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Croisier-Bertin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291601v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Calinon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291607v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291616v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291628v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05291623v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04478252v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Hung Nguyen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brugui&#232;re" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomofumi Miyamoto" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre M.M. Dias" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Simon Bellaye" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bse.2024.104791" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178474v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Teston" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Boulnois" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Augey" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Dighab" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof10110741" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04628600v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2024.117810" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04558977v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gangneux" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Miossec" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Machouart" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Gits-Muselli" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazouz Benderdouche" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myae047" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04546587v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pertuit" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Delaude" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mpuza Kapundu" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2024.01.011" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05324991v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Guilloteau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valot" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Bailly" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2024.101492" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04173133v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maldiney" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dea Garcia-Hermoso" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sitterl&#233;" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Chassot" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thouvenin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2023.1183340" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05325006v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pacquelet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gros" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2023.129167" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178578v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pineau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Neuwirth" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Ouzen" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Eberl" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-26560-w" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739283v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Hobloss" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Champy-Tixier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiaki Tanaka" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2022.05.010" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04173114v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Boccara" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Blot" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Piroth" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2022.101303" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05325016v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Magallon" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Chapuis" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2022.101295" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03152175v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romy Razakandrainibe" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia M&#233;rat" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kapel" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Guyot" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9020209" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03631995v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Lema&#238;tre" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ranjard" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.230" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03663470v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blaize" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Cecile Normand" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Imbert" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Al-Hatmi" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erja Chryssanthou" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01495-21" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03184998v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Normand" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Imbert" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brun" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah M S Al-Hatmi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof7040246" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03086278v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Costa" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Vannier" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8091358" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01991328v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henry Gabrielle" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Buisson" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12886-018-1003-z" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02902544v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2018.08.001" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z2FBQ7N1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01943639v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Burlet" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Ramla" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mahy" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm7110443" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628316v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henry Gabrielle" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01667149v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Tainturier" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Valot" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2017.04.079" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01666577v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Marty" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2017.04.056" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01497796v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Aho" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01939-16" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01484030v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lorraine Chretien" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofw190" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01517620v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Schmitz" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Lopez-Alayon" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12495" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630911v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2015.02.036" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z07MH2GV-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636221v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dananch&#233;" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cassier" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wegrzyn" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11046-014-9817-6" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204291v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Monniot" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Baudevin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory da Costa" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Chauvel" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0082395" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650349v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheh.2011.11.003" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-50D69KX8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644808v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fournel" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calinon" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2011.11.001" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6WDH3N0X-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05325764v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fournel" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajic.2009.07.011" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PS2H67C5-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453095v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivieri Claire" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enderlin Emilie" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajic.2008.06.009" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M1DKM6ST-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453097v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixt Nathalie" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fourquenet Vitalie" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2009.02.024" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8RWJNVQZ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445541v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Couillault" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin.2006.10.013" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PK45NL2V-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447862v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Calinon" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin-2007.09.013" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9KH0627J-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676100v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dantigny" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>