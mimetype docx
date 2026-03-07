--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -442,5006 +442,5006 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific carbon fluxes in rivers from long-term monitoring</w:t>
+                <w:t xml:space="preserve">Hydrological and temperature controls on CO2 and CH4 exchange between a mid-altitude mountain peatland and the atmosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Crapart</w:t>
+                <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Audry</w:t>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Bouchez</w:t>
+                <w:t xml:space="preserve">Adrien Jacotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Bouchez</w:t>
+                <w:t xml:space="preserve">Philippe Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Copard</w:t>
+                <w:t xml:space="preserve">Robin Calisti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advancing Critical Zone science, 3ème Conférence internationale OZCAR TERENO 2025</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">Mires and Peat </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (14), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19189/001c.143644⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05074842v1</w:t>
+                <w:t xml:space="preserve">insu-05295444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From microbiological to ecosystemic scale evaluation of carbon-based (CO2, CH4) greenhouse gas sources, production, and transfers in temperate peatlands: a pluridisciplinary week at the playground for Critical Zonists in Frasne, Jura Mountains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">What a peaty contribution to global warming! An interdisciplinary study of atmospheric and hydrologic carbon fluxes in a temperate peatland in the Jura Mountains, eastern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Poteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Jacotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sarah Coffinet</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion des Sciences de la Terre (RST 2023)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04282653v1</w:t>
+              <w:t xml:space="preserve">ARPHA Conference Abstracts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8, pp.e155498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/aca.8.e155498⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05095536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Underground River Monitoring from Seismic Waves with a Random Forest Algorithm</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Biotic and Abiotic Control Over Diurnal CH4 Fluxes in a Temperate Transitional Poor Fen Ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Jacotot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Rencontres Scientifiques et Techniques Résif</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (2), pp.951-968. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03442153v1</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10021-022-00809-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03881763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic and hydro-geophysical monitoring in the Jura mountains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Machine learning prediction of groundwater heights from passive seismic wavefield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Abi Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julie Albaric</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Albaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Steinmann</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Pohl</w:t>
+                <w:t xml:space="preserve">C. Hibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-P Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Rencontres Scientifiques et Techniques Résif</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03442422v1</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 234 (3), pp.1807-1818. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggad160⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CRITICAL PEAT project : The importance of hydrology for Carbon Reactivity along with atmosphere - peatland interactions. Preliminary results from the Frasne peatland monitoring (Jura Mountains, France).</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Origin and fate of dissolved inorganic carbon in a karst groundwater fed peatland using δ13CDIC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Bertrand</w:t>
+                <w:t xml:space="preserve">Laure Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Steinmann</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Bertrand</w:t>
+                <w:t xml:space="preserve">Jean-Sébastien Moquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2019</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 616, pp.121254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2022.121254⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03064923v1</w:t>
+                <w:t xml:space="preserve">hal-03892868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La durée d'engorgement peut-elle être déduite de la description morphologique et de la position topographique dans des sols sur schistes en Guyane ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Eocene-Oligocene southwest Pacific Ocean paleoceanography new insights from foraminifera chemistry (DSDP site 277, Campbell Plateau)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Hodel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Lucot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Steinmann</w:t>
+                <w:t xml:space="preserve">C. Fériot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Freycon</w:t>
+                <w:t xml:space="preserve">G. Dera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
+                <w:t xml:space="preserve">M. de Rafélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Ferry</w:t>
+                <w:t xml:space="preserve">C. Lezin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13es Journées d'étude des sols</w:t>
-[...11 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.:998237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2022.998237⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03906973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Socio-environmental monitoring and co-management strategies to favor groundwater recharge and sustainable use in southern metropolises: Toward a co-managed aquifer recharge model?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Cary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Cary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Hirata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Petelet-Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Opinion in Environmental Science &amp; Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27, pp.100350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.coesh.2022.100350⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03665762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The origin and transfer of water and solutes in peatlands: A multi tracer assessment in the carbonated Jura Mountains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lavastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hydrological Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hyp.14781⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Service National d'Observation Karst : pour un suivi à long terme des aquifères karstiques face aux nouveaux extrêmes climatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomi Mazzilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Arfib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bailly-Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Karstologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 80, pp.31-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04013133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Statistical hydrology for evaluating peatland water table sensitivity to simple environmental variables and climate changes application to the mid-latitude/altitude Frasne peatland (Jura Mountains, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Ponçot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pohl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 754, 141931 (55 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.141931⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02921354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drake Passage gateway opening and Antarctic Circumpolar Current onset 31 Ma ago: The message of foraminifera and reconsideration of the Neodymium isotope record</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01508620v1</w:t>
+                <w:t xml:space="preserve">F. Hodel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Grespan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. de Rafélis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lezin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 570, pp.120171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2021.120171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03358760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Restoration and meteorological variability highlight nested water supplies in middle altitude/latitude peatlands: Towards a hydrological conceptual model of the Frasne peatland, Jura Mountains, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Magnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecohydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (6), pp.e2315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/eco.2315⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03469696v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterizing fluxes of trace metals related to dissolved and suspended matter during a storm event: application to a karst aquifer using trace metals and rare earth elements as provenance indicators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cybèle Cholet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Denimal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hydrogeology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (1), pp.305-319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10040-018-1859-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02019559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">OZCAR : The French Network of Critical Zone Observatories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatim Hankard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Anquetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17 (1), pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2136/vzj2018.04.0067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01944414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Service National d'Observation du KARST (SNO KARST)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Jourde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomi Mazzilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Massei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 195, pp.38-42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01846314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SNO KARST: A French Network of Observatories for the Multidisciplinary Study of Critical Zone Processes in Karst Watersheds and Aquifers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Jourde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Massei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomi Mazzilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Batiot-Guilhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2136/vzj2018.04.0094⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01966716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priority substances and emerging pollutants in urban rivers in Ukraine: Occurrence, fluxes and loading to transboundary European Union watersheds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuliya Vystavna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zuzana Frkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmytro Diadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 637-638, pp.1358-1362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.05.095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing lateral flows and solute transport during floods in a conduit-flow-dominated karst system using the inverse problem for the advection-diffusion equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cybèle Cholet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Denimal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21 (7), pp.3635-3653. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/hess-21-3635-2017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transfer of rare earth elements (REE) from natural soil to plant systems: implications for the environmental availability of anthropogenic REE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Brioschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lucot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. C. Pierret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Stille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 366 (1-2), pp.143-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-012-1407-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04659955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamics of copper and zinc sedimentation in a lagooning system receiving landfill leachate.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Denimal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Waste Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 33 (11), pp.2287-2295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wasman.2013.06.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00872050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The impact of igneous bedrock weathering on the Mo isotopic composition of stream waters: Natural samples and laboratory experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea R Voegelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Nagler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pettke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadja Neubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86, pp.150-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2012.02.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02136550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nd-Sr isotope and REY geochemistry of metalliferous sediments in a low-temperature off-axis hydrothermal environment (Costa Rica margin)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bodei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Buatier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marine Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 315-318, pp.132-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.margeo.2012.04.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00735504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The suitability of annual tree growth rings as environmental archives: Evidence from Sr, Nd, Pb and Ca isotopes in spruce growth rings from the Strengbach watershed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Stille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Désirée Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Labolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Pierret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gangloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 344, pp.297-311</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00772594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of atmospheric deposition, biogeochemical cycling and water-mineral interaction on REE fractionation in acidic surface soils and soil water (the Strengbach case)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Stille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Pierret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Chabaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boutin René</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Geology Isotope Geoscience section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 264 (1-4), pp.173-186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2009.03.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00446938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of metalliferous sediment from a low-temperature hydrothermal environment, on the Eastern Flank of the East Pacific Ridge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Bodei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Buatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Adatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles G. Wheat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marine Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 250, pp.128-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.margeo.2008.01.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00327210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Controls on transport and fractionation of the rare earth elements in stream water of a mixed basaltic-granitic catchment basin (Massif Central, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Stille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 254, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2008.04.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00344942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rare earth element transport and fractionation in small streams of a mixed basaltic–granitic catchment basin (Massif Central, France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Stille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 88, 1-3, pp.236-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2005.08.071⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00021593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The impact of vegetation on REE fractionation in stream waters of a small forested catchment ( the Strengbach case )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Stille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Pierret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gauthier-Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Chabaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 70 (13), pp.3217-3230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2006.04.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00446947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The impact of vegetation on fractionation of rare earth elements (REE) during water–rock interaction.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Stille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Pierret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gauthier-Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 88, 1-3, pp.341-344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2005.08.070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00021594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Impact of vegetation on fractionation of rare earth elements (REE) during water-rock interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Stille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Pierret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gauthier Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 88, pp.341-344</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00176987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of mine pit lakes aqueous geochemistry - Blanzy - Montceau-les-Mines coal basin (Massif Central, France), origin of sulfate contents ; effects of stratification on water quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Denimal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Mudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Paquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Hochart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 20, pp.825-839</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00364452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rare earth element transport and fractionation in small streams of a mixed basaltic-granitic catchment basin (Massif Central, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Stille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 88 (1-3), pp.336-340</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00429005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrological and temperature controls on CO2 and CH4 exchange between a mid-altitude mountain peatland and the atmosphere</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Robin Calisti</w:t>
+                <w:t xml:space="preserve">Specific carbon fluxes in rivers from long-term monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Crapart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Audry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Copard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mires and Peat </w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">insu-05295444v1</w:t>
+              <w:t xml:space="preserve">Advancing Critical Zone science, 3ème Conférence internationale OZCAR TERENO 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Paris, France. , 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05074842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What a peaty contribution to global warming! An interdisciplinary study of atmospheric and hydrologic carbon fluxes in a temperate peatland in the Jura Mountains, eastern France</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">From microbiological to ecosystemic scale evaluation of carbon-based (CO2, CH4) greenhouse gas sources, production, and transfers in temperate peatlands: a pluridisciplinary week at the playground for Critical Zonists in Frasne, Jura Mountains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Jacotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Binet</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliot Chatton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Coffinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARPHA Conference Abstracts</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05095536v1</w:t>
+              <w:t xml:space="preserve">Réunion des Sciences de la Terre (RST 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Rennes, France. Unpublished, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.36360.60165⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine learning prediction of groundwater heights from passive seismic wavefield</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Underground River Monitoring from Seismic Waves with a Random Forest Algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Abi Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Albaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Hibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04100453v1</w:t>
+              <w:t xml:space="preserve">5èmes Rencontres Scientifiques et Techniques Résif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Obernai (67210), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03442153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biotic and Abiotic Control Over Diurnal CH4 Fluxes in a Temperate Transitional Poor Fen Ecosystem</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Seismic and hydro-geophysical monitoring in the Jura mountains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Abi Nader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Albaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie-Laure Toussaint</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pohl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecosystems</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03881763v1</w:t>
+              <w:t xml:space="preserve">5èmes Rencontres Scientifiques et Techniques Résif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Obernai, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03442422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin and fate of dissolved inorganic carbon in a karst groundwater fed peatland using δ13CDIC</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">CRITICAL PEAT project : The importance of hydrology for Carbon Reactivity along with atmosphere - peatland interactions. Preliminary results from the Frasne peatland monitoring (Jura Mountains, France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Sébastien Moquet</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.L. Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03892868v1</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03064923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eocene-Oligocene southwest Pacific Ocean paleoceanography new insights from foraminifera chemistry (DSDP site 277, Campbell Plateau)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Lezin</w:t>
+                <w:t xml:space="preserve">La durée d'engorgement peut-elle être déduite de la description morphologique et de la position topographique dans des sols sur schistes en Guyane ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lucot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Freycon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...3192 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">13es Journées d'étude des sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Louvain-la-Neuve, Belgique. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...187 lines deleted...]
-                <w:t xml:space="preserve">hal-00429005v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01508620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5459,103 +5459,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peatlands methane origin and fluxes to the atmosphere: towards an integrative conceptual model of a temperate French peatland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Sébastien Moquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Jacotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU23</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienne (AUT), Austria. </w:t>
@@ -5593,103 +5593,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groundwater Heights Prediction from Seismic Waves with Machine Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Abi Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Albaric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Hibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU23</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 0000, à renseigner, Unknown Region. </w:t>
@@ -5727,90 +5727,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The paradox of karstic peatlands: a combined hydrological and geochemical study in the Frasne peatland, French Jura Mountains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Stefani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5846,295 +5846,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04844480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of nested water supplies in a mid latitude/altitude peatland using long-term monitoring data before and after restoration. The case study of the Frasne peatland (Jura Mountains, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">From water rock-interaction to methanogenesis: How climate induced raise of groundwater inputs might favor CH4 fluxes in the mid latitude/altitude Frasne peatland, Jura Mountains, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sébastien Moquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU21</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-1302⟩</w:t>
+              <w:t xml:space="preserve">Advancing Critical Zone science First OZCAR TERENO International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Strasbourg, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.13812.48009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03526384v1</w:t>
+                <w:t xml:space="preserve">hal-03526712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From water rock-interaction to methanogenesis: How climate induced raise of groundwater inputs might favor CH4 fluxes in the mid latitude/altitude Frasne peatland, Jura Mountains, France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Characterization of nested water supplies in a mid latitude/altitude peatland using long-term monitoring data before and after restoration. The case study of the Frasne peatland (Jura Mountains, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Magnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advancing Critical Zone science First OZCAR TERENO International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Strasbourg, France. </w:t>
+              <w:t xml:space="preserve">EGU21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, virtual, Austria. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.13812.48009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-1302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03526712v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03526384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecological role of karstic groundwater in peatlands in the context of climate change. The case study of the Frasne peatland (Jura Mountains, France)</w:t>
               </w:r>
@@ -6245,103 +6245,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peatlands as patchworks of water-rock and water-peat interactions: The case study of the Frasne peatland, Jura Mountains, France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lhosmot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Sébastien Moquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Virtual, France. </w:t>
@@ -6418,64 +6418,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Villesseche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Baillieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43rd IAH Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t>
@@ -6517,90 +6517,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport and speciation of trace metals in karst aquifer during a flood event.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cholet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Denimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Goldschmidt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Yokohama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6625,51 +6625,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La présence d'une nappe d'eau dans des sols hydromorphes forestiers : à quelle profondeur, quand et combien de temps ? Les apports d'un suivi piézométrique pluriannuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lucot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6677,51 +6677,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Degiorgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12es Journées nationales d'étude des sols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFES, Jul 2014, Chambéry, France</w:t>
@@ -6789,51 +6789,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bontemps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6910,51 +6910,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. de Bardon de Segonzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Prague, Czech Republic. pp.633</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7031,51 +7031,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Neubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Pettke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Prague, Czech Republic. pp.2096</w:t>
@@ -7117,64 +7117,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Europium and Lanthanum to Phaseolus vulgaris in hydroponic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Brioschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lucot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Badot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7212,77 +7212,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biogeochemical cycling of rare earth elements in surface soils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Stille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.C. Pierret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Cologne, Germany. pp.A972</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7307,103 +7307,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of vegetation on fractionation of rare earth elements (REE) during water-rock interactions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Stille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C. Pierret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gauthier-Lafaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochemistry of the Earth's Surface (GES-7)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Aix-en-Provence, France. pp.341-344</w:t>
@@ -7464,90 +7464,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring hydro-géophysique des réservoirs d'eau souterraine dans le Jura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Albaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Albaric</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Anthony Abi Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7614,77 +7614,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Flow Processes in Drains and Low Permeability Volumes of a Karst System in the French Jura Mountains: High-Resolution Hydrochemical Characterization During a Flood Event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Denimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Carry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7731,90 +7731,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of the physicochemical response of two karst systems during contrasting flood events in the French Jura Mountains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cybèle Cholet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Denimal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bartolomé Andreo et al. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrogeological and Environmental Investigations in Karst Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Springer-Verlag Berlin Heidelberg, pp.1-9, 2015, Environmental Earth Sciences, </w:t>
@@ -7884,51 +7884,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les terres rares et les isotopes radiogéniques comme traceurs d'échange et de transfert dans les cycles géochimiques externes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Planète et Univers [physics]. Université de Franche-Comté, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8036,51 +8036,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F387DC8C"/>
+    <w:nsid w:val="2ACB138D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8184,51 +8184,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="6BAFCDB2"/>
+    <w:nsid w:val="213BC1C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8332,51 +8332,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="4B757024"/>
+    <w:nsid w:val="BE554CE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8480,51 +8480,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="94807DDF"/>
+    <w:nsid w:val="5E88501A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8628,51 +8628,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="FAD6E18B"/>
+    <w:nsid w:val="A9D330DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8871,51 +8871,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-steinmann" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2637-1497" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.fr/citations?user=wnvFUlMAAAAJ" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074842v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Crapart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Audry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bouchez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Copard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282653v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lhosmot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jacotot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Chatton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Coffinet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.36360.60165" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442153v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Abi Nader" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Steinmann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442422v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pohl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03064923v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bertrand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Steinmann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Toussaint" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertrand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508620v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lucot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Freycon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Souc&#233;marianadin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ferry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05295444v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Binet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Calisti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19189/001c.143644" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095536v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Poteaux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e155498" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04100453v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Albaric" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hibert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Malet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad160" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881763v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Toussaint" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-022-00809-x" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892868v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gandois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Moquet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2022.121254" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906973v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hodel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. F&#233;riot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dera" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Raf&#233;lis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lezin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2022.998237" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013133v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Labat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Mazzilli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Arfib" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bailly-Comte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Batiot-Guilhe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282342v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lavastre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.14781" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03665762v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bertrand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cary" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Cary" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Hirata" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Petelet-Giraud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coesh.2022.100350" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02921354v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Pon&#231;ot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.141931" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358760v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grespan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2021.120171" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469696v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Collin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Magnon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eco.2315" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019559v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyb&#232;le Cholet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charlier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Denimal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-018-1859-2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944414v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim Hankard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0067" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846314v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jourde" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massei" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966716v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Binet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Batiot-Guilhe" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0094" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957021v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Vystavna" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Frkova" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle-Jeanton" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Diadin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huneau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.05.095" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607027v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Moussa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-21-3635-2017" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659955v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brioschi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lucot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Pierret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Stille" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-012-1407-0" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-J7MCFQLF-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872050v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guigue" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mathieu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2013.06.004" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QLT9WN1S-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136550v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea R Voegelin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nagler" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pettke" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Neubert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2012.02.029" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735504v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bodei" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2012.04.005" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CL0ZVG8M-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772594v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Stille" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-D&#233;sir&#233;e Schmitt" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Labolle" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Pierret" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gangloff" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00446938v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Pierret" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chabaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boutin Ren&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2009.03.005" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0Q4ZBH3X-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327210v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bodei" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles G. Wheat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2008.01.003" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-204KBRJN-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344942v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2008.04.004" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJQ8M4B3-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021593v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2005.08.071" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JQRXZ3MS-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00446947v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2006.04.028" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3VSZ0NJ0-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021594v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Pierret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aubert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2005.08.070" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JHL2G95S-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176987v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gauthier Lafaye" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364452v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mudry" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Paquette" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Hochart" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00429005v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182733v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13093" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04604371v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-1601" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844480v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Stefani" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526384v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1302" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526712v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean S&#233;bastien Moquet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.13812.48009" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526676v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhosmot Alexandre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collin Louis" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnon Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steinmann Marc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Catherine" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526336v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2021.7112" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507084v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ros" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Villesseche" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baillieux" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507072v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cholet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Denimal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114709v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charnet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Degiorgi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lambert" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735498v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Routier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pourret" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bontemps" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734815v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Catrouillet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Bardon de Segonzac" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735503v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ar Voegelin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. F. N&#228;gler" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Neubert" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pettke" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428547v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Brioschi" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00178962v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153725v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662207v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fores" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019558v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carry" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45465-8_29" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01164271v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17435-3_1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00349272v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-steinmann" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2637-1497" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.fr/citations?user=wnvFUlMAAAAJ" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05295444v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lhosmot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Steinmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jacotot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Binet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Calisti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19189/001c.143644" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095536v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Poteaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.8.e155498" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881763v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Toussaint" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-022-00809-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04100453v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Abi Nader" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Albaric" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Steinmann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hibert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Malet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad160" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892868v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gandois" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Moquet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2022.121254" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906973v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hodel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. F&#233;riot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dera" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Raf&#233;lis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lezin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2022.998237" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03665762v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bertrand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cary" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Cary" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Hirata" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Petelet-Giraud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coesh.2022.100350" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282342v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lavastre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.14781" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013133v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Labat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Mazzilli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Arfib" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bailly-Comte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Batiot-Guilhe" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02921354v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Pon&#231;ot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pohl" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.141931" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358760v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grespan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2021.120171" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469696v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Collin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Magnon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eco.2315" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019559v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyb&#232;le Cholet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charlier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Denimal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-018-1859-2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944414v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim Hankard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0067" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846314v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jourde" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massei" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966716v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Binet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Batiot-Guilhe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0094" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957021v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Vystavna" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Frkova" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle-Jeanton" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Diadin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huneau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.05.095" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607027v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Moussa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-21-3635-2017" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659955v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brioschi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lucot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Pierret" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Stille" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-012-1407-0" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-J7MCFQLF-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872050v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guigue" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mathieu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2013.06.004" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QLT9WN1S-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136550v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea R Voegelin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nagler" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pettke" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Neubert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2012.02.029" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735504v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bodei" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2012.04.005" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CL0ZVG8M-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772594v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Stille" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-D&#233;sir&#233;e Schmitt" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Labolle" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Pierret" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gangloff" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00446938v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Pierret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chabaux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boutin Ren&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2009.03.005" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0Q4ZBH3X-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327210v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bodei" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles G. Wheat" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2008.01.003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-204KBRJN-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344942v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2008.04.004" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJQ8M4B3-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021593v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2005.08.071" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JQRXZ3MS-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00446947v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2006.04.028" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3VSZ0NJ0-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021594v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Pierret" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aubert" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2005.08.070" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JHL2G95S-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176987v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gauthier Lafaye" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364452v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mudry" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Paquette" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Hochart" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00429005v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074842v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Crapart" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Audry" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bouchez" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Copard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282653v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Chatton" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Coffinet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.36360.60165" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442153v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442422v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03064923v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bertrand" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Toussaint" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertrand" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508620v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lucot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Freycon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Souc&#233;marianadin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ferry" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182733v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13093" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04604371v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-1601" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844480v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Stefani" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526712v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean S&#233;bastien Moquet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.13812.48009" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526384v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1302" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526676v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhosmot Alexandre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collin Louis" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnon Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steinmann Marc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Catherine" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526336v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2021.7112" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507084v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ros" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Villesseche" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baillieux" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507072v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cholet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Denimal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114709v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charnet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Degiorgi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lambert" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735498v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Routier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pourret" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bontemps" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734815v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Catrouillet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Bardon de Segonzac" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735503v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ar Voegelin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. F. N&#228;gler" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Neubert" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pettke" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428547v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Brioschi" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00178962v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153725v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662207v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fores" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019558v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carry" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45465-8_29" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01164271v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17435-3_1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00349272v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>