--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:142.22222222222px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marc Tchamitchian </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de recherches (INRAE Écodéveloppement) / Chef de département adjoint, département ACT</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ingénieur agronome, j’ai commencé ma carrière en travaillant sur les cultures sous serre.Ma thèse a porté sur la modélisation de la distribution de la lumière et de la photosynthèse dans les cultures de tomates hors-sol sous serre, mixant donc approches de la physique radiative sous serre et de l’écophysiologie du couvert. J’ai ensuite abordé le problème de la gestion climatique des serres verre fortement équipées, en utilisant parallèlement deux points de vue différents, l’exploitation des modèles du fonctionnement couplé du climat et de la culture, d’une part, et l’exploitation des connaissances d’experts, d’autre part.Cela m’a progressivement amené à m’intéresser aux connaissances des porteurs d’enjeux, et aux interactions que l’on peut créer avec les connaissances scientifiques : comment faire exprimer les connaissances des acteurs, comment les valider, selon quels référentiels, et comment hybrider connaissances d’acteurs et connaissances scientifiques dans des objets intermédiaires, facilitant les démarches de co-conception.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ce parcours, des modèles analytiques écophysiologiques et microclimatiques vers la représentation des connaissances d’acteurs s’est déroulé d’abord au sein du département de Bioclimatologie (devenu E&A puis Agroécosystèmes), puis, depuis 2005, au sein du département ACT (ex-SAD), reflétant cette progression dans mes intérêts et méthodes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En parallèle de mon activité de recherche, j’ai été directeur de l’unité Écodéveloppement de 2014 à 2021, et co-directeur du Comité Interne à l’Agriculture Biologique de 2014 à 2020, le CIAB étant le précurseur du métaprogramme METABIO au comité de pilotage duquel je participe. Je suis aussi chef de département adjoint du département ACT depuis novembre 2022.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ActivitésLe thème principal de mon activité est l’accompagnement des porteurs de projets en agroforesterie horticole, les vergers-maraîchers, en m’attachant à qualifier leurs propriétés agroécologiques, gestion des bioagresseurs, production, stabilité, compromis dans l’allocation des ressources et en particulier de la main d’œuvre.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (61)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-sectional analysis of 28 agrifood value chain initiatives: Various innovation dynamics related to their commitment to agroecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Lantremange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clementina Sebillotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.115-128. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-vol100-art11-GB⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse transversale de 28 démarches de filières agrialimentaires : des dynamiques d'innovation variables au travers de leur engagement dans l'agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Lantremange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clementina Sebillotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.123-137. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-Vol100-art11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05010133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can available scientific information be mobilised to ensure the efficacy of microbial biocontrol agents against plant diseases in the field?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Rousselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 190, pp.107115. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2025.107115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04928769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chantier « Agroécologie &amp; Marché » conduit par les groupes filières INRAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bertagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Cadore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Carlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-Vol100-art01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05003464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to make my mixed fruit tree-vegetable systems resilient? Types and ranges of resilience levers used by French Mediterranean farmers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroforestry Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10457-024-00980-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04643943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global dataset of experimental intercropping and agroforestry studies in horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (5), </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-023-02831-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04714834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil co-construit pour faciliter l’utilisation du biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 772, pp.31-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using microbial biocontrol for disease control in French vegetable production: An analysis of the perspectives of farmers and farm advisors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Rousselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 180, pp.106648. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2024.106648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are agroforestry systems more productive than monocultures in Mediterranean countries? A meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danilo Scordia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Andrea Corinzia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Coello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Vilaplana Ventura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Elisa Jiménez-De-Santiago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 43 (6), pp.73. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-023-00927-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04469479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroecological crop protection for sustainable agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Deguine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Aubertot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Côte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric P.-E. Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Advances in Agronomy, 178, pp.1-59. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.agron.2022.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key research challenges to supporting farm transitions to agroecology in advanced economies. A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Prost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 43, pp.11. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-022-00855-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03957484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécificité des besoins de recherche sur la qualité des sols en Agriculture Biologique. Bilan d’un séminaire transdisciplinaire INRA-ITAB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Jouany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Vertès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laeticia Fourrié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Nesme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josephine Peigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30, pp.97-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un OAD pour faciliter l’utilisation du biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 755, pp.43-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03713773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception et gestion par les agriculteurs de la biodiversité fonctionnelle dans les vergers à pomme en agriculture biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Cardona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weronika Swiergiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 40, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/revue-set.2022.40.7388⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception de systèmes de verger-maraîcher à l’aide de la programmation mathématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Maqrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Ouverte d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2 (1), pp.157-188. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/roia.13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04918218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DURAPI – Vers une meilleure connaissance et un accompagnement technique des exploitations apicoles professionnelles : durabilité, stratégies de renouvellement du cheptel et conséquences sur le fonctionnement global de l’exploitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Britten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 82, pp.81-94. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/ap85-ak16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03140956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to reconcile short-term and long-term objectives in mixed farms? A dynamic model application to mixed fruit tree - vegetable systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 187, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2020.103011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring methods adapted to different perceptions and uses of functional biodiversity: Insights from a European qualitative study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Cardona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stine Kramer Jacobsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 129 (107883), </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2021.107883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling crop diversification and association effects in agricultural systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 288, pp.Online. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2019.106711⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codesigning biodiversity-based agrosystems promotes alternatives to mycorrhizal inoculants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 39 (6), pp.39-48. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-019-0594-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir et expérimenter des vergers agroforestiers en Agriculture Biologique (VERtiCAL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Castel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Plessix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Gasparin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Fourrié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 76, pp.273-289. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/5zao4b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing risk through crop diversification: An application of portfolio theory to diversified horticultural systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 168, pp.123-130. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2018.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management flexibility and the sustainability of bee farming systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Decourtye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Ferrus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 77, pp.31-43. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/k4kv-k303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et évaluation de systèmes de culture maraîchers méditerranéens innovants pour gérer les nématodes à galles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Fazari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Baily-Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marteu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechnologie, Agronomie, Société et Environnement / Biotechnology, Agronomy, Society and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 23 (1), pp.7-21. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25518/1780-4507.17725⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bee farming system sustainability: An assessment framework in metropolitan France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Ferrus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Decourtye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 176, pp.102653. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2019.102653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant organic farming research – current status and opportunities for future development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Tsvetkov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atanas Atanassov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Vlahova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucien Carlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Christov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechnology and Biotechnological Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 32 (2), pp.241-260. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13102818.2018.1427509⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic food : State of the art and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Lesturgeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Josephe Amiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dimier-Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Dufeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 53 (3), pp.141-150. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cnd.2018.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term systems experiments and long-term agricultural research sites: Tools for overcoming the border problem in agroecological research and design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erin M. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecology and Sustainable Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 42 (6), pp.620-628. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21683565.2018.1435434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du partage de connaissances à la co-conception d'innovations agroécologiques : Exemple de la mobilisation des mycorhizes en Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Goasduff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 64, pp.97-111. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.5408025827548547E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potentialités, questionnements et besoins de recherche de l’Agriculture Biologique face aux enjeux sociétaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Savini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 361, pp.49-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02619831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agrifood systems and the microbial safety of fresh produce: Trade-offs in the wake of increased sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nguyen The</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Berard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Berge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Brillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 562, pp.751-759. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2016.03.241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International symposium on innovation in integrated and organic horticulture (INNOHORT 2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marie Codron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Granatstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Malézieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chronica Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 55 (3), pp.35-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A pragmatic approach to assess the exposure of the honey bee (Apis mellifera) when subjected to pesticide spray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Poquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Fusellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Giroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (11), pp.Article Number: e113728. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0113728⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écologisation des pratiques en arboriculture et maraîchage. Enjeux et perspectives de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Geniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossiers de l'Environnement de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34, pp.65-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02631774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Varietal and technical innovations for the sustainable and integrated management of root-knot nematodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Palloix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Mateille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nematology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 46 (2), pp.154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lettuce cropping with less pesticides. A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Barrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lecompte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Maisonneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34 (1), pp.175-198. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-013-0158-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01234783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternative cropping systems can have contrasting effects on various soil-borne diseases: Relevance of a systemic analysis in vegetable cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise F. Montfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Mateille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Tavoillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 55, pp.7-15. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2013.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Napoleone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossiers de l'Environnement de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34, pp.3-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écologisation des pratiques en arboriculture et maraîchage. Enjeux et perspectives de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Geniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 62, pp.57-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment repenser les systèmes de culture?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lecompte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 309, pp.24-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facing up to the paradigm of ecological intensification in agronomy: Revisiting methods, concepts and knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Doré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Malézieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie G. Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 34 (4), pp.197-210. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2011.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01355604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root-knot nematode (Meloidogyne) management in vegetable crop production: the challenge of an agronomic system analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Peyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Mateille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (10), pp.1251-1262. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2011.04.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00767386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of grafting on eggplant leaf gas exchanges under mediterranean greenhouse conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ebrahim M. Khah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Katsoulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantin Kittas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Plant Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 5 (2), pp.121 - 134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes de culture et qualité de la laitue Comment repenser les systèmes de culture pour réduire l’usage de pesticides et les risques de résidus ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lecompte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 9, pp.67-84. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/bm33-ba43⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02659807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration and validation of a biological model to simulate the development and production of tomatoes in Mediterranean greenhouses during winter period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Dimokas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantin Kittas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 103 (2), pp.217-227. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2009.01.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of two UV-absorbing greenhouse-covering films on growth and yield of an eggplant soilless crop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kittas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Katsoulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Karaiskou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Papaioannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientia Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 110 (1), pp.30-37. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scienta.2006.06.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02659703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SERRISTE : a daily set point determination software for glasshouse tomato production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin-Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Lagier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Jeannequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 50 (1), pp.25-47. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2005.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the heating method on greenhouse microclimate and energy consumption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bartzanas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kittas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 91 (4), pp.487-499</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des consignes climatiques sur internet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 218, pp.36-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-course of tomato whole-plant respiration and fruit and stem growth during prolonged darkness in relation to carbohydrate reserves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baldet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 91, pp.429-438</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence of chitinase in adult Varroa destructor, an ectoparasite mite of Apis mellifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Bonmatin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Di Pasquale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental and Applied Acarology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 25, pp.947-955</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence of chitinase in adult Varroa destructor, an ectoparasitic mite of Apis mellifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Bonmatin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Di Pasquale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental and Applied Acarology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 25 (12), pp.947-955. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/A:1020657906024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02082513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation of competition between fruits and leaves by flower pruning and water fogging, and consequences on tomato leaf and fruit growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 88, pp.645-652</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of carbohydrate pools to the variations in leaf mass per area within a tomato plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baldet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 143, pp.53-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02688520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of cultivar, fruit position and seed content on tomato fruit weight during a crop cycle under low and high competition for assimilates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Vaissière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Horticultural Science and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 73 (4), pp.541-548</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02690624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changing sink demand affects the area but not the specific activity of assimilate sources in Cantaloupe (Cucumis melo L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Valantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Vaissière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bruneli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 82 (6), pp.711-719</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02697090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crop modelling in horticulture : state of the art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.W. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientia Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 74, pp.3-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02685759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des effets à long terme du CO2, de la température et de la fertilisation sur la photosynthèse de la feuille de ray-grass anglais (Lolium perenne L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossiers de l'Environnement de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 8, pp.99-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal temperature regimes for a greenhouse crop with a carbohydrate pool : a modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Seginer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientia Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 60, pp.55-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02711910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photosynthese d'une culture en rangs de tomates sous serre. Modelisation analytique et cartographie de l'activite du feuillage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Jacques Longuenesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sarrouy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 11 (1), pp.17-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02716018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du niveau d'alimentation hydrique sur les variations du diametre des tiges, du potentiel hydrique, de la resistance stomatique, de la transpiration et de la photosynthese de l'aubergine (Solanum melangena L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.G. Schoch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nader Katerji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Rimgoto P.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 40, pp.89-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02720954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (100)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing the complexity of deploying microbial biocontrol agents against plant diseases in an IPM context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Oudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Rousselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Promoting Integrated Pest Management in Protected Crops in a Changing Europe and Mediterranean Basin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IOBC, Sep 2025, Podgorica, Montenegro. pp.17-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DESPECIALIZATION THROUGH DIVERSIFICATION: TRADE-OFF NEEDED TO STRIKE A BALANCE BETWEEN BENEFITS AND FARM MANAGEMENT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malick S Ouattara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Farming System Design Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to manage the complexity of deploying microbial biocontrol agents against plant diseases?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third international congress of biological control (ICBC3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IOBC, CABI, Jun 2024, San Jose, Costa Rica</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing the complex use of microbial biocontrol agents against plant diseases in a context of IPM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China-Europe symposium on innovation and development of IPM in agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Guizhou University, Nov 2024, Guiyang, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience of French Mediterranean mixed horticultural systems: from theory to practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Brno (Rép. Tchèque), Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05097014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse du chantier Agroécologie (AE) & Marché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bertagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Cadoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution du chantier « Agroécologie et Marché » des Groupes Filières d’INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Paris, France. 51 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04068955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a database on the factors of efficacy of microbial biocontrol agents against plant diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Rousselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. IOBC-WPRS meeting of the working group “Biological and Integrated Control of Plant Pathogens”. Biocontrol needs and challenges in future cropping systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wageningen university and research, Jun 2023, Wageningen, Netherlands. pp.9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel fonctionnement des niches dans les filières agroalimentaires ? Une étude qualitative de démarches de filières en transition vers l’agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Lantremange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Frayssignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Fortun-Lamothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Éric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Journées de Recherche en Sciences Sociales (JRSS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE; SFER; CIRAD, Dec 2023, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nurturing niche innovations by agrifood value chains in transition to agroecology. A qualitative analysis through eleven case studies in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Lantremange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Frayssignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Fortun-Lamothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Éric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. International sustainability transitions conference: responsibility and reflexivity in transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Utrecht, Netherlands. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04206711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of decision support systems to promote the use of microbial biocontrol of plant diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Rousselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International congress of biological control (ICBC2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IOBC; CABI, Apr 2021, Davos, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03573722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decision support system partially based on farmers’ experience to promote an efficient use of microbial biocontrol agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Conference on farmer-centric on-farm experimentation (#OFE2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE-#DigitAg; International Society of Precision Agriculture, Oct 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03573751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing decision support systems based on protection efficacy to promote the use of microbial biocontrol agents in the field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTOMED symposium: Biologicals / Biopesticides / Biostimulants and EU policies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Democritus University of Thrace, Dec 2020, Thrace, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03573767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing decision support systems based on protection efficacy to promote the use of microbial biocontrol agents in the field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual biocontrol industry meeting (ABIM 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Basel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03573683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse multi-critères et les dynamiques de trajectoires (Atelier)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Kesse-Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de lancement de METABIO sur le changement d'échelle de l'agriculture biologique.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Poitiers, France. 5p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02975286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan du programme INRAE-AgriBio4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire final AgriBio4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does crop diversification ensure mixed cropping systems health?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dayaleth Alfonzo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. European Conference on Crop Diversification 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Budapest, Hungary. 369 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking scientific and empirical knowledge: an interactive web app to design agroforestry market gardening systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroforestry for the transition towards sustainability and bioeconomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Nuoro, Italy. pp.481-482</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to reconcile short-term and long-term objectives in agroforestry systems? An application of viability theory to Mixed Horticultural Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. European Conference on Crop Diversification 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Budapest, Hungary. 369 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horticulture agroforestry systems: a modelling framework to combine diversification and association effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. European Agroforestry Conference-Agroforestry as sustainable Land Use</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Agroforestry Federation, May 2018, Nijmegen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Researchers, advisors and growers working together to design monitoring methods for functional agro-biodiversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Cardona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. European IFSA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Farming Systems Association (IFSA). AUT., Jul 2018, Chania, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Wedelin's Heuristic with Sensitivity Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Maqrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. congrès annuel de la Société française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Lorient, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horticultural agroforestry systems: a modelling framework to combine diversification and association effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th European Agroforestry Conference. Agroforestry as Sustainable Land Use</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nijmegen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benefits of diversified horticultural systems: assessment with the modern portfolio theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. European IFSA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Farming Systems Association (IFSA). AUT., Jul 2018, Chania, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed Fruit-Vegetable Crop Allocation Problem using MIP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Maqrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e congrès annuel de la Société française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Metz, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A methodology to go from stakeholder’s expectations to research questions: implementation on organic food processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Fourrié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Taupier-Letage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. Organic World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, New Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El diseño de sistemas agroforestales de cultivos intercalados templados: Interacciones competitivas y rendimiento de los cultivos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dayaleth Alfonzo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecologia 2017 (VIè congrès latino-américain; Xè congrès brésilien)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Brasilia, Brasil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mixed integer programming reformulation of the mixed fruit-vegetable crop allocation problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Maqrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Conference on Industrial, Engineering and Other Applications of Applied Intelligent Systems, IEA/AIE 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Arras, France. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-60045-1_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los sistemas agroforestales hortícolas en tres regiones de Francia: un diseño ecosistémico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dayaleth Alfonzo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecologia 2017 (VIè congrès latino-amrcain; Xè congrès brésilien)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Brasilia, Brasil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A national platform to foster research cooperation. 100 research topics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Le Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Desquilbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Fouilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Lairon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing mixed fruit-vegetable cropping systems by integer quadratic programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Maqrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Congress on Environmental Modelling and Software (iEMSs)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, toulouse, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EBIO-Network: a web-based platform for knowledge sharing on functional agrobiodiversity in organic apple production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Herz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Matray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadil Sharifova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Wolck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lene Sigsgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. International Conference on Organic Fruit Growing. Ecofruit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Hohenheim, Germany. 303 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to foster mycorrhiza? From brakes to levers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52. Annual Meeting of the Caribbean Food Crops Society (CFCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Le Gosier, Guadeloupe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bio peut-il nourrir le monde ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Savini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exposition Universelle Milan 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Milan, Italie. 47 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluer l’acceptabilité par les agriculteurs d’innovations variétales et agronomiques pour maîtriser les nématodes à galles en maraîchage sous abri (le projet GEDUNEM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Furnion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Rencontres du végétal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AGROCAMPUS OUEST. FRA., Jan 2015, Angers, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels outils et pratiques en faveur de la biodiversité fonctionnelle chez les arboriculteurs bio d'Europe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Cardona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Technique Agriculture Biologique fruits Ctifl-ITAB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Technique Interprofessionnel des Fruits et Légumes (CTIFL). FRA., Mar 2015, Baladran, France. 11 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et évaluation d’innovations variétales et agronomiques pour maîtriser les nématodes à galles en maraîchage sous abri (le projet GEDUNEM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Fazari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marteu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Rencontres du végétal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet GEDUNEM : Innovations techniques et variétales pour une gestion durable & intégrée des nématodes à galles dans les systèmes maraîchers sous abris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Fazari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marteu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Conférence Internationale sur les Méthodes Alternatives de Protection des Plantes AFPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fruits and vegetables for a sustainable production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGEA VII. Healthy diet, healthy environment within a fruitful economy: the role of fruits &amp; vegetables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bio peut-il nourrir le monde ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Savini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soirée Terre de Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Angers, France. pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R&D integration to foster organic farming in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Agriculture Research Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, La Crosse, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bio peut-il nourrir le monde ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Savini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées de recherches en sciences sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; Institut National de la Recherche Agronomique (INRA). FRA.; Université de Lorraine (UL). FRA., Dec 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinations of varietal and technical innovations for the sustainable and integrated management or root-knot nematodes: the gedumen project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Fazari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marteu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation in Integrated &amp; Organic Horticulture, INNOHORT 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Jun 2015, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet COPAIRNIC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Leyronas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bladier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire SMaCH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Paris, France. 30 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le programme AgriBio4 - Présentation synthétique des manifestations d'intérêt reçues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de séminaires INRA sur l'Agriculture Biologique - Séminaire 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France. 32 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Point sur les outils d'évaluation de l'Agriculture Biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Agroécologie et conjuguer les performances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Jul 2014, Paris, France. 19 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au 3ème séminaires - Enseignements des précédents séminaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de séminaires INRA sur l'Agriculture Biologique - Séminaire 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Paris, France. pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration écologique dans le cadre de mesures compensatoires par l'offre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dutoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de la SFR Tersys »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01329003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The GEDUNEM project: Varietal and technical innovations for the sustainable and integrated management of root-knot nematodes in protected vegetable cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Symposium on Organic Greenhouse Horticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). Leuven, INT., Oct 2013, Avignon, France. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Southern Europe organic greenhouse systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Symposium on Organic Greenhouse Horticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Avignon, France. 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural regulations and agricultural practices in organic vegetable production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Priac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. European IFSA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Farming Systems Association (IFSA). AUT., Jul 2012, Aarhus, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multicriteria evaluation of the pathological resilience of soil-based protected cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Peyre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on High Technology for Greenhouse Systems GreenSys 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Laval. Quebec, CAN., Jun 2009, Quebec City, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écologisation des pratiques en arboriculture et maraîchage. Enjeux et perspectives de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Geniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologisation des politiques et des pratiques agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Isle sur la Sorgue, France. 20 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulating the consequences of global climate change on greenhouse tomato production in south-France: Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Boulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Fatnassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIII. International Horticultural Congress on Science and Horticulture For People (IHC 2010): International Symposium on Engineering the Modelling, Monitoring, Mechanization and Automation Tools For Precision Horticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaborating innovative solutions with experts using a multicriteria evaluation tool. The case of soilborne disease control in market-gardening cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Aissa Madani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Taussig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISDA 2010 Innovation and Sustainable Development in Agriculture and Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ELABORATING INNOVATIVE SOLUTIONS WITH EXPERTS USING A MULTICRITERIA EVALUATION TOOL. THE CASE OF SOIL BORNE DISEASE CONTROL IN MARKETGARDENING CROPPING SYSTEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aissa Madani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Taussig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISDA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Montpellier, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00512273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multicriteria evaluation of the pathological resilience of in-soil protected cropping systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Peyre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Greensys 2009:International Symposium on high technology for greenhouse systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Québec, Canada. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NéoLég : vers une nouvelle configuration des agrosystèmes maraîchers méditerranéens sous abri pour une gestion durable des bioagresseurs telluriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean- Michel Crestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Q@LI-MEDiterranée 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Montpellier, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical alternative techniques: promising results for the root-knot nematode control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Peyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8.Conférence Internationale sur les Ravageurs en Agriculture (CIRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building sustainable cropping systems by combining scientific and empirical knowledge. The example of soil-born disease control on vegetable sheltered crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique F. Bressoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Fauriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Pares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Symposium on Horticulture in Europe (SHE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining scientific and lay knowledge in model to accompany actors in a changing agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Lécrivain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Lasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Farming system design 2007 : an international symposium on methodologies on integrated analysis on farm production systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Catania, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated soil-borne disease management in protected vegetable crops in south-east France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Bressoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. International workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Landerneau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daily temperature optimisation in greenhouse by reinforcement learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kittas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bartzanas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lykas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. World congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Prague</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the selection of appropriate control system design methodologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.G. van Willigenburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.L. de Koning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z.S. Chalabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. van Straten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. World congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Prague</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An alternative rose crop model for greenhouse temperature control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kittas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bartzanas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26. Annual congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Volos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internet-based greenhouse climate choice to grow greenhouse tomatoes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Thessalonique, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of two new UV-absorbing greenhouse-covering films on growth and yield of a tomato soilless crop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kittas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Papaioanou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Obeid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Katsoulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Evora, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greenhouse soilless rose crop transpiration: application for accurate irrigation control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kittas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Katsoulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Mikonos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PIC SERRE&amp;quot; an IPM research programme for greenhouse tomato crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Boulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fargues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Ridray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serriste, un outil pour la gestion climatique des serres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Lagier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier : Pilotage des agroécosystèmes. Complémentarités terrain-modélisation et aide à la décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2000, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalence of the temperature integral and the carbon dynamics concepts in plants : utility for control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Ioslovich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25. International Horticultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1998, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity analysis of a crop model : use of a two different methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Ruget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Delecolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A model of the crop and its environment for simulating decision making in greenhouse tomato production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Rellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grow virtual tomatoes : two user friendly softwares for teaching the cultivation of greenhouse tomato</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Charasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling needs in cropping decision support systems : beyond biophysical models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Rellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeannequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of decreasing VPD by misting on leaf area and leaf inclination in tomato and estimation of consequences on light absorption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Guichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International workhop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1999, Bet Dagan, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon dynamics in plants. Application to optimal control of greenhouses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Ioslovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 98</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1998, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and simulating decision making for greenhouse tomato production : the Conserto project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Rellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin-Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Jeannequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2d International Symposium of Models for plant growth, environmental control and farm management in protected cultivation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1997, Wageningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulserre : an educational software simulating the greenhouse-crop system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Boulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1997, Wageningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration, sensibilité, validation des modèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Delecolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole chercheurs INRA en bioclimatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Le Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02766049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serriste : daily greenhouse climate set-point determination for tomatoes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Montbroussous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeannequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Hannover, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inversion de modèles : quelques exemples dans le domaine de la télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Baret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Sohbi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole chercheurs INRA en bioclimatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Le Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning daily climate set-points for a greenhouse tomato production : the serriste system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeannequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA-KCW Workshop on decision support systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1997, Laon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOMGRO, modèle explicatif de fonctionnement des cultures sous serre : un outil pour la recherche et pour l'aide à la décision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Alénya, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problèmes de décision dans la gestion des productions sous serre: approches méthodologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'AIP intersectorielle Serres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Alénya, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal control of the daily greenhouse climate : physical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.J. Tantau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. World Congress of IFAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications de la commande optimale à la gestion climatique des serres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'AIP intersectorielle Serres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Alénya, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serriste : un système d'intelligence artificielle pour la planification journalière du climat sous serre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeannequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Alénya, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02771853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey of computer-based approaches for greenhouse climate management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.J. Schotman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. IFAC/ISHS Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Silsoe, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of empirical leaf photosynthesis and stomatal conductance models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Olioso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bethenod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Rambal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International Photosynthesis Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1995, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation interactive de la croissance d'une plante de tomate en fonction de son environnement et de sa conduite (modèle TOMGRO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Barczi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1993, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02774061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des effets à long terme du CO2, de la température et de la fertilisation sur la photosynthèse de la feuille de ray-grass anglais (Lolium perenne L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Ecosystèmes et Changements globaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1994, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02844386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion climatique d'une serre à l'aide de la commande optimale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02773183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of individual organ growth and development on a tomato plant : a model and a user-friendly interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Barczi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. International Horticultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1994, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02778802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey of computer-based approaches for greenhouse climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.J. Schotman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. IFAC/ISHS workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Silsoe, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02775693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling CO2 exchanges of greenhouse crops : a matter of scales and boundaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Longuenesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1991, Saumane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar radiation in greenhouses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1991, Saumane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02778228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Including the greenhouse side walls in a light interception model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1991, Saumane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal control applied to tomato crop production in greenhouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.G. van Willigenburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. van Straten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1993, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A photosynthesis model for greenhouse row crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Longuenesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. International Horticultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1990, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02773928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple model for the estimation of greenhouse transmission : influence of structures and internal equipment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Baille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1989, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02776702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversification et l’association de cultures pour accompagner la transition agroécologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformations agroécologiques pour des systèmes alimentaires durables. Panorama de la recherche France-CGIAR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crop diversification and association to enhance the agroecological transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecological transformation for sustainable food systems : insight on France-CGIAR research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 26, pp.148, 2021, </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23708/fdi:010082500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modéliser les interactions du vivant, en lien avec les milieux et les contextes socio-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Gascuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Lescourret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caquet, Thierry Gascuel, Chantal Tixier-Boichard, Michèle Coordination éditoriale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’agroécologie : des recherches pour la transition des filières et des territoires. Collection Matière à débattre et décider</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Matière à débattre et décider (5), </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Quæ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-80, 2020, 978-2-7592-3129-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Systems and Co-Desig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Le Bellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecological Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 5, </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 249 p., 2017, 978-94-024-1184-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dispositifs expérimentaux et la co-conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Le Bellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Protection agroécologique des cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 288 p., 2016, Savoir Faire (Quae), 978-2-7592-2410-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroecological engineering to biocontrol soil pests for crop health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry Ozier-Lafontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Agriculture Reviews 14 : Agroecology and Global Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 511 p., 2014, Sustainable Agriculture Reviews, 978-3-319-06015-6. </w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-06016-3_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démarches de (co)-conception en horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Gal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conception de systèmes horticoles innovants : bases biologiques, écologiques et socio-économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formasciences, FPN, INRA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 254 p., 2014, Ecoles-chercheurs INRA, 2-7380-1360-0 978 273 801 3606</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling fruit and vegetable production: the case of tomatoes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fruit and vegetable processing. Improving quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Woodhead, 2002, 1-85573-548-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02826005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and management of fruit production: the case of tomatoes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food process modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiative exchange and photosynthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.A. Daudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop structure and light microclimate. Characterization and applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRA, 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId474"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:142.22222222222px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marc Tchamitchian </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de recherches (INRAE Écodéveloppement) / Chef de département adjoint, département ACT</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ingénieur agronome, j’ai commencé ma carrière en travaillant sur les cultures sous serre.Ma thèse a porté sur la modélisation de la distribution de la lumière et de la photosynthèse dans les cultures de tomates hors-sol sous serre, mixant donc approches de la physique radiative sous serre et de l’écophysiologie du couvert. J’ai ensuite abordé le problème de la gestion climatique des serres verre fortement équipées, en utilisant parallèlement deux points de vue différents, l’exploitation des modèles du fonctionnement couplé du climat et de la culture, d’une part, et l’exploitation des connaissances d’experts, d’autre part.Cela m’a progressivement amené à m’intéresser aux connaissances des porteurs d’enjeux, et aux interactions que l’on peut créer avec les connaissances scientifiques : comment faire exprimer les connaissances des acteurs, comment les valider, selon quels référentiels, et comment hybrider connaissances d’acteurs et connaissances scientifiques dans des objets intermédiaires, facilitant les démarches de co-conception.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ce parcours, des modèles analytiques écophysiologiques et microclimatiques vers la représentation des connaissances d’acteurs s’est déroulé d’abord au sein du département de Bioclimatologie (devenu E&A puis Agroécosystèmes), puis, depuis 2005, au sein du département ACT (ex-SAD), reflétant cette progression dans mes intérêts et méthodes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En parallèle de mon activité de recherche, j’ai été directeur de l’unité Écodéveloppement de 2014 à 2021, et co-directeur du Comité Interne à l’Agriculture Biologique de 2014 à 2020, le CIAB étant le précurseur du métaprogramme METABIO au comité de pilotage duquel je participe. Je suis aussi chef de département adjoint du département ACT depuis novembre 2022.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ActivitésLe thème principal de mon activité est l’accompagnement des porteurs de projets en agroforesterie horticole, les vergers-maraîchers, en m’attachant à qualifier leurs propriétés agroécologiques, gestion des bioagresseurs, production, stabilité, compromis dans l’allocation des ressources et en particulier de la main d’œuvre.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (61)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can available scientific information be mobilised to ensure the efficacy of microbial biocontrol agents against plant diseases in the field?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Rousselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 190, pp.107115. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2025.107115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04928769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chantier « Agroécologie &amp; Marché » conduit par les groupes filières INRAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bertagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Cadore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Carlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-Vol100-art01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05003464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-sectional analysis of 28 agrifood value chain initiatives: Various innovation dynamics related to their commitment to agroecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Lantremange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clementina Sebillotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.115-128. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-vol100-art11-GB⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse transversale de 28 démarches de filières agrialimentaires : des dynamiques d'innovation variables au travers de leur engagement dans l'agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Lantremange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clementina Sebillotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.123-137. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-Vol100-art11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05010133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil co-construit pour faciliter l’utilisation du biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 772, pp.31-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using microbial biocontrol for disease control in French vegetable production: An analysis of the perspectives of farmers and farm advisors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Rousselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 180, pp.106648. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2024.106648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to make my mixed fruit tree-vegetable systems resilient? Types and ranges of resilience levers used by French Mediterranean farmers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroforestry Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10457-024-00980-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04643943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global dataset of experimental intercropping and agroforestry studies in horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (5), </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-023-02831-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04714834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroecological crop protection for sustainable agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Deguine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Aubertot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Côte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric P.-E. Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Advances in Agronomy, 178, pp.1-59. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.agron.2022.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key research challenges to supporting farm transitions to agroecology in advanced economies. A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Prost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 43, pp.11. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-022-00855-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03957484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécificité des besoins de recherche sur la qualité des sols en Agriculture Biologique. Bilan d’un séminaire transdisciplinaire INRA-ITAB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Jouany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Vertès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laeticia Fourrié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Nesme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josephine Peigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30, pp.97-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are agroforestry systems more productive than monocultures in Mediterranean countries? A meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danilo Scordia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiano Andrea Corinzia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Coello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Vilaplana Ventura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Elisa Jiménez-De-Santiago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 43 (6), pp.73. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-023-00927-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04469479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception et gestion par les agriculteurs de la biodiversité fonctionnelle dans les vergers à pomme en agriculture biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Cardona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weronika Swiergiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 40, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/revue-set.2022.40.7388⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un OAD pour faciliter l’utilisation du biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 755, pp.43-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03713773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to reconcile short-term and long-term objectives in mixed farms? A dynamic model application to mixed fruit tree - vegetable systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 187, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2020.103011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring methods adapted to different perceptions and uses of functional biodiversity: Insights from a European qualitative study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Cardona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stine Kramer Jacobsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 129 (107883), </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2021.107883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DURAPI – Vers une meilleure connaissance et un accompagnement technique des exploitations apicoles professionnelles : durabilité, stratégies de renouvellement du cheptel et conséquences sur le fonctionnement global de l’exploitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Britten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 82, pp.81-94. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/ap85-ak16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03140956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception de systèmes de verger-maraîcher à l’aide de la programmation mathématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Maqrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Ouverte d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2 (1), pp.157-188. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/roia.13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04918218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling crop diversification and association effects in agricultural systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 288, pp.Online. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2019.106711⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir et expérimenter des vergers agroforestiers en Agriculture Biologique (VERtiCAL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Castel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Plessix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Gasparin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Fourrié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 76, pp.273-289. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/5zao4b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codesigning biodiversity-based agrosystems promotes alternatives to mycorrhizal inoculants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 39 (6), pp.39-48. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-019-0594-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing risk through crop diversification: An application of portfolio theory to diversified horticultural systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 168, pp.123-130. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2018.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management flexibility and the sustainability of bee farming systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Decourtye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Ferrus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 77, pp.31-43. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/k4kv-k303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et évaluation de systèmes de culture maraîchers méditerranéens innovants pour gérer les nématodes à galles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Fazari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Baily-Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marteu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechnologie, Agronomie, Société et Environnement / Biotechnology, Agronomy, Society and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 23 (1), pp.7-21. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25518/1780-4507.17725⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bee farming system sustainability: An assessment framework in metropolitan France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Kouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Ferrus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Decourtye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Basso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 176, pp.102653. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2019.102653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant organic farming research – current status and opportunities for future development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Tsvetkov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atanas Atanassov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Vlahova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucien Carlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolai Christov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechnology and Biotechnological Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 32 (2), pp.241-260. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13102818.2018.1427509⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic food : State of the art and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Lesturgeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Josephe Amiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dimier-Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Dufeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 53 (3), pp.141-150. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cnd.2018.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term systems experiments and long-term agricultural research sites: Tools for overcoming the border problem in agroecological research and design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erin M. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecology and Sustainable Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 42 (6), pp.620-628. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21683565.2018.1435434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du partage de connaissances à la co-conception d'innovations agroécologiques : Exemple de la mobilisation des mycorhizes en Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Goasduff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 64, pp.97-111. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.5408025827548547E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potentialités, questionnements et besoins de recherche de l’Agriculture Biologique face aux enjeux sociétaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Savini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 361, pp.49-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02619831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agrifood systems and the microbial safety of fresh produce: Trade-offs in the wake of increased sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nguyen The</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Berard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Berge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Brillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 562, pp.751-759. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2016.03.241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01509043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International symposium on innovation in integrated and organic horticulture (INNOHORT 2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marie Codron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Granatstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Malézieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chronica Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 55 (3), pp.35-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écologisation des pratiques en arboriculture et maraîchage. Enjeux et perspectives de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Geniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossiers de l'Environnement de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34, pp.65-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02631774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A pragmatic approach to assess the exposure of the honey bee (Apis mellifera) when subjected to pesticide spray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Poquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Fusellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Giroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (11), pp.Article Number: e113728. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0113728⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Varietal and technical innovations for the sustainable and integrated management of root-knot nematodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Palloix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Mateille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nematology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 46 (2), pp.154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lettuce cropping with less pesticides. A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Barrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lecompte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Maisonneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34 (1), pp.175-198. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-013-0158-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01234783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternative cropping systems can have contrasting effects on various soil-borne diseases: Relevance of a systemic analysis in vegetable cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise F. Montfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Mateille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Tavoillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 55, pp.7-15. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2013.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Napoleone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossiers de l'Environnement de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34, pp.3-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écologisation des pratiques en arboriculture et maraîchage. Enjeux et perspectives de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Geniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 62, pp.57-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facing up to the paradigm of ecological intensification in agronomy: Revisiting methods, concepts and knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Doré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Malézieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie G. Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 34 (4), pp.197-210. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2011.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01355604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root-knot nematode (Meloidogyne) management in vegetable crop production: the challenge of an agronomic system analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Peyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Mateille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (10), pp.1251-1262. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2011.04.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00767386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of grafting on eggplant leaf gas exchanges under mediterranean greenhouse conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ebrahim M. Khah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Katsoulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantin Kittas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Plant Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 5 (2), pp.121 - 134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment repenser les systèmes de culture?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lecompte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 309, pp.24-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes de culture et qualité de la laitue Comment repenser les systèmes de culture pour réduire l’usage de pesticides et les risques de résidus ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Lecompte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 9, pp.67-84. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/bm33-ba43⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02659807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration and validation of a biological model to simulate the development and production of tomatoes in Mediterranean greenhouses during winter period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Dimokas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantin Kittas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 103 (2), pp.217-227. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2009.01.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SERRISTE : a daily set point determination software for glasshouse tomato production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin-Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Lagier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Jeannequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 50 (1), pp.25-47. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2005.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of two UV-absorbing greenhouse-covering films on growth and yield of an eggplant soilless crop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kittas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Katsoulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Karaiskou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Papaioannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientia Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 110 (1), pp.30-37. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scienta.2006.06.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02659703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the heating method on greenhouse microclimate and energy consumption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bartzanas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kittas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosystems Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 91 (4), pp.487-499</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-course of tomato whole-plant respiration and fruit and stem growth during prolonged darkness in relation to carbohydrate reserves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baldet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 91, pp.429-438</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des consignes climatiques sur internet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 218, pp.36-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence of chitinase in adult Varroa destructor, an ectoparasite mite of Apis mellifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Bonmatin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Di Pasquale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental and Applied Acarology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 25, pp.947-955</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence of chitinase in adult Varroa destructor, an ectoparasitic mite of Apis mellifera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Bonmatin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Di Pasquale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental and Applied Acarology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 25 (12), pp.947-955. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/A:1020657906024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02082513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation of competition between fruits and leaves by flower pruning and water fogging, and consequences on tomato leaf and fruit growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 88, pp.645-652</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of carbohydrate pools to the variations in leaf mass per area within a tomato plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baldet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 143, pp.53-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02688520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of cultivar, fruit position and seed content on tomato fruit weight during a crop cycle under low and high competition for assimilates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Vaissière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Horticultural Science and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 73 (4), pp.541-548</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02690624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changing sink demand affects the area but not the specific activity of assimilate sources in Cantaloupe (Cucumis melo L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Valantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Vaissière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bruneli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 82 (6), pp.711-719</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02697090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crop modelling in horticulture : state of the art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.W. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientia Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 74, pp.3-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02685759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des effets à long terme du CO2, de la température et de la fertilisation sur la photosynthèse de la feuille de ray-grass anglais (Lolium perenne L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossiers de l'Environnement de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 8, pp.99-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal temperature regimes for a greenhouse crop with a carbohydrate pool : a modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Seginer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientia Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 60, pp.55-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02711910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photosynthese d'une culture en rangs de tomates sous serre. Modelisation analytique et cartographie de l'activite du feuillage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Jacques Longuenesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sarrouy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 11 (1), pp.17-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02716018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du niveau d'alimentation hydrique sur les variations du diametre des tiges, du potentiel hydrique, de la resistance stomatique, de la transpiration et de la photosynthese de l'aubergine (Solanum melangena L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.G. Schoch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nader Katerji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Rimgoto P.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 40, pp.89-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02720954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (100)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DESPECIALIZATION THROUGH DIVERSIFICATION: TRADE-OFF NEEDED TO STRIKE A BALANCE BETWEEN BENEFITS AND FARM MANAGEMENT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malick S Ouattara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Farming System Design Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing the complexity of deploying microbial biocontrol agents against plant diseases in an IPM context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Oudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Rousselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Promoting Integrated Pest Management in Protected Crops in a Changing Europe and Mediterranean Basin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IOBC, Sep 2025, Podgorica, Montenegro. pp.17-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to manage the complexity of deploying microbial biocontrol agents against plant diseases?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third international congress of biological control (ICBC3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IOBC, CABI, Jun 2024, San Jose, Costa Rica</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing the complex use of microbial biocontrol agents against plant diseases in a context of IPM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China-Europe symposium on innovation and development of IPM in agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Guizhou University, Nov 2024, Guiyang, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience of French Mediterranean mixed horticultural systems: from theory to practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Brno (Rép. Tchèque), Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05097014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel fonctionnement des niches dans les filières agroalimentaires ? Une étude qualitative de démarches de filières en transition vers l’agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Lantremange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Frayssignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Fortun-Lamothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Éric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Journées de Recherche en Sciences Sociales (JRSS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE; SFER; CIRAD, Dec 2023, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nurturing niche innovations by agrifood value chains in transition to agroecology. A qualitative analysis through eleven case studies in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Lantremange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Frayssignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Fortun-Lamothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Éric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. International sustainability transitions conference: responsibility and reflexivity in transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Utrecht, Netherlands. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04206711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a database on the factors of efficacy of microbial biocontrol agents against plant diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Rousselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Goillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. IOBC-WPRS meeting of the working group “Biological and Integrated Control of Plant Pathogens”. Biocontrol needs and challenges in future cropping systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wageningen university and research, Jun 2023, Wageningen, Netherlands. pp.9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse du chantier Agroécologie (AE) & Marché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bertagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Cadoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution du chantier « Agroécologie et Marché » des Groupes Filières d’INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Paris, France. 51 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04068955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of decision support systems to promote the use of microbial biocontrol of plant diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Rousselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International congress of biological control (ICBC2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IOBC; CABI, Apr 2021, Davos, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03573722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decision support system partially based on farmers’ experience to promote an efficient use of microbial biocontrol agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Conference on farmer-centric on-farm experimentation (#OFE2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE-#DigitAg; International Society of Precision Agriculture, Oct 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03573751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse multi-critères et les dynamiques de trajectoires (Atelier)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Kesse-Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de lancement de METABIO sur le changement d'échelle de l'agriculture biologique.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Poitiers, France. 5p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02975286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing decision support systems based on protection efficacy to promote the use of microbial biocontrol agents in the field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTOMED symposium: Biologicals / Biopesticides / Biostimulants and EU policies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Democritus University of Thrace, Dec 2020, Thrace, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03573767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing decision support systems based on protection efficacy to promote the use of microbial biocontrol agents in the field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual biocontrol industry meeting (ABIM 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Basel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03573683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does crop diversification ensure mixed cropping systems health?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dayaleth Alfonzo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. European Conference on Crop Diversification 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Budapest, Hungary. 369 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan du programme INRAE-AgriBio4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire final AgriBio4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking scientific and empirical knowledge: an interactive web app to design agroforestry market gardening systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroforestry for the transition towards sustainability and bioeconomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Nuoro, Italy. pp.481-482</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to reconcile short-term and long-term objectives in agroforestry systems? An application of viability theory to Mixed Horticultural Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. European Conference on Crop Diversification 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Budapest, Hungary. 369 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Wedelin's Heuristic with Sensitivity Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Maqrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. congrès annuel de la Société française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Lorient, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horticultural agroforestry systems: a modelling framework to combine diversification and association effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th European Agroforestry Conference. Agroforestry as Sustainable Land Use</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nijmegen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Researchers, advisors and growers working together to design monitoring methods for functional agro-biodiversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Cardona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. European IFSA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Farming Systems Association (IFSA). AUT., Jul 2018, Chania, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benefits of diversified horticultural systems: assessment with the modern portfolio theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. European IFSA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Farming Systems Association (IFSA). AUT., Jul 2018, Chania, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horticulture agroforestry systems: a modelling framework to combine diversification and association effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. European Agroforestry Conference-Agroforestry as sustainable Land Use</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Agroforestry Federation, May 2018, Nijmegen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A methodology to go from stakeholder’s expectations to research questions: implementation on organic food processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Fourrié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Taupier-Letage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. Organic World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, New Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El diseño de sistemas agroforestales de cultivos intercalados templados: Interacciones competitivas y rendimiento de los cultivos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dayaleth Alfonzo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecologia 2017 (VIè congrès latino-américain; Xè congrès brésilien)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Brasilia, Brasil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mixed integer programming reformulation of the mixed fruit-vegetable crop allocation problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Maqrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Conference on Industrial, Engineering and Other Applications of Applied Intelligent Systems, IEA/AIE 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Arras, France. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-60045-1_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los sistemas agroforestales hortícolas en tres regiones de Francia: un diseño ecosistémico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dayaleth Alfonzo Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecologia 2017 (VIè congrès latino-amrcain; Xè congrès brésilien)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Brasilia, Brasil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A national platform to foster research cooperation. 100 research topics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Le Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Desquilbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Fouilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Lairon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed Fruit-Vegetable Crop Allocation Problem using MIP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Maqrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e congrès annuel de la Société française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Metz, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing mixed fruit-vegetable cropping systems by integer quadratic programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Maqrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon de Givry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Congress on Environmental Modelling and Software (iEMSs)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, toulouse, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EBIO-Network: a web-based platform for knowledge sharing on functional agrobiodiversity in organic apple production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Herz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Matray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadil Sharifova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Wolck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lene Sigsgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. International Conference on Organic Fruit Growing. Ecofruit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Hohenheim, Germany. 303 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to foster mycorrhiza? From brakes to levers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52. Annual Meeting of the Caribbean Food Crops Society (CFCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Le Gosier, Guadeloupe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels outils et pratiques en faveur de la biodiversité fonctionnelle chez les arboriculteurs bio d'Europe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Cardona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Technique Agriculture Biologique fruits Ctifl-ITAB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Technique Interprofessionnel des Fruits et Légumes (CTIFL). FRA., Mar 2015, Baladran, France. 11 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et évaluation d’innovations variétales et agronomiques pour maîtriser les nématodes à galles en maraîchage sous abri (le projet GEDUNEM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Fazari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marteu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Rencontres du végétal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet GEDUNEM : Innovations techniques et variétales pour une gestion durable & intégrée des nématodes à galles dans les systèmes maraîchers sous abris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Fazari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marteu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Conférence Internationale sur les Méthodes Alternatives de Protection des Plantes AFPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bio peut-il nourrir le monde ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Savini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exposition Universelle Milan 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Milan, Italie. 47 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluer l’acceptabilité par les agriculteurs d’innovations variétales et agronomiques pour maîtriser les nématodes à galles en maraîchage sous abri (le projet GEDUNEM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Furnion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Rencontres du végétal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AGROCAMPUS OUEST. FRA., Jan 2015, Angers, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fruits and vegetables for a sustainable production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGEA VII. Healthy diet, healthy environment within a fruitful economy: the role of fruits &amp; vegetables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bio peut-il nourrir le monde ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Savini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soirée Terre de Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Angers, France. pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R&D integration to foster organic farming in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Agriculture Research Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, La Crosse, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinations of varietal and technical innovations for the sustainable and integrated management or root-knot nematodes: the gedumen project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Fazari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marteu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation in Integrated &amp; Organic Horticulture, INNOHORT 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Jun 2015, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bio peut-il nourrir le monde ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Savini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées de recherches en sciences sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; Institut National de la Recherche Agronomique (INRA). FRA.; Université de Lorraine (UL). FRA., Dec 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le programme AgriBio4 - Présentation synthétique des manifestations d'intérêt reçues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de séminaires INRA sur l'Agriculture Biologique - Séminaire 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France. 32 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Point sur les outils d'évaluation de l'Agriculture Biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Agroécologie et conjuguer les performances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Jul 2014, Paris, France. 19 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au 3ème séminaires - Enseignements des précédents séminaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de séminaires INRA sur l'Agriculture Biologique - Séminaire 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Paris, France. pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet COPAIRNIC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Leyronas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bladier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire SMaCH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Paris, France. 30 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The GEDUNEM project: Varietal and technical innovations for the sustainable and integrated management of root-knot nematodes in protected vegetable cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dufils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Symposium on Organic Greenhouse Horticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). Leuven, INT., Oct 2013, Avignon, France. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Southern Europe organic greenhouse systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Symposium on Organic Greenhouse Horticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Avignon, France. 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration écologique dans le cadre de mesures compensatoires par l'offre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dutoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de la SFR Tersys »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01329003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural regulations and agricultural practices in organic vegetable production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Priac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. European IFSA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Farming Systems Association (IFSA). AUT., Jul 2012, Aarhus, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multicriteria evaluation of the pathological resilience of soil-based protected cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Peyre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on High Technology for Greenhouse Systems GreenSys 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Laval. Quebec, CAN., Jun 2009, Quebec City, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écologisation des pratiques en arboriculture et maraîchage. Enjeux et perspectives de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Geniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Penvern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologisation des politiques et des pratiques agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Isle sur la Sorgue, France. 20 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulating the consequences of global climate change on greenhouse tomato production in south-France: Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Boulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Fatnassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIII. International Horticultural Congress on Science and Horticulture For People (IHC 2010): International Symposium on Engineering the Modelling, Monitoring, Mechanization and Automation Tools For Precision Horticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ELABORATING INNOVATIVE SOLUTIONS WITH EXPERTS USING A MULTICRITERIA EVALUATION TOOL. THE CASE OF SOIL BORNE DISEASE CONTROL IN MARKETGARDENING CROPPING SYSTEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Aissa Madani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Taussig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISDA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Montpellier, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00512273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaborating innovative solutions with experts using a multicriteria evaluation tool. The case of soilborne disease control in market-gardening cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Aissa Madani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Taussig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISDA 2010 Innovation and Sustainable Development in Agriculture and Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multicriteria evaluation of the pathological resilience of in-soil protected cropping systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Peyre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Greensys 2009:International Symposium on high technology for greenhouse systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Québec, Canada. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NéoLég : vers une nouvelle configuration des agrosystèmes maraîchers méditerranéens sous abri pour une gestion durable des bioagresseurs telluriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean- Michel Crestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Q@LI-MEDiterranée 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Montpellier, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical alternative techniques: promising results for the root-knot nematode control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Collange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Peyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8.Conférence Internationale sur les Ravageurs en Agriculture (CIRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building sustainable cropping systems by combining scientific and empirical knowledge. The example of soil-born disease control on vegetable sheltered crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique F. Bressoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Fauriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Pares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Symposium on Horticulture in Europe (SHE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining scientific and lay knowledge in model to accompany actors in a changing agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Lécrivain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Lasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Farming system design 2007 : an international symposium on methodologies on integrated analysis on farm production systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Catania, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated soil-borne disease management in protected vegetable crops in south-east France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Bressoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. International workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Landerneau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daily temperature optimisation in greenhouse by reinforcement learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kittas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bartzanas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lykas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. World congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Prague</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the selection of appropriate control system design methodologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.G. van Willigenburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.L. de Koning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z.S. Chalabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. van Straten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. World congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Prague</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of two new UV-absorbing greenhouse-covering films on growth and yield of a tomato soilless crop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kittas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Papaioanou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Obeid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Katsoulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Evora, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An alternative rose crop model for greenhouse temperature control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kittas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bartzanas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26. Annual congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Volos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internet-based greenhouse climate choice to grow greenhouse tomatoes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Thessalonique, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greenhouse soilless rose crop transpiration: application for accurate irrigation control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kittas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Katsoulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Mikonos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PIC SERRE&amp;quot; an IPM research programme for greenhouse tomato crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Boulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fargues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe C. Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Ridray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serriste, un outil pour la gestion climatique des serres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Lagier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier : Pilotage des agroécosystèmes. Complémentarités terrain-modélisation et aide à la décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2000, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalence of the temperature integral and the carbon dynamics concepts in plants : utility for control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Ioslovich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25. International Horticultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1998, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity analysis of a crop model : use of a two different methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Ruget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Delecolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A model of the crop and its environment for simulating decision making in greenhouse tomato production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Rellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grow virtual tomatoes : two user friendly softwares for teaching the cultivation of greenhouse tomato</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Charasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling needs in cropping decision support systems : beyond biophysical models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Rellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeannequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of decreasing VPD by misting on leaf area and leaf inclination in tomato and estimation of consequences on light absorption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Guichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International workhop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1999, Bet Dagan, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and simulating decision making for greenhouse tomato production : the Conserto project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Rellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin-Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Jeannequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Navarrete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2d International Symposium of Models for plant growth, environmental control and farm management in protected cultivation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1997, Wageningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulserre : an educational software simulating the greenhouse-crop system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Boulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1997, Wageningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon dynamics in plants. Application to optimal control of greenhouses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Ioslovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgEng 98</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1998, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serriste : daily greenhouse climate set-point determination for tomatoes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Montbroussous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeannequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Hannover, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inversion de modèles : quelques exemples dans le domaine de la télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Baret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Sohbi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole chercheurs INRA en bioclimatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Le Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning daily climate set-points for a greenhouse tomato production : the serriste system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeannequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA-KCW Workshop on decision support systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1997, Laon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOMGRO, modèle explicatif de fonctionnement des cultures sous serre : un outil pour la recherche et pour l'aide à la décision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Alénya, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration, sensibilité, validation des modèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Delecolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole chercheurs INRA en bioclimatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Le Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02766049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal control of the daily greenhouse climate : physical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.J. Tantau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. World Congress of IFAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications de la commande optimale à la gestion climatique des serres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'AIP intersectorielle Serres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Alénya, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serriste : un système d'intelligence artificielle pour la planification journalière du climat sous serre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jeannequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Alénya, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02771853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey of computer-based approaches for greenhouse climate management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.J. Schotman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. IFAC/ISHS Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Silsoe, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problèmes de décision dans la gestion des productions sous serre: approches méthodologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'AIP intersectorielle Serres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Alénya, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation interactive de la croissance d'une plante de tomate en fonction de son environnement et de sa conduite (modèle TOMGRO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Barczi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1993, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02774061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des effets à long terme du CO2, de la température et de la fertilisation sur la photosynthèse de la feuille de ray-grass anglais (Lolium perenne L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Ecosystèmes et Changements globaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1994, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02844386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion climatique d'une serre à l'aide de la commande optimale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02773183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of individual organ growth and development on a tomato plant : a model and a user-friendly interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Barczi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. International Horticultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1994, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02778802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of empirical leaf photosynthesis and stomatal conductance models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Olioso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bethenod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Rambal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International Photosynthesis Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1995, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey of computer-based approaches for greenhouse climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Martin Clouaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.J. Schotman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. IFAC/ISHS workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Silsoe, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02775693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling CO2 exchanges of greenhouse crops : a matter of scales and boundaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Longuenesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1991, Saumane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar radiation in greenhouses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1991, Saumane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02778228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Including the greenhouse side walls in a light interception model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1991, Saumane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal control applied to tomato crop production in greenhouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.G. van Willigenburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. van Straten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. European Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1993, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A photosynthesis model for greenhouse row crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Longuenesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. International Horticultural Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1990, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02773928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple model for the estimation of greenhouse transmission : influence of structures and internal equipment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Baille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1989, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02776702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversification et l’association de cultures pour accompagner la transition agroécologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformations agroécologiques pour des systèmes alimentaires durables. Panorama de la recherche France-CGIAR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crop diversification and association to enhance the agroecological transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Paut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecological transformation for sustainable food systems : insight on France-CGIAR research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 26, pp.148, 2021, </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23708/fdi:010082500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modéliser les interactions du vivant, en lien avec les milieux et les contextes socio-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Gascuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Lescourret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caquet, Thierry Gascuel, Chantal Tixier-Boichard, Michèle Coordination éditoriale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’agroécologie : des recherches pour la transition des filières et des territoires. Collection Matière à débattre et décider</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Matière à débattre et décider (5), </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Quæ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-80, 2020, 978-2-7592-3129-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Systems and Co-Desig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Le Bellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecological Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 5, </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 249 p., 2017, 978-94-024-1184-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dispositifs expérimentaux et la co-conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Le Bellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Protection agroécologique des cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 288 p., 2016, Savoir Faire (Quae), 978-2-7592-2410-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démarches de (co)-conception en horticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Gal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conception de systèmes horticoles innovants : bases biologiques, écologiques et socio-économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formasciences, FPN, INRA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 254 p., 2014, Ecoles-chercheurs INRA, 2-7380-1360-0 978 273 801 3606</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroecological engineering to biocontrol soil pests for crop health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry Ozier-Lafontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Agriculture Reviews 14 : Agroecology and Global Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, </w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 511 p., 2014, Sustainable Agriculture Reviews, 978-3-319-06015-6. </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-06016-3_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling fruit and vegetable production: the case of tomatoes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fruit and vegetable processing. Improving quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Woodhead, 2002, 1-85573-548-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02826005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and management of fruit production: the case of tomatoes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food process modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiative exchange and photosynthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.A. Daudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Tchamitchian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop structure and light microclimate. Characterization and applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRA, 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId474"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314842v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Lantremange" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Saint-Ges" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementina Sebillotte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol100-art11-GB" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05010133v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol100-art11" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04928769v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pressecq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe C. Nicot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bourgeay" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rousselin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goillon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2025.107115" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05003464v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cadore" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Carlin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol100-art01" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643943v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Garreau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tchamitchian" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10457-024-00980-1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714834v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Paut" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ollivier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02831-7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524822v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Duval" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Armand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gaudin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601495v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe C Nicot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2024.106648" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04469479v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Scordia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiano Andrea Corinzia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Coello" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Vilaplana Ventura" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Elisa Jim&#233;nez-De-Santiago" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00927-3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03934002v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Deguine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bellon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier C&#244;te" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eric P.-E. Lauri" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.agron.2022.11.002" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957484v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Prost" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Ballot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00855-8" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04010217v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jouany" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Fourri&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nesme" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Peign&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713773v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04066804v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Penvern" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cardona" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dufils" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weronika Swiergiel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-set.2022.40.7388" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918218v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Maqrot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Quesnel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/roia.13" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140956v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Kouchner" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blanchard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boyer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Britten" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/ap85-ak16" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145746v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2020.103011" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261239v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stine Kramer Jacobsen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2021.107883" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624185v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2019.106711" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371378v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chave" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Collombet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-019-0594-y" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482206v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Castel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Plessix" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gasparin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Warlop" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fourri&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/5zao4b" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620602v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2018.11.002" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02900352v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Decourtye" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferrus" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/k4kv-k303" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628239v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Caporalino" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Navarrete" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Fazari" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baily-Bechet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marteu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/1780-4507.17725" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618320v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Blanchard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2019.102653" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621868v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Tsvetkov" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atanas Atanassov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Vlahova" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Carlier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Christov" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13102818.2018.1427509" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02117952v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bertrand" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lesturgeon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josephe Amiot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dimier-Vallet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Dufeu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2018.02.004" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621201v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin M. Silva" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2018.1435434" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628212v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goasduff" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5408025827548547E12" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619831v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bellon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509043v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nguyen The" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bardin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Berard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Berge" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brillard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.03.241" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630243v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Codron" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bertin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Granatstein" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230268v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Poquet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bodin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fusellier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Giroud" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0113728" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631774v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Geniaux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629917v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Djian-Caporalino" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Palloix" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mateille" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lefevre" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234783v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Barri&#232;re" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lecompte" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Maisonneuve" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-013-0158-5" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641497v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Collange" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise F. Montfort" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Tavoillot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2013.10.002" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DQZWXNSF-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630480v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Napoleone" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650487v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642838v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01355604v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dor&#233;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie G. Munier-Jolain" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2011.02.006" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767386v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Collange" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Peyre" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2011.04.016" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641796v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebrahim M. Khah" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Katsoulas" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Kittas" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659807v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/bm33-ba43" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658583v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Dimokas" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2009.01.004" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KRXQ0346-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659703v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kittas" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Karaiskou" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Papaioannou" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2006.06.018" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X3KLG5B5-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666791v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Martin-Clouaire" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Jeannequin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Mercier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2005.07.004" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4TQZ9BL4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679769v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bartzanas" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670175v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mercier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680399v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Gary" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Devaux" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678200v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Colin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Bonmatin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Di Pasquale" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082513v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Colin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonmatin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Di Pasquale" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1020657906024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E7D67154E427C55E85BAB4E63C99B7DD492572B4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675388v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gautier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guichard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688520v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brunel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690624v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697090v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Valantin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bruneli" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685759v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Jones" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701478v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Colas" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roy" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711910v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Seginer" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716018v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Longuenesse" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sarrouy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02720954v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.G. Schoch" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Katerji" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Rimgoto P." TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Malet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05505642v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Oudin" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05289906v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick S Ouattara" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Angeon" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04837568v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04837542v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097014v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04068955v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Alaphilippe" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cador&#233;" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04308562v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369036v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Frayssignes" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;ric Lauri" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04206711v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03573722v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03573751v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03573767v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03573683v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02975286v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kesse-Guyot" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03521042v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736393v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayaleth Alfonzo Lopez" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329314v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735505v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02900415v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733776v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734871v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329569v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737684v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788699v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837484v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cresson" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Taupier-Letage" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03543726v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605661v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60045-1_26" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03543740v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545563v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Le Pichon" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Desquilbet" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Fouilleux" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lairon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604512v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742755v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Herz" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Matray" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadil Sharifova" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wolck" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Sigsgaard" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607758v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793637v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Savini" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800553v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Furnion" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797401v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801729v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743394v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797208v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794442v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739435v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744182v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739482v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801167v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Leyronas" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bladier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794750v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798444v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prache" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792169v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329003v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804392v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chapuis" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808140v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746066v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Favre" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Priac" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747748v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808406v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750165v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulard" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Fatnassi" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754115v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Aissa Madani" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Taussig" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512273v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aissa Madani" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Collange" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Taussig" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818139v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815264v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Michel Crestin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752460v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753728v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique F. Bressoud" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Fauriel" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pares" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755845v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Etienne" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth L&#233;crivain" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lasseur" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762004v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bressoud" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761121v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lykas" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760900v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.G. van Willigenburg" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.L. de Koning" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.S. Chalabi" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Straten" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762892v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759479v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761457v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Papaioanou" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Obeid" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761571v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763256v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fargues" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poncet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ridray" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762298v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Martin Clouaire" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764596v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ioslovich" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765329v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Ruget" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delecolle" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765467v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Rellier" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770737v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Charasse" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Monnet" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768449v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jeannequin" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ry" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770421v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765782v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769433v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Rellier" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770753v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baille" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766049v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768525v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Montbroussous" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768384v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Sohbi" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767213v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768487v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765924v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764896v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Tantau" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765427v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771853v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765560v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Schotman" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772290v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bethenod" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Rambal" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774061v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Barczi" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844386v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773183v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778802v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775693v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772178v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Longuenesse" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778228v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772825v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772635v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773928v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776702v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baille" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329385v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329368v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23708/fdi:010082500" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929956v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lescourret" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Monod" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roques" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bohan" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1620/9782759231300/agroecologie-des-recherches-pour-la-transition-des-filieres-et-des-territoires" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356661v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Le Bellec" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9789402411843" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797327v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4748-protection-agroecologique-des-cultures.html" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801852v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Ozier-Lafontaine" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/agriculture/book/978-3-319-06015-6" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-06016-3_8" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799971v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Gal" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jobs.inra.fr/Vivre-a-l-Inra/La-formation-permanente/FormaSciences" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826005v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830070v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846045v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.A. Daudet" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04928769v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pressecq" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe C. Nicot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bourgeay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rousselin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goillon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2025.107115" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05003464v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cadore" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Carlin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol100-art01" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314842v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Lantremange" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Saint-Ges" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementina Sebillotte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol100-art11-GB" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05010133v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol100-art11" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524822v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Duval" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Armand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gaudin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601495v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe C Nicot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2024.106648" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643943v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Garreau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tchamitchian" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10457-024-00980-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714834v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Paut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ollivier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02831-7" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03934002v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Deguine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bellon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier C&#244;te" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eric P.-E. Lauri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.agron.2022.11.002" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957484v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Prost" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Ballot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00855-8" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04010217v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jouany" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Fourri&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nesme" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Peign&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04469479v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Scordia" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiano Andrea Corinzia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Coello" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Vilaplana Ventura" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Elisa Jim&#233;nez-De-Santiago" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00927-3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04066804v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Penvern" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cardona" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dufils" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weronika Swiergiel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-set.2022.40.7388" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713773v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145746v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2020.103011" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261239v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stine Kramer Jacobsen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2021.107883" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140956v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Kouchner" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blanchard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boyer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Britten" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/ap85-ak16" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918218v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Maqrot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Quesnel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/roia.13" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624185v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2019.106711" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482206v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Castel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Plessix" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gasparin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Warlop" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fourri&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/5zao4b" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371378v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chave" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Collombet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-019-0594-y" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620602v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2018.11.002" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02900352v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Decourtye" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferrus" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/k4kv-k303" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628239v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Caporalino" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Navarrete" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Fazari" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baily-Bechet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marteu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/1780-4507.17725" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618320v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Blanchard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2019.102653" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621868v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Tsvetkov" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atanas Atanassov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Vlahova" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Carlier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Christov" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13102818.2018.1427509" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02117952v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bertrand" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lesturgeon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josephe Amiot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dimier-Vallet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Dufeu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2018.02.004" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621201v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin M. Silva" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2018.1435434" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628212v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goasduff" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5408025827548547E12" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619831v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bellon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509043v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nguyen The" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bardin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Berard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Berge" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brillard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.03.241" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630243v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Codron" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bertin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Granatstein" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631774v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Geniaux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230268v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Poquet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bodin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fusellier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Giroud" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0113728" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629917v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Djian-Caporalino" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Palloix" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mateille" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lefevre" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234783v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Barri&#232;re" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lecompte" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Maisonneuve" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-013-0158-5" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641497v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Collange" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise F. Montfort" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Tavoillot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2013.10.002" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DQZWXNSF-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630480v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Napoleone" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650487v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01355604v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dor&#233;" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie G. Munier-Jolain" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2011.02.006" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767386v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Collange" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Peyre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2011.04.016" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641796v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebrahim M. Khah" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Katsoulas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Kittas" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642838v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659807v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/bm33-ba43" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658583v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Dimokas" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2009.01.004" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KRXQ0346-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666791v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Martin-Clouaire" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Jeannequin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Mercier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2005.07.004" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4TQZ9BL4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659703v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kittas" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Karaiskou" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Papaioannou" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2006.06.018" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X3KLG5B5-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679769v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bartzanas" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680399v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Gary" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Devaux" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670175v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mercier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678200v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Colin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Bonmatin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Di Pasquale" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082513v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Colin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonmatin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Di Pasquale" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1020657906024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E7D67154E427C55E85BAB4E63C99B7DD492572B4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675388v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gautier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guichard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688520v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brunel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690624v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697090v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Valantin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bruneli" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685759v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Jones" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701478v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Colas" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roy" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711910v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Seginer" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716018v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Longuenesse" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sarrouy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02720954v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.G. Schoch" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Katerji" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Rimgoto P." TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Malet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05289906v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick S Ouattara" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Angeon" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05505642v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Oudin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04837568v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04837542v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097014v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369036v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Frayssignes" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;ric Lauri" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04206711v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04308562v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04068955v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Alaphilippe" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cador&#233;" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03573722v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03573751v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02975286v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kesse-Guyot" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03573767v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03573683v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736393v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayaleth Alfonzo Lopez" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03521042v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329314v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735505v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734871v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329569v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733776v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737684v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02900415v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837484v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cresson" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Taupier-Letage" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03543726v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605661v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60045-1_26" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03543740v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545563v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Le Pichon" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Desquilbet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Fouilleux" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lairon" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788699v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604512v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742755v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Herz" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Matray" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadil Sharifova" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wolck" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Sigsgaard" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607758v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797401v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801729v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743394v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793637v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Savini" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800553v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Furnion" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797208v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794442v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739435v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739482v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744182v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794750v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798444v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prache" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792169v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801167v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Leyronas" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bladier" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804392v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chapuis" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808140v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329003v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746066v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Favre" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Priac" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747748v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808406v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750165v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulard" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Fatnassi" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512273v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aissa Madani" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Collange" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Taussig" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754115v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Aissa Madani" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Taussig" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818139v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815264v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Michel Crestin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752460v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753728v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique F. Bressoud" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Fauriel" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pares" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755845v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Etienne" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth L&#233;crivain" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lasseur" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762004v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bressoud" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761121v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lykas" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760900v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.G. van Willigenburg" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.L. de Koning" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.S. Chalabi" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Straten" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761457v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Papaioanou" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Obeid" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762892v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759479v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761571v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763256v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fargues" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poncet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ridray" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762298v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Martin Clouaire" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764596v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ioslovich" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765329v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Ruget" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delecolle" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765467v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Rellier" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770737v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Charasse" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Monnet" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768449v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jeannequin" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ry" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770421v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769433v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Rellier" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770753v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baille" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765782v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768525v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Montbroussous" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768384v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Sohbi" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767213v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768487v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766049v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764896v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Tantau" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765427v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771853v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765560v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Schotman" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765924v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774061v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Barczi" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844386v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773183v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778802v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772290v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bethenod" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Rambal" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775693v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772178v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Longuenesse" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778228v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772825v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772635v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773928v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776702v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baille" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329385v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329368v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23708/fdi:010082500" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929956v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lescourret" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Monod" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roques" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bohan" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1620/9782759231300/agroecologie-des-recherches-pour-la-transition-des-filieres-et-des-territoires" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356661v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Le Bellec" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9789402411843" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797327v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4748-protection-agroecologique-des-cultures.html" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799971v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Gal" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jobs.inra.fr/Vivre-a-l-Inra/La-formation-permanente/FormaSciences" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801852v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Ozier-Lafontaine" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/agriculture/book/978-3-319-06015-6" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-06016-3_8" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826005v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830070v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846045v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.A. Daudet" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>