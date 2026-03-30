--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,58 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:129.72972972973px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+            <w10:wrap type="tight" anchorx="margin"/>
+            <v:imagedata r:id="rId7" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Marc Trestini </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
@@ -66,8183 +75,8679 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (4)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...9 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les professeurs des écoles en France et l’intelligence artificielle : y a-t-il une influence d’ordre éthique sur les intentions d’usage et l’utilisation effective ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zeyringer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STICEF (Sciences et Technologies de l'Information et de la Communication pour l'Éducation et la Formation)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 33 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23709/STICEF.33.1.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discussions et échanges sur l’intelligence artificielle dans l’éducation et les humanités numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Euro-méditerranéenne de l’Éducation et de la Formation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05570229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intégration de la réalité virtuelle dans l’enseignement technique : étude de cas du département QLIO à l’IUT Nancy-Brabois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Solon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andriniaina Randrianasolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Boukhobza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Dary-Mourot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projectics / Proyéctica / Projectique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39 (3), pp.23-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/proj.039.0023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04858930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers un usage coordonné des réseaux sociaux numériques et institutionnels dans l'enseignement supérieur en période de crise sanitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimkêeg Sompassaté Parfait Kabore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (2), pp.43-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18162/ritpu-2022-v19n2-04⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03651899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A web-based collaborative virtual reality environment for distance learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Ngu Leubou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Crespin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marthe Aurelie Zintchem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Scientific and Research Publications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (3), pp.182-188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29322/IJSRP.11.03.2021.p11125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Self-Perception and Training Perceptions on Teacher Digital Competence (TDC) in Spanish and French University Students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delfín Ortega-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel María María Gómez-Trigueros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Pérez-González</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multimodal Technologies and Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (74), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/mti4040074⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les représentations sur la formation à distance : une clé pour comprendre l’ingénierie de la formation des enseignants à distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Cabassut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dms.3721⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03136814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Environnement Numérique d’Apprentissage inscrit dans le paradigme de la modélisation systémique de la complexité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Information, organisation, connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0381⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03136816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spécificités et généricités des difficultés et besoins d’aide exprimés par les inscrits à un MOOC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Cabassut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (19), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dms.1966⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03135424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MOOC in the paradigm of systemic modelling of complexity: some emerging properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Online Journal of Distance Education and e-Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les MOOC : perception des acteurs français de l’enseignement en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 12 (1-2), pp.93-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18162/ritpu-2015-v12n2-03⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03258838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les MOOC : perception des acteurs français de l’enseignement en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.93-106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03136817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une industrialisation de la formation à distance à l’université</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dms.687⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03135413v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La VAE dans la formation initiale des enseignants : un contexte propice ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Schneewele</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10, pp.127-139</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La VAE dans la formation initiale des enseignants : un contexte propice ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Schneewele</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Expression et certification des acquis de l’expérience : Bilan et perspectives, 10, pp.127-139</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01438365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude d'usages d'un cahier de texte en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cherqui-Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Schneewele</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Distances et savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 8 (2), pp.241-256</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00617416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Description et usages d’un nouveau dispositif de vidéo-cours : l’encre numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Christoffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Questions Vives, recherches en éducation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 7 (14), pp.119-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/questionsvives.656⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03135411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environnements Constructivistes d’Apprentissage : quand les activités collectives et individuelles permettent aux apprenants de construire leurs connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lemire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education Canada</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03135417v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les usages d’un cahier de texte en ligne : Cas de l’ENT Lorrain, l’environnement PLACE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Houot-Cherqui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Schneewele</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Distances et savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environnements Constructivistes d’Apprentissage : quand les activités collectives et individuelles permettent aux apprenants de construire leurs connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lemire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education Canada</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« MODELISATION ET CONSTRUCTION DES CONNAISSANCES. Aspects constructiviste, socioconstructiviste, cognitiviste et systémique » LES PRESSES DE L’UNIVERSITÉ LAVAL, 2008, ISBN 978 2 7637 8755 8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahier des Lectures MCX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un mode original de validation du C2i « enseignant ».</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers pédagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03135407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un mode original de validation du C2i « enseignant ».</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Espace virtuel… et vrais apprentissages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une représentation originale de soi à l’aide d’objets photographiés : Formation Ouverte et A Distance en « Tice et Arts Visuels » proposée aux futurs professeurs des écoles stagiaires à l’IUFM d’Alsace. Ac-Tice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Horvat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ac-Tice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La formation à distance à l’IUFM d’Alsace. Les TICE dans les formations à l’IUFM d’Alsace.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">flash INFO, IUFM d’Alsace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au rythme du soleil.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers d’Ariena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (50)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le management de l’IA, un pilotage à 360 : outiller le pilotage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences « Le pilotage des cadres à l’ère de l’intelligence artificielle »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut des hautes études de l’éducation et de la formation (IH2EF)., Feb 2026, Chasseneuil, Futuroscope, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05571028v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseignants et IA génératives : une appropriation en marche dans la Région Grand Est</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès Orbicom, GTnum IA2GE, ITI Liric : Communication, Intelligence Artificielle, Remédiation, Éthique et Inclusion (CIAREI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, M. Trestini; P. Viallon; I. Ouhada, 2025, Strasbourg (Parlement européen), France. p. 7-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05570334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une inclusion scolaire des élèves déficients auditifs à l’ère des services numériques éducatifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nambihanla Emmanuel Ouoba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Social Media and Digital Services - Business, Innovation, Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, G. Di Marzo Serugendo; P. Viallon; V. Krebs, Mar 2023, Genève (CH), Suisse. p. 200-214, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13097/archive-ouverte/unige:187186⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages des IA génératives et grands modèles de langage conversationnels et/ou multimodaux dans les écoles et lycées de la Région Grand-Est.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude-Alexandre Magot</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Ludovia#CH 2024, 26-29 août 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Yverdon-les-Bains, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04781769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IA génératives et grands modèles de langage conversationnels et/ou multimodaux en éducation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semaine de l’IA : Journée des cadres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Direction Régionale Académique du Numérique Éducatif du Grand-Est (DRANE), Apr 2024, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04859021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages et non-usages des IA génératives en éducation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Transformations pédagogiques et numérique à l’ère de l’intelligence artificielle : enjeux, défis et perspectives pour les pratiques enseignantes (C2IP'2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Ibnou Zohr, Dec 2024, Agadir, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04858988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IA génératives et grands modèles de langage conversationnels et/ou multimodaux en éducation dans le Grand-Est de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zeyringer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">Muriel Frisch</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque scientifique IN Fine 2024 : Intelligence artificielle et éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Direction générale de l’enseignement scolaire (DGESCO), la direction du numérique pour l’éducation (DNE), l’académie de Poitiers et l'IH2EF, avec la collaboration scientifique du Conseil scientifique de l’Éducation nationale (CSEN), de l’Université de Poitiers et du Réseau régional de recherche sur le numérique pour l’éducation (R3 Num Ed), en partenariat avec le Futuroscope), Oct 2024, Parc du Futuroscope de Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04859077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages des IA génératives et grands modèles de langage conversationnels et/ou multimodaux dans les écoles et lycées de la Région Grand-Est</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude-Alexandre Magot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du colloque international Ludovia#CH 2024 : Bienvenue à l’ère de l’(in)intelligence artificielle à l’école ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Yverdon-les-bains, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthodologie de la recherche : le falsisficationnisme pour répondre aux limites des approches inductives et déductives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque doctoral international dans le cadre du programme PHC Maghreb 22MAG18 : Communication publique et numérique au service du marketing territorial et du développement durable au Maghreb, Hammamet, Tunisie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Hammamet, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Systematic Review: Criteria and Dimensions of Learning Experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yingdong Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Morard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dina Adinda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22nd European Conference on e-Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Academic Conferences International, Oct 2023, Pretoria, South Africa. pp.147-182</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04264325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Digital and institutional social networks: between tension and adaptation to ensure pedagogical continuity in higher education, before, during and after the health crisis of March 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.S.P. Kabore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence internationale Social Media &amp; Digital Services 2023 : Business, Innovation, Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, P. Viallon et V. Krebs (prés.), organisé par la Chaire Unesco Pratiques journalistiques et médiatiques et l’université de Genève, Mar 2023, Genève (CH), Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cohérence des politiques, des stratégies et des pratiques d’enseignement et d’apprentissage mises en œuvre dans le contexte du COVID-19 : perceptions croisées enseignants/étudiants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RUNED 22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03631859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réalité virtuelle et formation à distance : impact de la représentation des avatars sur la coprésence des apprenants dans un environnement virtuel collaboratif.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Ngu Leubou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Crespin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence internationale EIAH 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réalité virtuelle et formationà distance : impact de la représentation des avatars sur la coprésence des apprenants dans un environnement virtuel collaboratif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Ngu Leubou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Crespin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Fribourg / Virtual, Suisse. pp.154-165</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03292842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Designing VR environments for distance learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Ngu Leubou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Crespin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th International Conference of the Immersive Learning Research Network (iLRN 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Virtuel, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03194957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modéliser les environnements personnels d’apprentissage pour le renouvellement de l’ingénierie des EIAH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joris Felder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Henri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence internationale EIAH 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dispositifs de formation à distance : étude des représentations des formateurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Cabassut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du 46e colloque de la Copirelem, 4-6 juin 2019, Lausanne, Suisse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Lausanne, Suisse. pp.605-617</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Preliminary Study of Correlations explaining Student Interest in Digital Games-Based Learning.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yingdong Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Schmoll</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECGBL 2020 : 14th European Conference on Games Based Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Brighton, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34190/GBL.20.060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03208926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluer l’expérience d’apprentissage pour un nouveau design de Serious Games sur appareil mobile.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yingdong Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Schmoll</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9ème conférence sur les Environnements Informatiques pour l’Apprentissage Humain (EIAH), Paris, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La competencia digital en la formación inicial del profesorado: los MOOC y Google EarthTM a través del modelo TPACK en Ciencias Sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Maria Gómez-Trigueros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphin Ortega-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la conférence internationale REDES-INNOVAESTIC 2019, Université d’Alicante, 6 et 7 juin 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Alicante, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design d'environnements de réalité virtuelle pour la formation à distance basé sur la conception centrée utilisateur.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Ngu Leubo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Crespin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Journées Françaises de l'Informatique Graphique et de la Réalité Virtuelle (JFIGRV 2019), Marseille France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appropriation du savoir et de l’information à l’ère du numérique. Une étude de la réception de la vulgarisation scientifique sur YouTube.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Casaccio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8ème congrès mondial des chaires Unesco en communication (Orbicom), La liberté d’expression à l’heure du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appropriation sociale des MOOC en France : des cMOOC connectivistes aux xMOOC transmissif.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11e Colloque international TiceMed 11, Université Cadi Ayyad, Marrakech, Maroc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Marrakech, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03429815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’encre numérique : un exemple d’innovation techno-pédagogique au service des apprentissages à l’Université.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Innovation pédagogique à l’université », Tabarka, Tunisie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Tabarka, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprenons de nos succès et de nos échecs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1er Forum "Innovation et Compétences", Hager, Obernai, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Obernai, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03435857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enseignement magistral face au numérique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international IPU 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Tabarka, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TIC et apprentissages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès PHC Magrhreb 15 MAG 25 N° 32685 RF, El Jadida, Maroc.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, El Jadida, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03433791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MOOC in the paradigm of systemic modelling of complexity: some emerging properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Distance Education Conference (IDEC) (2015-09-02, 2015-09-04: Saint-Pétersbourg, Russie)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Saint-Pétersbourg, Russia. pp.401-406</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élaboration d’un guide d’entretien en vue d’évaluer l’appropriation techno pédagogique et sociale des inscrits aux MOOC français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chevry Pébayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7ème Conférence sur les Environnements Informatiques d'Apprentissage Humain (EIAH 2015) (2015-06-02, 2015-06-05: Agadir, Maroc)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Agadir, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi utiliser des ressources en ligne ouvertes à tous ? Etude de deux exemples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Cabassut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">41ème Colloque Copirelem (2014-06-18, 2014-06-20 : Mont-de-Marsan, France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Mont-de-Marsan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les MOOC en France: perceptions et analyses de professionnels de l’Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Christoffel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2e colloque international sur les TIC en éducation "bilan, enjeux actuels et perspectives futures" (2014-05-01, 2014-05-02: Montréal, Canada)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Montreal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appropriation d’un dispositif d’EAD dans un contexte de rationalisation des moyens techniques et pédagogiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Christoffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecaterina Pacurar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TICE 2012 : Intégration technologique et nouvelles perspectives d’usage (2012-12-11, 2012-12-13: Lyon, France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Lyon, France. pp.121-130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TICE et apprentissages : introduction conceptuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude à destination des enseignants, IEN et IPR du premier et second degré de l’Académie de Strasbourg « TICE et apprentissages » (2012-11-28: Sélestat, France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Sélestat, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D’une logique expérimentale à une politique d’industrialisation de l’EAD à l’Université de Strasbourg (UDS) : l’importance du rôle des enseignants dans le processus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international sur les TIC en éducation : "Bilan, enjeux actuels et perspectives futures" (2012-05-03, 2012-05-04: Montréal, Canada)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implantation d’un E.N.T. dans l’enseignement secondaire, analyse et modélisation des usages : le cas lorrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Schneewele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Houot-Cherqui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Nowakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TICE 2010 : 7ème colloque international Technologies de l'Information et de la Communication pour l'Enseignement.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers un nouveau design d'audio-vidéo-cours à l'Université : &amp;quot; l'encre numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Christoffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7ème Colloque International Technologies de l'Information et de la Communication pour l'Enseignement (TICE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Nancy, France. pp.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00838150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse d’un dispositif de formation à distance visant à assurer la continuité des enseignements lors de la fermeture d’un lycée français pour cause de pandémie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Coppens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TICE 2010: 7ème colloque international Technologies de l'Information et de la Communication pour l'Enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers un nouveau design d’audio-vidéo-cours à l’Université : « l’encre numérique ». Description du dispositif et première analyse d’usages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Christoffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TICE 2010 : 7ème colloque international Technologies de l'Information et de la Communication pour l'Enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implantation d'un E.N.T. dans l'enseignement secondaire, analyse et modélisation des usages : le cas lorrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Schneewele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cherqui-Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Nowakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zapata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...380 lines deleted...]
-                <w:t xml:space="preserve">hal-00727019v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7ème Colloque Technologies de l'Information et de la Communication pour l'Enseignement - TICE 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Nancy, France. pp.1-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00592157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des usages d’un cahier de textes en ligne dans l’environnement PLACE.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium International : Distances et savoirs a sept ans !, Cned-Eifad 2009, Poitiers, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The e-Portfolio in a professional training scheme: what is at stake and the limits of the Scheme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th International e-Portfolio Conference. Maastricht, Netherlands</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Maastricht, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Example of integration of ICT in primary school teachers' training in geometry or in problemsolving</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Cabassut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICTMT 8: 8th International Conference on Technology in Mathematics Teaching. Hradec Králové, Czech Republic: 1-4 July</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Hradec Králové, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La validation numérique des compétences du C2i « enseignant » dans le cadre d’une démarche d’e-Portfolio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du colloque e-Portefolio Québec : Première conférence internationale francophone. Château de Frontenac, Québec, Canada</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, Quebec, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le tutorat : une fonction-clé dans la formation à distance des enseignants du primaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque I.R.T.S. Aquitaine : Tutorat et Accompagnement. Talence, France, 23-24 novembre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Talence, France. pp.236-248</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Former à distance pour former autrement : description et analyse d’une session de formation en sciences d’enseignants du premier degré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile de Hosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second Colloque Euro-Méditerranéen d’Approfondissement sur la FORmation A Distance. Bejaia, Algérie : 12-14 novembre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2005, Bejaia, Algérie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les TIC dans la formation et l’enseignement des mathématiques pour l’école primaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Cabassut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Rimlinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du colloque COPIRELEM 2005 : XXXIIe colloque francophone international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Engeström’s theory of activity used as a framework for the analysis of long-distance collaborative program for elementary French school teachers in training at IUFM (Institute for teacher training)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings EADTU 2005: European Association of Distance Teaching Universities. Rome, Italie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2005, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The study of a long-distance training plan based on collaborative learning situations with the theory of Engeström as a framework of analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CELDA 2005: International conference, Cognition and Exploratory Learning in Digital Age. Porto, Portugal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Porto, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La formation à distance fondée sur le modèle collaboratif : une autre façon de faire aimer l’enseignement de la physique aux enseignants du primaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile de Hosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Journées de l’Enseignement de la Physique et de ses Interfaces (JEPI 2005), Lyon, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2005, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dispositif de formation à distance des professeurs stagiaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miloud Benayed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Verremann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7ème Biennale de l’Education et de la Formation, Lyon, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Marc Trestini</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Congrès Orbicom – GTnum IA2GE - ITI LIRIC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Viallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismahane Ouadah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Media and Digital Services - Business, Innovation, Sustainability</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Communication, Intelligence Artificielle, Remédiation, Ethique et Inclusion (CIAREI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Strasbourg, France. 1 (1), 2026, 978-2-9598396-2-7</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Systematic Review: criteria and dimensions of learning experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying-Dong Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Morard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dina Adinda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Trestini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 22nd European Conference on e-Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on e-Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 22 (1), pp.174-182, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34190/ecel.22.1.1927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04722790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes de la Conférence EIAH 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Guin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno de Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nathalie Guin; Bruno De Lièvre; Marc Trestini; Bernard Coulibaly. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EIAH 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Strasbourg, France. 2017, 978-2-9552774-6-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01634231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (47)</w:t>
+        <w:t xml:space="preserve">Ouvrages (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...531 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cultures numériques : cultures paradoxales ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Viallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, pp.217, 2019, 978-2-343-17454-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation d’Environnements Numériques d’Apprentissage de nouvelle génération</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabrice Papy. ISTE, pp.330, 2018, 9781784053758</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeling of Next Generation Digital Learning Environments: Complex Systems Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ISTE, pp.XX, 290, 2018, 9781786303165</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appropriation sociale des MOOC en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chevry Pébayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rossini</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...5697 lines deleted...]
-                <w:t xml:space="preserve">hal-03196555v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, 9781784051693</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03191200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appropriation sociale des Mooc en France. Des cMooc connectivistes aux xMooc transmissifs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Émilie Remond; Luc Massou; Philippe Bonfils; Khalid Berrada. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enseignement supérieur et numérique : mondialisation, mobilités : colloque, 28-30 mars 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PUN-Éditions Universitaires de Lorraine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.23-52, 2021, Questions de communication. Série actes, 9782814305953</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03433785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formación del profesorado desde una perspectiva interdisciplinar con TIC y TAC retos ante el siglo XXI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Maria Gomez Trigeros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Ruiz Banuls</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delfin Ortega Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Louisa Rico Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Rovira-Collado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Memorias del Programa de Redes-I3CE de calidad, innovación e investigación en docencia universitaria</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03192391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...85 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">教育中的数字革命：从广播教育到慕课. 由刘敏，王丽媛和姚苇依合《法国国家远程教育中心研究/世界开放大学案例研究丛书》1-27。北京 : 国家开放大学出版社. Traduction anglaise : Capter 1: The digital revolution in éducation: from broadcasting education to MOOCs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Trestini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Study on the CNED in France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Open University of China Press, pp.85-114, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03193575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usage et non-usage des TIC à l’Université : perception euromaghrébine des enjeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Trestini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intégration des TIC dans les universités maghrébines : discours, représentations, réalités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03193576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Trestini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modélisation et construction des mondes de connaissances : Aspects constructiviste, socioconstructiviste, cognitiviste et systémique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 978-7637-8755-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03193569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaboration entre professeurs des écoles : intégration des TIC lors du stage en responsabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miloud Benayed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Verreman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technologies de communication et formation d'enseignants : vers de nouvelles modalités de professionnalisation ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03192359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (4)</w:t>
+        <w:t xml:space="preserve">Rapport (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...197 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appropriation sociale des MOOC en France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Trestini</w:t>
+                <w:t xml:space="preserve">Résultats de l'enquête enseignants élèves sur les usages et non-usages des IAG dans la Région académique Grand-Est. GTnum IA2GE de la Direction du numérique éducatif du MENESR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude-Alexandre Magot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zeyringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Frisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">GTnum IA2GE de la Direction du numérique éducatif du MENESR. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062217v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Articulation et collaboration entre les équipes pédagogiques et les services de documentation au cœur de la transformation pédagogique de l’enseignement supérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Chalmel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chevry Pébayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Frisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Gossin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Kennel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] DGESIP (pôle pédagogique) / Laboratoire Interuniversitaire des Sciences de l’Education et de la Communication (LISEC, EA 2310). 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport de recherche: Articulation et complémentarité des équipes pédagogiques et des services de documentation au coeur de la rénovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Chalmel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chevry Pébayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Frisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Gossin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] LISEC. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation du dispositif d'Enseignement à Distance à l'Université de Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Coulibaly</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rossini</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-03191200v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Christoffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecaterina Pacurar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00727019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conception et étude d’un dispositif de formation à distance médiatisé par les technologies de l’information et de la communication dans l’enseignement supérieur : cas de la formation initiale des enseignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Trestini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences de l'information et de la communication. Université Louis Pasteur (Strasbourg 1), 2005. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2005STR1PS04⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05571259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théorie des systèmes complexes appliquée à la modélisation d'environnements numériques d'apprentissage de nouvelle génération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Trestini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain. Université de Strasbourg, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01432687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId175"/>
+      <w:footerReference w:type="default" r:id="rId185"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8389,51 +8894,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062217v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Trestini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Alexandre Magot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Zeyringer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Plateau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Frisch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193581v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Chalmel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chevry P&#233;bayle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gossin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kennel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301303v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00727019v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Coulibaly" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rossini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Christoffel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ecaterina Pacurar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360040v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nambihanla Emmanuel Ouoba" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13097/archive-ouverte/unige:187186" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722790v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Dong Liu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Morard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Adinda" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanchez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34190/ecel.22.1.1927" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634231v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno de Li&#232;vre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859021v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858988v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859077v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791843v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781769v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264325v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingdong Liu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293166v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.S.P. Kabore" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296821v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631859v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292842v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ngu Leubou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Crespin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217585v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Crespin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194957v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192392v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charlier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Felder" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Henri" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192358v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cabassut" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208926v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Schmoll" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34190/GBL.20.060" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217576v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ngu Leubo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192389v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Maria G&#243;mez-Trigueros" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphin Ortega-S&#225;nchez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192375v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Casaccio" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217584v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429815v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437486v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435857v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192377v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433791v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193584v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192337v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193599v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192338v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192390v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193577v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192362v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838150v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rossini" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192376v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coppens" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192393v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Schneewele" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Houot-Cherqui" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nowakowski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192395v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592157v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cherqui-Houot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Nowakowski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zapata" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217575v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196553v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196545v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196582v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217582v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196549v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rimlinger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196551v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196580v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile de Hosson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196552v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217572v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217579v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miloud Benayed" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Verremann" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858930v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Solon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriniaina Randrianasolo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Boukhobza" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Dary-Mourot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/proj.039.0023" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651899v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimk&#234;eg Sompassat&#233; Parfait Kabore" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2022-v19n2-04" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196576v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Aurelie Zintchem" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29322/IJSRP.11.03.2021.p11125" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193582v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delf&#237;n Ortega-S&#225;nchez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Mar&#237;a Mar&#237;a G&#243;mez-Trigueros" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos P&#233;rez-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mti4040074" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136816v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0381" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136814v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.3721" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135424v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.1966" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193596v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258838v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2015-v12n2-03" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136817v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192339v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135413v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.687" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01438365v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192403v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135417v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lemire" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192363v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135411v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsvives.656" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617416v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196554v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135407v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193587v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192364v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196572v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Horvat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196581v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196555v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192391v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Maria Gomez Trigeros" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Ruiz Banuls" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delfin Ortega Sanchez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Louisa Rico Gomez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Rovira-Collado" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433785v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ticemed.eu/publication-enseignement-superieur-et-numerique" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193575v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193576v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193569v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192359v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Verreman" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192374v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Viallon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193571v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193573v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191200v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01432687v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553110v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Trestini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Zeyringer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23709/STICEF.33.1.1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05570229v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858930v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Solon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriniaina Randrianasolo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Boukhobza" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Dary-Mourot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/proj.039.0023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651899v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rossini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimk&#234;eg Sompassat&#233; Parfait Kabore" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2022-v19n2-04" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196576v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ngu Leubou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Crespin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Aurelie Zintchem" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29322/IJSRP.11.03.2021.p11125" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193582v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delf&#237;n Ortega-S&#225;nchez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Mar&#237;a Mar&#237;a G&#243;mez-Trigueros" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos P&#233;rez-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mti4040074" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136814v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cabassut" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.3721" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136816v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0381" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135424v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.1966" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193596v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258838v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2015-v12n2-03" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136817v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135413v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Coulibaly" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.687" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192339v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Schneewele" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01438365v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617416v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cherqui-Houot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135411v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Christoffel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsvives.656" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135417v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lemire" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192403v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Houot-Cherqui" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192363v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196554v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135407v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193587v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192364v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196572v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Horvat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196581v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196555v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05571028v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05570334v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360040v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nambihanla Emmanuel Ouoba" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13097/archive-ouverte/unige:187186" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781769v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Alexandre Magot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859021v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858988v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859077v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791843v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296821v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264325v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingdong Liu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Morard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Adinda" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanchez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293166v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.S.P. Kabore" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631859v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217585v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Crespin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292842v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194957v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192392v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charlier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Felder" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Henri" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192358v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208926v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Schmoll" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34190/GBL.20.060" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217584v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192389v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Maria G&#243;mez-Trigueros" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphin Ortega-S&#225;nchez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217576v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ngu Leubo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192375v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Casaccio" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429815v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437486v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435857v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192377v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433791v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192337v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193584v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chevry P&#233;bayle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193599v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192338v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192390v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ecaterina Pacurar" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193577v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192362v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192393v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nowakowski" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838150v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rossini" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192376v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coppens" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192395v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592157v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Nowakowski" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zapata" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217575v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196553v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196545v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196582v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217582v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196580v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile de Hosson" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196549v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rimlinger" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196551v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196552v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217572v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217579v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miloud Benayed" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Verremann" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562630v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Viallon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismahane Ouadah" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722790v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Dong Liu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34190/ecel.22.1.1927" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634231v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno de Li&#232;vre" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192374v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193571v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193573v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191200v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433785v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ticemed.eu/publication-enseignement-superieur-et-numerique" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192391v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Maria Gomez Trigeros" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Ruiz Banuls" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delfin Ortega Sanchez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Louisa Rico Gomez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Rovira-Collado" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193575v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193576v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193569v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192359v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Verreman" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062217v2" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Plateau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Frisch" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193581v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Chalmel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gossin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kennel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301303v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00727019v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05571259v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005STR1PS04" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01432687v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>