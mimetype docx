--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1104,317 +1104,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03580814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncertainty Estimation in Hydrogeological Forecasting with Neural Networks: Impact of Spatial Distribution of Rainfalls and Random Initialization of the Model</w:t>
+                <w:t xml:space="preserve">LA‐ICP‐MS dating of detrital zircon grains from the Cretaceous allochthonous bauxites of Languedoc (south of France): Provenance and geodynamic consequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Akil</w:t>
+                <w:t xml:space="preserve">Emilie Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Artigue</w:t>
+                <w:t xml:space="preserve">Michel Seranne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Savary</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Johannet</w:t>
+                <w:t xml:space="preserve">Olivier Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/w13121690⟩</w:t>
+              <w:t xml:space="preserve">Basin Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (1), pp.270-290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bre.12465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03264934v1</w:t>
+                <w:t xml:space="preserve">hal-02625492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LA‐ICP‐MS dating of detrital zircon grains from the Cretaceous allochthonous bauxites of Languedoc (south of France): Provenance and geodynamic consequences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Uncertainty Estimation in Hydrogeological Forecasting with Neural Networks: Impact of Spatial Distribution of Rainfalls and Random Initialization of the Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Akil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Marchand</w:t>
+                <w:t xml:space="preserve">Guillaume Artigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Seranne</w:t>
+                <w:t xml:space="preserve">Michaël Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bruguier</w:t>
+                <w:t xml:space="preserve">Anne Johannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basin Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 33 (1), pp.270-290. </w:t>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (12), pp.1690. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bre.12465⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/w13121690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02625492v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03264934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tectonic and climate control on allochthonous bauxite deposition. Example from the mid-Cretaceous Villeveyrac basin, southern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chanvry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1491,51 +1491,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La modélisation par réseaux de neurones : une nouvelle vision de la recharge de l'aquifère du Lez (Hérault, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Johannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Kong-A-Siou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2147,247 +2147,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00353812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling and analysis of the Nîmes arena and the Arles aqueduct subjected to a seismic loading, using the Non-Smooth Contact Dynamics method</w:t>
+                <w:t xml:space="preserve">Application of the NSCD method to analyse the dynamic behaviour of stone arched structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Rafiee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bohatier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 30 (12), pp.3457-3467. </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 45 (25-26), pp.6269-6283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2008.05.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2008.07.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03260498v1</w:t>
+                <w:t xml:space="preserve">hal-03260501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the NSCD method to analyse the dynamic behaviour of stone arched structures</w:t>
+                <w:t xml:space="preserve">Modelling and analysis of the Nîmes arena and the Arles aqueduct subjected to a seismic loading, using the Non-Smooth Contact Dynamics method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Rafiee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bohatier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Engineering Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 30 (12), pp.3457-3467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2008.05.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2008.07.034⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03260501v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03260498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of geostatistical characteristics of rock mass fracture systems in 3D model generation</w:t>
               </w:r>
@@ -3251,247 +3251,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04495134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploitation de l'or dans le Liptako nigérien et développement d'un outil d'accompagnement des orpailleurs : enrichissement de leurs capacités de prise en compte des enjeux environnementaux et sanitaires liés à leurs pratiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oumar El Farouk Maman Illatou</w:t>
+                <w:t xml:space="preserve">Multidisciplinary Analysis of the Impacts of Artisanal and Small-Scale Gold Mining in Upper Guinea (Republic of Guinea)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahima kalil Doumbouya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modou Mbaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Dessertine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Cerceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Bruneel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminaire UMR PRODIG : Exploitation de l’or et développement des territoires en Afrique de l’Ouest et au Sahel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, En ligne, France</w:t>
+              <w:t xml:space="preserve">1st International Colloquium in Mine &amp; Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Boke, Guinea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03649050v1</w:t>
+                <w:t xml:space="preserve">hal-04249906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidisciplinary Analysis of the Impacts of Artisanal and Small-Scale Gold Mining in Upper Guinea (Republic of Guinea)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anna Dessertine</w:t>
+                <w:t xml:space="preserve">Exploitation de l'or dans le Liptako nigérien et développement d'un outil d'accompagnement des orpailleurs : enrichissement de leurs capacités de prise en compte des enjeux environnementaux et sanitaires liés à leurs pratiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumar El Farouk Maman Illatou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Cerceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vinches</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Colloquium in Mine &amp; Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Boke, Guinea</w:t>
+              <w:t xml:space="preserve">Seminaire UMR PRODIG : Exploitation de l’or et développement des territoires en Afrique de l’Ouest et au Sahel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249906v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03649050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIPTAKOR : un outil d’accompagnement des orpailleurs du Liptako nigérien, pour les mettre en capacité de mieux connaître les enjeux environnementaux et sanitaires liés à leurs pratiques, et faire évoluer celles-ci</w:t>
               </w:r>
@@ -3808,355 +3808,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03259344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial analysis of hydraulic conductivity for slope deposits at catchment scale in Northern Tuscany, Italy</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evidences for progressive autochthonous bauxite cover dismantling and trapping in a karst during mid-Cretaceous. Example of in the Villeveyrac basin (Southern France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chanvry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Le Saout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Seranne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">, Apr 2019, Vienne, Austria. pp.EGU2019-15864</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02510937v1</w:t>
+                <w:t xml:space="preserve">hal-02443496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidences for progressive autochthonous bauxite cover dismantling and trapping in a karst during mid-Cretaceous. Example of in the Villeveyrac basin (Southern France)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spatial analysis of hydraulic conductivity for slope deposits at catchment scale in Northern Tuscany, Italy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Pio Papasidero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Disperati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vinches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Ayral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Johannet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2019, Vienne, Austria. pp.EGU2019-15864</w:t>
+              <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02443496v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02510937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial analysis of hydraulic conductivity for slope deposits at catchment scale in Northern Tuscany, Italy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Pio Papasidero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Disperati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Ayral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Johannet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GIT 2019 - XIV Convegno Nazionale della Sezione ''GIT-Geosciences and Information Technologies''</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Melfi, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4302,90 +4302,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of Neural Network Uncertainties on the Hydrogeological Predictions by Probability Density Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Akil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Artigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Johannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4790,51 +4790,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison between inverse modelling and data assimilation to estimate rainfall from runoff using the multilayer perceptron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Johannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virgile Taver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4937,51 +4937,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation hydrodynamique d’un hydrosystème karstique par réseaux de neurones : contraindre le modèle pour améliorer ses performances.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Taver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Johannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverin Pistre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5281,152 +5281,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03260759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic Model Generation for Discontinuous Rock Mass Media and Numerical Analysis using the NSCD Method (Case Study: Saint-Bé at Gallery in the Southwest of France)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Gasc-Barbier</w:t>
+                <w:t xml:space="preserve">Methodology for tunnel excavation modeling in a fractured rock mass using a discrete element approach: application to the Saint - Béat tunnel - France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi-Thu-Hang Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Mahe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISRM 2011 - 12th International Congress on Rock Mechanics of the International Society for Rock Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Beijing, China</w:t>
+              <w:t xml:space="preserve">9 th Euroconference on Rock Physics and Geomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03260742v1</w:t>
+                <w:t xml:space="preserve">hal-00806963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Non-Smooth Contact Dynamics method applied to the mechanical simulation of a jointed rock mass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Rafiie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5441,165 +5454,152 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ENOC 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00806657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology for tunnel excavation modeling in a fractured rock mass using a discrete element approach: application to the Saint - Béat tunnel - France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Dubois</w:t>
+                <w:t xml:space="preserve">Stochastic Model Generation for Discontinuous Rock Mass Media and Numerical Analysis using the NSCD Method (Case Study: Saint-Bé at Gallery in the Southwest of France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rafiee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gasc-Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9 th Euroconference on Rock Physics and Geomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Norway</w:t>
+              <w:t xml:space="preserve">ISRM 2011 - 12th International Congress on Rock Mechanics of the International Society for Rock Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00806963v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03260742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Analysis of the Mechanical Behavior under Seismic Loading of Discrete Element Structures: Application to 3D Fractured Rock Masses, and Large Stone Course Buildings</w:t>
               </w:r>
@@ -5674,243 +5674,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04610694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation du bâti ancien à partir de reconstruction virtuelle et modélisation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation des répartitions des efforts dans les assemblages de pierres massives dans le bâti ancien: levée des indéterminations locales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Bohatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Chetouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Perales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Rafiee</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Bohatier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIIIèmes rencontres européennes du groupe APS &amp; journée technique AFPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2008, Manosque, France</w:t>
+              <w:t xml:space="preserve">Journée Scientifique du laboratoire Lagrange 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04609892v1</w:t>
+                <w:t xml:space="preserve">hal-04609662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des répartitions des efforts dans les assemblages de pierres massives dans le bâti ancien: levée des indéterminations locales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulation du bâti ancien à partir de reconstruction virtuelle et modélisation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vinches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Rafiee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bohatier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ali Rafiee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique du laboratoire Lagrange 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Montpellier, France</w:t>
+              <w:t xml:space="preserve">VIIIèmes rencontres européennes du groupe APS &amp; journée technique AFPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2008, Manosque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04609662v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Effects in Stress Analysis for Discrete Elements Modeling: Application to Masonry</w:t>
               </w:r>
@@ -5994,51 +5994,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03260467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un Système d'Aide à la Décision pour l'Evaluation et la Gestion du Patrimoine de la Société d'Autoroutes Escota</w:t>
+                <w:t xml:space="preserve">The Escota's &amp;quot;SINERGIE&amp;quot; project : a hierarchical multicriteria evaluation process over finite scales for maintenance activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Montmain</w:t>
@@ -6056,97 +6056,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Mahieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIGI 2007, 7ème Congrès international de génie industriel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Trois-Rivières, Canada</w:t>
+              <w:t xml:space="preserve">Euro working group workshop on Multi Criteria Decision Aiding, (MCDA'07)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Luxembourg, Luxembourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00353965v1</w:t>
+                <w:t xml:space="preserve">hal-00353998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Escota's &amp;quot;SINERGIE&amp;quot; project : a hierarchical multicriteria evaluation process over finite scales for maintenance activities</w:t>
+                <w:t xml:space="preserve">Un Système d'Aide à la Décision pour l'Evaluation et la Gestion du Patrimoine de la Société d'Autoroutes Escota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Montmain</w:t>
@@ -6164,73 +6164,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Mahieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euro working group workshop on Multi Criteria Decision Aiding, (MCDA'07)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Luxembourg, Luxembourg</w:t>
+              <w:t xml:space="preserve">CIGI 2007, 7ème Congrès international de génie industriel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Trois-Rivières, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00353998v1</w:t>
+                <w:t xml:space="preserve">hal-00353965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation multicritère sur une échelle finie pour la programmation d'opérations de maintenance chez l'autoroutier Escota</w:t>
               </w:r>
@@ -6363,51 +6363,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bohatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Perales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7215,277 +7215,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is the role of noise and uncertainty in neural network modelling? Almost 30 years of research and applications to karst aquifer modelling and flash-floods forecasting</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coupling numerical approaches for a deeper assessment of karst groundwater vulnerability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Dezetter</w:t>
+                <w:t xml:space="preserve">Vianney Sivelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Jourde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Cousquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Aliouache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HydroML Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Penn State, United States. 2022</w:t>
+              <w:t xml:space="preserve">Eurokarst 2022 - 3rd European Conference on Karst Hydrogeology and Carbonate Reservoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Malaga, Spain. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03696112v1</w:t>
+                <w:t xml:space="preserve">hal-03715038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling numerical approaches for a deeper assessment of karst groundwater vulnerability</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yohann Cousquer</w:t>
+                <w:t xml:space="preserve">What is the role of noise and uncertainty in neural network modelling? Almost 30 years of research and applications to karst aquifer modelling and flash-floods forecasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Johannet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Artigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverin Pistre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vinches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Aliouache</w:t>
+                <w:t xml:space="preserve">Alain Dezetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurokarst 2022 - 3rd European Conference on Karst Hydrogeology and Carbonate Reservoirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Malaga, Spain. , 2022</w:t>
+              <w:t xml:space="preserve">HydroML Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Penn State, United States. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03715038v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03696112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long term monitoring of a Mediterranean karst system used for water supply. Implication for the characterizationand modelling of its dynamics. Case of the Lez karst system (MEDYCYSS Observatory)</w:t>
               </w:r>
@@ -7497,64 +7497,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Allies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Artigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Ayral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bailly-Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8257,51 +8257,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FBC53EFC"/>
+    <w:nsid w:val="0A30F814"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8488,51 +8488,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-vinches" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4964-4002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034243550" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251712v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serrhini&#8208;naji Ghita" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cerceau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Olivier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vinches" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mathevet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rra.70036" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04317382v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar El Farouk Maman Illatou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William&#8217;s Dar&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abrami" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exis.2023.101385" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04748611v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima kalil Doumbouya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Dessertine" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2024.103445" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03828325v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Spinelli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Avezac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bertrand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gonzalez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-022-23526-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04220004v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bijon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Wassenaar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Dechesne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Junqua" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.139029" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03857742v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Casiot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Resongles" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Freydier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-022-10639-8" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03580814v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lionel Ebengue Atega" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Pistre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151936" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03264934v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Akil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Artigue" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Savary" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Johannet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13121690" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02625492v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Marchand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Seranne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruguier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12465" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02913633v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chanvry" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lopez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel S&#233;ranne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Le Saout" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2020.105727" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02093596v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Kong-A-Siou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Taver" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Darras" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borrell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906434v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Rafiee" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40999-016-0035-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01304982v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Tuan Nguyen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Merrien-Soukatchoff" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vinches" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gasc-Barbier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10064-015-0822-x" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047988v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Johannet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Kong a Siou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borrell Estupina" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pistre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2012.2728" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260504v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rafiee" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2012.11.035" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353812v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Montmain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sanchez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aei.2008.12.001" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260498v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bohatier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2008.05.018" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-51SPW4TJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260501v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2008.07.034" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920927v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2007.09.009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410370v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jourde" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fenart" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vayssade" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2007.01.027" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353891v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Mahieu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476972v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Chetouane" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.1358" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04662584v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ricard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafon-Pham" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260495v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/geotech/1988045059" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05049424v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Druhen-Charnaux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Laurent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495134v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Delomel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lachassagne" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Saqalli" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03649050v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04249906v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modou Mbaye" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Bruneel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03653380v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Konate" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03346200v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03259344v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510937v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Pio Papasidero" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Disperati" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02443496v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510944v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779828v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Burgers" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Montero" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Marchal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366200v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Savary" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/362/1/012112" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358448v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Brancheriau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493003v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159808v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Langbour" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Marchal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140338v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN.2015.7280427" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02094380v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Taver" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114295v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Thibaut" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260759v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Sassine" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Malachanne" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Garcia-Diaz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260742v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806657v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Rafiie" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806963v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Thu-Hang Tran" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mahe" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04610694v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04609892v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04609662v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Perales" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260467v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2005-84779" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353965v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353998v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353908v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04609931v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353963v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0001619500680076" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00354010v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260481v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2004-57670" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260522v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chetouane" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260486v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2003/VIB-48430" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260531v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Dunat" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bart" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Shao" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260776v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Wojtkowiak" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03696112v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dezetter" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03715038v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Sivelle" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jourde" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fischer" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cousquer" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Aliouache" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03715027v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Batiot-Guilhe" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Allies" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bailly-Comte" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03702932v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Serrhini-Naji" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-04610305v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780720v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Konat&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353846v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01921304v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marc-vinches" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4964-4002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034243550" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251712v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serrhini&#8208;naji Ghita" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cerceau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Olivier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vinches" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mathevet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rra.70036" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04317382v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar El Farouk Maman Illatou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William&#8217;s Dar&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abrami" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exis.2023.101385" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04748611v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima kalil Doumbouya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Dessertine" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2024.103445" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03828325v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Spinelli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Avezac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bertrand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gonzalez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-022-23526-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04220004v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bijon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Wassenaar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Dechesne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Junqua" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.139029" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03857742v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Casiot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Resongles" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Freydier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-022-10639-8" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03580814v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lionel Ebengue Atega" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Pistre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151936" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02625492v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Marchand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Seranne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruguier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12465" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03264934v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Akil" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Artigue" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Savary" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Johannet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13121690" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02913633v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chanvry" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lopez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel S&#233;ranne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Le Saout" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2020.105727" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02093596v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Kong-A-Siou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Taver" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Darras" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borrell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906434v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Rafiee" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40999-016-0035-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01304982v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Tuan Nguyen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Merrien-Soukatchoff" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vinches" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gasc-Barbier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10064-015-0822-x" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047988v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Johannet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Kong a Siou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borrell Estupina" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pistre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2012.2728" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260504v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rafiee" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2012.11.035" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353812v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Montmain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sanchez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aei.2008.12.001" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260501v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bohatier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2008.07.034" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260498v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2008.05.018" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-51SPW4TJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920927v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2007.09.009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410370v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jourde" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fenart" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vayssade" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2007.01.027" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353891v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Mahieu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476972v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Chetouane" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.1358" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04662584v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ricard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafon-Pham" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260495v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/geotech/1988045059" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05049424v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Druhen-Charnaux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Laurent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495134v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Delomel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lachassagne" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Saqalli" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04249906v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modou Mbaye" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Bruneel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03649050v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03653380v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Konate" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03346200v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03259344v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02443496v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510937v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Pio Papasidero" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Disperati" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510944v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779828v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Burgers" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Montero" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Marchal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366200v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Savary" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/362/1/012112" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358448v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Brancheriau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493003v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159808v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Langbour" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Marchal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140338v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN.2015.7280427" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02094380v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Taver" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114295v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Thibaut" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260759v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Sassine" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Malachanne" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Garcia-Diaz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806963v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Thu-Hang Tran" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mahe" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806657v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Rafiie" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260742v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04610694v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04609662v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Perales" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04609892v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260467v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2005-84779" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353998v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353965v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353908v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04609931v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353963v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0001619500680076" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00354010v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260481v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2004-57670" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260522v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chetouane" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260486v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2003/VIB-48430" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260531v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Dunat" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bart" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Shao" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03260776v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Wojtkowiak" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03715038v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Sivelle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jourde" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fischer" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cousquer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Aliouache" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03696112v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dezetter" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03715027v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Batiot-Guilhe" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Allies" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bailly-Comte" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03702932v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Serrhini-Naji" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-04610305v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780720v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Konat&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353846v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01921304v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>